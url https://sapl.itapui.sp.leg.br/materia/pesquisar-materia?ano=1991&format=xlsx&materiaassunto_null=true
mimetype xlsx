--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -10,92 +10,1248 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="589" uniqueCount="350">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>8318</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8318/09022026_017.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A DOAÇÃO DE MATERIAL_x000D_
+INSERVÍVEL A SOCIEDADE SÃO VICENTE DE PAULO DE ITAPUÍ E A_x000D_
+CASA DA CRIANÇA SÃO JOSÉ DE_x000D_
+ITAPUÍ.</t>
+  </si>
+  <si>
+    <t>8377</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8377/09022026_092.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>8378</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8378/09022026_093.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a composição, organização e competência do Conselho Municipal de Saúde,_x000D_
+e dá providências correlatas.</t>
+  </si>
+  <si>
+    <t>8310</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8310/09022026_010.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL_x000D_
+CEDER A TÍTULO ONEROSO PARA _x000D_
+FINS INDUSTRIAIS, A POSSE DE_x000D_
+TERRENOS NO 1º DISTRITO INDUSTRIAL.</t>
+  </si>
+  <si>
+    <t>8333</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8333/09022026_033.pdf</t>
+  </si>
+  <si>
+    <t>8309</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8309/09022026_009.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A CONTRATAÇÃO DE_x000D_
+PESSOAL PARA ATENDER A NECESSIDADE TEMPORARIA DE EXCEPCIONAL INTERESSE PÚBLICO</t>
+  </si>
+  <si>
+    <t>8368</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8368/09022026_078.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL CEDER A TÍTULO ONEROSO PARA FINS INDUSTRIAIS, A POSSE DE TERRENOS NO 1ºDISTRITO INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>8379</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8379/09022026_079.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR VEÍCULOS, BEM COMO EQUIPAMENTOS RODOVIÁRIOS PELO SISTEMA DE CONSÓRCIO E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>8381</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8381/09022026_062.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A MUNICIPALIDA DE PARTICIPAR DO PROGRAMA DE PERENIZAÇÃO DE ESTRADAS DE TERRA ATRAVÉS DA INTEGRAÇÃO ESTADO -MUNICIPIOS.</t>
+  </si>
+  <si>
+    <t>8380</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8380/09022026_083.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O QUADRO DE PESSOAL_x000D_
+E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>8308</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8308/09022026_008.pdf</t>
+  </si>
+  <si>
+    <t>ABRE UM CRÉDITO SUPLEMENTAR DE_x000D_
+C$ 500.000,00 PARA SUPLEMENTAÇÃO DE VERBAS DO ORÇAMENTO VIGENTE.</t>
+  </si>
+  <si>
+    <t>8332</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8332/09022026_032.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DE REDAÇÃO DO ARTIGO 4º DA LEI № 1.252, JÁ ALTERADO PELA LEI Nº 1.465.</t>
+  </si>
+  <si>
+    <t>8369</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8369/09022026_080.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REAJUSTE DE VENCIMENTO E PROVENTO, ESTABELECE AS RESPECTIVAS TABELAS DE VALORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>8359</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8359/09022026_063.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO INCISCO 11 DO ARTIGO 10 DA LEI Nº 1444</t>
+  </si>
+  <si>
+    <t>8357</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8357/09022026_059.pdf</t>
+  </si>
+  <si>
+    <t>ABRE UM CRÉDITO SUPLEMENTAR_x000D_
+DE G$ 95.000.000,00, PARA _x000D_
+SUPLEMENTAÇÃO DE VERBAS DO_x000D_
+ORÇAMENTO VIGENTE.</t>
+  </si>
+  <si>
+    <t>8382</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8382/09022026_060.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE REAJUSTE DE VENCIMENTO E PROVENTO, ESTABELECE AS RESPECTIVAS TABELAS DE VALORES E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>8358</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8358/09022026_061.pdf</t>
+  </si>
+  <si>
+    <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA LEI Nº_x000D_
+1549 DE 07 DE JUNHO DE 1991.</t>
+  </si>
+  <si>
+    <t>8374</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8374/09022026_087.pdf</t>
+  </si>
+  <si>
+    <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA LEI_x000D_
+№ 1550 DE 07 DE JUNHO DE 1991.</t>
+  </si>
+  <si>
+    <t>8331</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8331/09022026_031.pdf</t>
+  </si>
+  <si>
+    <t>DETERMINA A ATUALIZAÇÃO DOS_x000D_
+CRITÉRIOS ESTATUIDOS PELA_x000D_
+RESOLUÇÃO Nº 1/91, DE 05 DE_x000D_
+MARÇO DE 1.991.</t>
+  </si>
+  <si>
+    <t>8326</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8326/09022026_026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine a realização de reforma nos quiosques de nossa_x000D_
+práia municipal, os quais estão em péssimo estado, indico _x000D_
+ainda que na região próxima a Avaré, na beira da pista, existe muito sape.</t>
+  </si>
+  <si>
+    <t>8325</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8325/09022026_025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine a instalação dos braços de iluminação noturna no_x000D_
+loteamento Jardim Bica de Pedra, nas ruas que estão faltando_x000D_
+o beneficio.</t>
+  </si>
+  <si>
+    <t>8324</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8324/09022026_024.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de determinar a realização de uma _x000D_
+limpeza com pintura na Igreja do Bairro São José da Barra_x000D_
+Mansa, bem como a construção de um galpão para a realização_x000D_
+de festividades e de sanitários.</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8306/09022026_006.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que estude as possibilidades de mandar construir um obstáculo no leito viário da Praça Governador Pedro de Toledo, de_x000D_
+fronte ao estabelecimento "RAUF SPORT".</t>
+  </si>
+  <si>
+    <t>8307</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8307/09022026_007.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que estude as possibilidades de mandar instalar grades com_x000D_
+portão de acesso de ambos os lados nos corredores laterais_x000D_
+internos do Ginásio de Esportes.</t>
+  </si>
+  <si>
+    <t>8329</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8329/09022026_029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine a pavimentação da rua Jose Zenatti, pois os moradores do local já pagaram e ainda não receberam o benefício.</t>
+  </si>
+  <si>
+    <t>8328</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8328/09022026_028.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+denomine de João Batista Pichelli, Pedro Luiz Gonzada e Durvalino Guarnieri, ruas ou logradouros públicos de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8311</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8311/09022026_011.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que denomine de TITO LÍVIO FERREIRA uma rua ou logradouro_x000D_
+público de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8313</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8313/09022026_013.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+pavimente a rua Luiz Bueno de Camargo, pois os moradores do_x000D_
+local estão reivindicando o beneficio.</t>
+  </si>
+  <si>
+    <t>8312</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8312/09022026_012.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que denomine de ANTONIO DE FREITAS MIRANDA uma rua ou logradouro público _x000D_
+de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8314</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8314/09022026_014.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de conceder um reajuste da ordem_x000D_
+de 30% no salário dos funcionários municipais.</t>
+  </si>
+  <si>
+    <t>8315</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8315/09022026_015.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine a reforma na pintura das faixas de pedestres pintadas no leito das ruas do nossa cidade.</t>
+  </si>
+  <si>
+    <t>8305</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8305/09022026_005.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+entre em contato com a Empresa Auto ônibus Macacari e veja_x000D_
+as possibilidades da colocação de uma linha de ônibus ligando Itapuí a Bocaina.</t>
+  </si>
+  <si>
+    <t>8316</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8316/09022026_016.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de colocar um ônibus circular em _x000D_
+nossa cidade, principalmente nos horários de entrada e saída_x000D_
+das fábricas.</t>
+  </si>
+  <si>
+    <t>8302</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8302/09022026_002.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+contrate uma professora para ensinar aulas de tricot, croche,_x000D_
+manicure para mulheres de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8301</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8301/09022026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que determine a construção de um obstáculo no leito viário da rua João Ribeiro de Barros, logo abaixo do posto de gasolina.</t>
+  </si>
+  <si>
+    <t>8304</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8304/09022026_003.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que compre uma máquina para fazer os serviços de demarcação no campo de_x000D_
+futebol.</t>
+  </si>
+  <si>
+    <t>8303</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8303/b.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que destine um terreno de aproximadamente 1.000 m2 para que_x000D_
+o Sr. Sérgio dos Santos e Socio possa edificar sua industria_x000D_
+no Distrito Industrial.</t>
+  </si>
+  <si>
+    <t>8340</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8340/09022026_041.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que construa um obstáculo no leito viário da rua que interliga a cidade ao núcleo habitacional "Irmãos Franceschi.</t>
+  </si>
+  <si>
+    <t>8341</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8341/09022026_042.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que determine a realização de limpeza geral nas ruas do_x000D_
+núcleo habitacional "Irmãos Franceschi".</t>
+  </si>
+  <si>
+    <t>8342</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8342/09022026_043.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que determine a realização de limpeza em volta da Igreja_x000D_
+São Sebastião e no acostamento da via de acesso ao Porto_x000D_
+Fluvial nas proximidades da Igreja.</t>
+  </si>
+  <si>
+    <t>8343</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8343/09022026_044.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que determine a realização dos serviços de limpeza no mato existente no inicio da estrada que liga Itapuí a Bariri, nas proximidades do Abatedouro Polifrigor.</t>
+  </si>
+  <si>
+    <t>8344</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8344/09022026_045.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de determinar a colocação de rede _x000D_
+alambrada em volta do campo de futebol do Centro de Lazer do_x000D_
+Trabalhador.</t>
+  </si>
+  <si>
+    <t>8364</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8364/09022026_072.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de reformar o local onde funciona_x000D_
+o ponto de ônibus próximo ao bairro São José da Barra Mansa.</t>
+  </si>
+  <si>
+    <t>8365</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8365/09022026_073.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que determine a realização de concorrência para contratação de peruas kombi de particulares para fazer os serviços de transporte de alunos da zona rural, esta medida se faz necessária, pois os veículos municipais que prestam este tipo de serviço estão quase todos quebrados ou em péssimo estado de conservação, além do mais, a Prefeitura com esta medida economizara bastante.</t>
+  </si>
+  <si>
+    <t>8366</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8366/09022026_074.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que providencie a realização de eleição para renovação dos membros da Comissão Municipal de Esportes e, envie para a Câmara as normas regulamentares necessárias para que os interessados possam se candidatar aos cargos.</t>
+  </si>
+  <si>
+    <t>8367</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8367/09022026_075.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que estude as possibilidades de substituir a medida que vão se estragando os antigos braços de iluminação noturna de nossa cidade da marca ECOLITE, por braços modernos mais curtos com canopla.</t>
+  </si>
+  <si>
+    <t>8351</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8351/09022026_052.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de instalar a rede de água e esgotos_x000D_
+em todos os lotes existentes no município, a exemplo de outras_x000D_
+cidades, pois assim seus proprietários, além do beneficio, _x000D_
+contribuirão para os cofres públicos ao menos com o mínimo das_x000D_
+taxas, sendo esta um forma de evitar o acumulo de lotes para especulação imobiliária.</t>
+  </si>
+  <si>
+    <t>8352</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8352/09022026_053.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+aproveite a estiagem e determine a colocação de pissarra e a_x000D_
+passagem do rolo compressor nos pontos mais criticos das estradas municipais.</t>
+  </si>
+  <si>
+    <t>8353</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8353/09022026_054.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+reforme os quiosques de nossa práia, renovando a cobertura_x000D_
+dos mesmos com sapê e refazendo os que estão deteriorados.</t>
+  </si>
+  <si>
+    <t>8373</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8373/09022026_086.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que construa uma praça no inicio da rua XV de Novembro, no local onde funcionava o antigo campo do I.A.C e hoje esta se tornando habitado.</t>
+  </si>
+  <si>
+    <t>8354</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8354/09022026_055.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que entre em contato com os proprietários de lotes no Distrito Industrial, objetivando a realização de reuniões visando a pavimentação das ruas do Distrito Industrial.</t>
+  </si>
+  <si>
+    <t>8375</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8375/09022026_089.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que determine ao setor competente da Prefeitura Municipal no sentido de se fazer um estacionamento na área logo abaixo do bar do porto, ao lado da sede nautica da A.A. I., com ajardinamento e plantio de arvores sombrosas.</t>
+  </si>
+  <si>
+    <t>8355</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8355/09022026_056.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+denomine de FERNANDES ALVARES uma rua ou logradouro publico_x000D_
+de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8376</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8376/09022026_091.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+destine uma sala de algum próprio municipal, para aulas de_x000D_
+caratê, este esporte que esta se despontando em nossa cidade_x000D_
+graças aos esforços de alguns filhos de nossa Itapuí.</t>
+  </si>
+  <si>
+    <t>8345</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8345/09022026_046.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine a construção de um obstáculo na descida da rua "2"_x000D_
+do núcleo habitacional "Irmãos Franceschi", rua esta que interliga-se a rua Santo Antonio.</t>
+  </si>
+  <si>
+    <t>8346</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8346/09022026_047.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades junto a direção do Hospital e Maternidade São José de Itapuí, visando a instalação no mesmo de_x000D_
+uma UTI (Unidade de Terapia Intensiva) para atendimento de_x000D_
+emergência.</t>
+  </si>
+  <si>
+    <t>8347</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8347/09022026_048.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de instalar em nossa cidade uma OLARIA MUNICIPAL, cuja produção servira para casas populares,_x000D_
+casas do sistema multirão, obras públicas, etc.</t>
+  </si>
+  <si>
+    <t>8348</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8348/09022026_049.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido_x000D_
+de que estude as possibilidade de determinar a ligação_x000D_
+da rua Luiz Teixeira com o núcleo habitacional "Irmãos Franceschi", com as necessárias obras para isso.</t>
+  </si>
+  <si>
+    <t>8349</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8349/09022026_050.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+estude as possibilidades de adquirir com a máxima urgência_x000D_
+um caminhão basculante e uma pá carregadeira para os serviços excenciais da cidade.</t>
+  </si>
+  <si>
+    <t>8350</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8350/09022026_051.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine o recolhimento dos entulhos depositados nas ruas_x000D_
+de nossa cidade, logo no inicio da semana, pois o volume _x000D_
+é bastante grande e além de enfeiar a cidade pode ocasionar acidentes.</t>
+  </si>
+  <si>
+    <t>8363</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8363/09022026_067.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que determine a realização de reforma no ponto de ônibus _x000D_
+do Bairro São José da Barra Mansa.</t>
+  </si>
+  <si>
+    <t>8362</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8362/09022026_066.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de_x000D_
+que determine a colocação do "nome de Itapui" em letras de_x000D_
+cimento no contorno do Bairro São José da Barra Mansa.</t>
+  </si>
+  <si>
+    <t>8361</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8361/09022026_065.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido_x000D_
+de que destine a M. M. Moveis 1.500 m2 de terreno no distrito industrial para edificação de indústria.</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8360/09022026_064.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Sr. Prefeito Municipal no sentido de que_x000D_
+determine uma equipe de funcionários municipais para fazer os_x000D_
+serviços de tampar os buracos existentes nas ruas do núcleo_x000D_
+habitacional "Irmãos Franceschi".</t>
+  </si>
+  <si>
+    <t>8323</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8323/09022026_023.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal, solicitando seja denominado de "ALARICO NAPOLEÃO PORTIERI" uma rua ou logradouro público de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8321</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8321/09022026_021.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal, solicitando informações sobre o porquê do não cumprimento de minhas indicações de números: 15/91, pavimentar núcleo Waldomiro Guarinon;_x000D_
+18/91, instalar chafariz no jardim municipal; 19/91, colocar o nome_x000D_
+de Itapuí com letras de cimento no contorno do São José; 20/91, tampar buracos da via de acesso ao Porto Fluvial; e 29/91 instalar braços de iluminação noturna em frente ao abatedouro Polifrigor.</t>
+  </si>
+  <si>
+    <t>8322</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8322/09022026_022.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal, solicitando informações sobre o atendimento das minhas indicações de numeros:_x000D_
+12/91, visando fazer um estacionamento de 45º na praça em frente a_x000D_
+Trident S/A e 14/91, que visa a colação de iluminação noturna na Travessa Frederico Ozanan.</t>
+  </si>
+  <si>
+    <t>8320</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8320/09022026_020.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando informações sobre o atendimento de minha indicação de_x000D_
+numero 01/91, visando a reforma dos quiosques da praia.</t>
+  </si>
+  <si>
+    <t>8319</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8319/09022026_019.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando informações a respeito do atendimento de minhas indicações de números: 11/91, que visa montar em nossa cidade uma academia de ginastica e musculação municipal e 09/91, que visa recapear o leito das ruas de entrada de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8317</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8317/09022026_018.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Engenheiro Chefe do D.E.R. regional de Jaú, solicitando a limpeza dos acostamentos da via de_x000D_
+acesso Prefeito Alberto Massoni.</t>
+  </si>
+  <si>
+    <t>8327</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8327/09022026_027.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Engenheiro Chefe do Distrito B1 da_x000D_
+Telesp de Bauru, solicitando as possibilidades da instalação em_x000D_
+nossa cidade da nova central, pois esta cada vez mais dificil se_x000D_
+completar uma ligação telefônica em nossa cidade.</t>
+  </si>
+  <si>
+    <t>8334</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8334/09022026_034.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja consignado em Ata dos nossos trabalhos um voto de_x000D_
+congratulações com o Dr. Abibi Ázar, pela excelente administração_x000D_
+que vem exercendo frente a Casa da Criança São José de Itapuí, nestes 25 anos de existencia daquela entidade filantrópica.</t>
+  </si>
+  <si>
+    <t>8335</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8335/09022026_035.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado a Diretoria e os jogadores da Associação Atlética Itapuí, tecendo votos de congratulações pela_x000D_
+excelente campanha que vem realizando no campeonato amador regional que esta disputando, augurando que conquiste a classificação almejada.</t>
+  </si>
+  <si>
+    <t>8336</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8336/09022026_036.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREMOS, ouvida a_x000D_
+Casa e dispensadas as formalidades regimentais, а Voвва_x000D_
+Excelência digne-se determinar a expedição de ofício ao_x000D_
+senhor Prefeito Municipal solicitando-lhe informar:</t>
+  </si>
+  <si>
+    <t>8337</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8337/09022026_037.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Exmo. Sr. Prefeito Municipal solicitando informações sobre a veracidade da noticia relativa a_x000D_
+transferência do Dentista que presta serviços no Centro de Saúde para a escola do Bairro do Campinho. Se verdade, informar o_x000D_
+motivo real da transferência, a necessidade social da transferência e o custo necessário para a adaptação do local no Bairro_x000D_
+do Campinho para a pratica profissional da Odontologia.</t>
+  </si>
+  <si>
+    <t>8338</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8338/09022026_039.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Deputado, por Itapuí, Luiz Carlos Santos, solicitando o seu apoio e colaboração junto aos Órgãos Competentes, na aquisição de um aparelho de Raio X, para o Hospital e Maternidade São José de Itapuí._x000D_
+É urgente a necessidade do aparelho de Raio X, uma_x000D_
+vez que nossos doentes são encaminhados as cidades visinhas_x000D_
+para utilizarem o Raio X.</t>
+  </si>
+  <si>
+    <t>8339</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8339/09022026_040.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja consignado em Ata dos nossos trabalhos um voto de congratulações com o Sr. Hélio de Marche, auxiliar de _x000D_
+administração do Hospital e Maternidade São José de Itapuí pela_x000D_
+excelente reforma e ampliação de suas instalações.</t>
+  </si>
+  <si>
+    <t>8356</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8356/09022026_058.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Sr. Prefeito Municipal no sentido_x000D_
+de que determine o envio a esta Casa de Leis de xerox das folhas de pagamento do Centro de Saúde, do último mês, com salários base, vantagens e gratificações, bem como xerox das folhas de pagamento dos Funcionários Municipais, que prestam serviços ao Centro de Saúde, sejam eles exclusivos ou apenas prestadores de serviços técnicos, também constanto gratificações e demais vantagens percebidas.</t>
+  </si>
+  <si>
+    <t>8370</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8370/09022026_082.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Engenheiro Chefe do Distrito B1 da_x000D_
+Telesp de Bauru, solicitando a instalação em nossa cidade de 04_x000D_
+(quatro) telefones públicos, nos seguintes locais:_x000D_
+1) Um aparelho próximo ao ancoradouro de Ferry-Boat, no final da_x000D_
+via de acesso que liga Itapuí ao Porto Fluvial;_x000D_
+2) Dois aparelhos de telefones públicos no novo núcleo habitacional "Irmãos Franceschi" com 308 novas casas;_x000D_
+3) Um telefone publico no início da rua XV de Novembro, próximo_x000D_
+ao loteamento Jardim Alvorada, empreendido pela Prefeitura Municipal.</t>
+  </si>
+  <si>
+    <t>8371</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8371/09022026_083.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja oficiado ao Departamento que cuida das sinalizações das vias públicas do Detran, solicitando a realização de um levantamento em nossa cidade sobre as sinalizações necessárias a segurança do transito, bem como a doação das placas de sinais necessárias para complementar as já existentes nas ruas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8372</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8372/09022026_084.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata dos nossos trabalhos um voto de congratulações com o  Diretor da Radio Cultura de Bariri, Sr. Orlando Belluzzu Filho, pelas reportagens que elevam o nome de Itapuí</t>
+  </si>
+  <si>
+    <t>8330</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8330/09022026_030.pdf</t>
+  </si>
+  <si>
+    <t>DETERMINA A ATUALIZAÇÃO DOS_x000D_
+CRITÉRIOS ESTATUIDOS PELO _x000D_
+DECRETO LEGISLATIVO Nº 1/91_x000D_
+DE 05/03/91.</t>
+  </si>
+  <si>
     <t>7661</t>
   </si>
   <si>
-    <t>1991</t>
-[...11 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/7661/ccf08122025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/7661/ccf08122025.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER PR VIO DO_x000D_
 TRIBUNAL DE CONTAS DO ESTA_x000D_
 DO DE SÃO PAULO, SOBRE AS_x000D_
 CONTAS DA MESA DA CAMARAЕ_x000D_
 PREFEITURA MUNICIPAL, REFE_x000D_
 RENTES AO EXERCÍCIO DE_x000D_
 1.988.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -408,68 +1564,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/7661/ccf08122025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8318/09022026_017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8377/09022026_092.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8378/09022026_093.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8310/09022026_010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8333/09022026_033.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8309/09022026_009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8368/09022026_078.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8379/09022026_079.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8381/09022026_062.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8380/09022026_083.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8308/09022026_008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8332/09022026_032.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8369/09022026_080.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8359/09022026_063.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8357/09022026_059.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8382/09022026_060.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8358/09022026_061.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8374/09022026_087.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8331/09022026_031.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8326/09022026_026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8325/09022026_025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8324/09022026_024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8306/09022026_006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8307/09022026_007.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8329/09022026_029.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8328/09022026_028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8311/09022026_011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8313/09022026_013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8312/09022026_012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8314/09022026_014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8315/09022026_015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8305/09022026_005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8316/09022026_016.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8302/09022026_002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8301/09022026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8304/09022026_003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8303/b.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8340/09022026_041.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8341/09022026_042.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8342/09022026_043.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8343/09022026_044.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8344/09022026_045.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8364/09022026_072.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8365/09022026_073.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8366/09022026_074.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8367/09022026_075.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8351/09022026_052.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8352/09022026_053.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8353/09022026_054.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8373/09022026_086.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8354/09022026_055.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8375/09022026_089.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8355/09022026_056.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8376/09022026_091.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8345/09022026_046.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8346/09022026_047.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8347/09022026_048.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8348/09022026_049.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8349/09022026_050.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8350/09022026_051.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8363/09022026_067.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8362/09022026_066.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8361/09022026_065.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8360/09022026_064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8323/09022026_023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8321/09022026_021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8322/09022026_022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8320/09022026_020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8319/09022026_019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8317/09022026_018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8327/09022026_027.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8334/09022026_034.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8335/09022026_035.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8336/09022026_036.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8337/09022026_037.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8338/09022026_039.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8339/09022026_040.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8356/09022026_058.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8370/09022026_082.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8371/09022026_083.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8372/09022026_084.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/8330/09022026_030.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/1991/7661/ccf08122025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.85546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="30.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="84.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -477,53 +1633,2021 @@
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" t="s">
+        <v>91</v>
+      </c>
+      <c r="E22" t="s">
+        <v>92</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
+        <v>91</v>
+      </c>
+      <c r="E23" t="s">
+        <v>92</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>91</v>
+      </c>
+      <c r="E24" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" t="s">
+        <v>92</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>91</v>
+      </c>
+      <c r="E26" t="s">
+        <v>92</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="E27" t="s">
+        <v>92</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>92</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" t="s">
+        <v>91</v>
+      </c>
+      <c r="E29" t="s">
+        <v>92</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>91</v>
+      </c>
+      <c r="E30" t="s">
+        <v>92</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" t="s">
+        <v>92</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>91</v>
+      </c>
+      <c r="E32" t="s">
+        <v>92</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H32" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" t="s">
+        <v>91</v>
+      </c>
+      <c r="E33" t="s">
+        <v>92</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H33" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" t="s">
+        <v>91</v>
+      </c>
+      <c r="E34" t="s">
+        <v>92</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H34" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" t="s">
+        <v>92</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H35" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>152</v>
+      </c>
+      <c r="D36" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" t="s">
+        <v>92</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H36" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" t="s">
+        <v>91</v>
+      </c>
+      <c r="E37" t="s">
+        <v>92</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H37" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>160</v>
+      </c>
+      <c r="D38" t="s">
+        <v>91</v>
+      </c>
+      <c r="E38" t="s">
+        <v>92</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H38" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>163</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" t="s">
+        <v>92</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H39" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" t="s">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
+        <v>92</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" t="s">
+        <v>91</v>
+      </c>
+      <c r="E41" t="s">
+        <v>92</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H41" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>175</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" t="s">
+        <v>91</v>
+      </c>
+      <c r="E42" t="s">
+        <v>92</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H42" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>179</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" t="s">
+        <v>91</v>
+      </c>
+      <c r="E43" t="s">
+        <v>92</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H43" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" t="s">
+        <v>91</v>
+      </c>
+      <c r="E44" t="s">
+        <v>92</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H44" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>188</v>
+      </c>
+      <c r="D45" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" t="s">
+        <v>92</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" t="s">
+        <v>91</v>
+      </c>
+      <c r="E46" t="s">
+        <v>92</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H46" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>196</v>
+      </c>
+      <c r="D47" t="s">
+        <v>91</v>
+      </c>
+      <c r="E47" t="s">
+        <v>92</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H47" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>199</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>200</v>
+      </c>
+      <c r="D48" t="s">
+        <v>91</v>
+      </c>
+      <c r="E48" t="s">
+        <v>92</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H48" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D49" t="s">
+        <v>91</v>
+      </c>
+      <c r="E49" t="s">
+        <v>92</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H49" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" t="s">
+        <v>91</v>
+      </c>
+      <c r="E50" t="s">
+        <v>92</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H50" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" t="s">
+        <v>91</v>
+      </c>
+      <c r="E51" t="s">
+        <v>92</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H51" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>216</v>
+      </c>
+      <c r="D52" t="s">
+        <v>91</v>
+      </c>
+      <c r="E52" t="s">
+        <v>92</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H52" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>219</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" t="s">
+        <v>91</v>
+      </c>
+      <c r="E53" t="s">
+        <v>92</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H53" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" t="s">
+        <v>91</v>
+      </c>
+      <c r="E54" t="s">
+        <v>92</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H54" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" t="s">
+        <v>91</v>
+      </c>
+      <c r="E55" t="s">
+        <v>92</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H55" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>231</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" t="s">
+        <v>91</v>
+      </c>
+      <c r="E56" t="s">
+        <v>92</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H56" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" t="s">
+        <v>91</v>
+      </c>
+      <c r="E57" t="s">
+        <v>92</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H57" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>240</v>
+      </c>
+      <c r="D58" t="s">
+        <v>91</v>
+      </c>
+      <c r="E58" t="s">
+        <v>92</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H58" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" t="s">
+        <v>91</v>
+      </c>
+      <c r="E59" t="s">
+        <v>92</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H59" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" t="s">
+        <v>91</v>
+      </c>
+      <c r="E60" t="s">
+        <v>92</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H60" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>252</v>
+      </c>
+      <c r="D61" t="s">
+        <v>91</v>
+      </c>
+      <c r="E61" t="s">
+        <v>92</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H61" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>255</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>256</v>
+      </c>
+      <c r="D62" t="s">
+        <v>91</v>
+      </c>
+      <c r="E62" t="s">
+        <v>92</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H62" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" t="s">
+        <v>91</v>
+      </c>
+      <c r="E63" t="s">
+        <v>92</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H63" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>264</v>
+      </c>
+      <c r="D64" t="s">
+        <v>91</v>
+      </c>
+      <c r="E64" t="s">
+        <v>92</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H64" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>268</v>
+      </c>
+      <c r="D65" t="s">
+        <v>91</v>
+      </c>
+      <c r="E65" t="s">
+        <v>92</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H65" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" t="s">
+        <v>273</v>
+      </c>
+      <c r="E66" t="s">
+        <v>274</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H66" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>277</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" t="s">
+        <v>273</v>
+      </c>
+      <c r="E67" t="s">
+        <v>274</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H67" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>281</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" t="s">
+        <v>273</v>
+      </c>
+      <c r="E68" t="s">
+        <v>274</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H68" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>285</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>286</v>
+      </c>
+      <c r="D69" t="s">
+        <v>273</v>
+      </c>
+      <c r="E69" t="s">
+        <v>274</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H69" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>289</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>290</v>
+      </c>
+      <c r="D70" t="s">
+        <v>273</v>
+      </c>
+      <c r="E70" t="s">
+        <v>274</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H70" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>293</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>294</v>
+      </c>
+      <c r="D71" t="s">
+        <v>273</v>
+      </c>
+      <c r="E71" t="s">
+        <v>274</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H71" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>298</v>
+      </c>
+      <c r="D72" t="s">
+        <v>273</v>
+      </c>
+      <c r="E72" t="s">
+        <v>274</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H72" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>302</v>
+      </c>
+      <c r="D73" t="s">
+        <v>273</v>
+      </c>
+      <c r="E73" t="s">
+        <v>274</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H73" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" t="s">
+        <v>273</v>
+      </c>
+      <c r="E74" t="s">
+        <v>274</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H74" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" t="s">
+        <v>273</v>
+      </c>
+      <c r="E75" t="s">
+        <v>274</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H75" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>313</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>314</v>
+      </c>
+      <c r="D76" t="s">
+        <v>273</v>
+      </c>
+      <c r="E76" t="s">
+        <v>274</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H76" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>317</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>318</v>
+      </c>
+      <c r="D77" t="s">
+        <v>273</v>
+      </c>
+      <c r="E77" t="s">
+        <v>274</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H77" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>321</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>322</v>
+      </c>
+      <c r="D78" t="s">
+        <v>273</v>
+      </c>
+      <c r="E78" t="s">
+        <v>274</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H78" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>325</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" t="s">
+        <v>273</v>
+      </c>
+      <c r="E79" t="s">
+        <v>274</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H79" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>329</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>330</v>
+      </c>
+      <c r="D80" t="s">
+        <v>273</v>
+      </c>
+      <c r="E80" t="s">
+        <v>274</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H80" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>333</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>334</v>
+      </c>
+      <c r="D81" t="s">
+        <v>273</v>
+      </c>
+      <c r="E81" t="s">
+        <v>274</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H81" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>337</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>338</v>
+      </c>
+      <c r="D82" t="s">
+        <v>273</v>
+      </c>
+      <c r="E82" t="s">
+        <v>274</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H82" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>341</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>342</v>
+      </c>
+      <c r="D83" t="s">
+        <v>343</v>
+      </c>
+      <c r="E83" t="s">
+        <v>344</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H83" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>47</v>
+      </c>
+      <c r="D84" t="s">
+        <v>343</v>
+      </c>
+      <c r="E84" t="s">
+        <v>344</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H84" t="s">
+        <v>349</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>