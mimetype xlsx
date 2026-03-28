--- v0 (2025-10-29)
+++ v1 (2026-03-28)
@@ -10,2360 +10,3011 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1656" uniqueCount="761">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6046/ccf06082025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6046/ccf06082025_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE IMPOSTO DE_x000D_
 SERVIÇOS DE_x000D_
 NATUREZA E DÁ_x000D_
 QUALQUER_x000D_
 OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Antonio Alvaro de Souza, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6108/ccf07082025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6108/ccf07082025_0011.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO_x000D_
 MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6083</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, Gilson Sebastião, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6083/ccf06082025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6083/ccf06082025_0038.pdf</t>
   </si>
   <si>
     <t>enDENOMINA PRÓPRIO MUNICIPAL_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, João da Silva Fonseca, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6061/ccf06082025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6061/ccf06082025_0017.pdf</t>
   </si>
   <si>
     <t>ESTABELECE HORÁRIO PARA_x000D_
 TRAVESSIA DE VEÍCULOS QUE_x000D_
 TRANSPORTAM CARGAS PERIGOSAS_x000D_
 NAS BALSAS QUE LIGAM OS MUNICÍPIOS_x000D_
 DE ITAPUÍ E BORACÉIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6044/ccf06082025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6044/ccf06082025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA_x000D_
 DO MUNICIPIO DE ITAPUI, PARA O EXER_x000D_
 CICIO DE 2004.</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6179/ccf11082025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6179/ccf11082025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE_x000D_
 CARGA HORARIA PARA OS_x000D_
 EMPREGOS DE FONOAUDIÓLOGO E_x000D_
 PSICÓLOGO E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6099</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6099/ccf07082025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6099/ccf07082025_0002.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES ORÇAMEN_x000D_
 TARIAS PARA O EXERCICIO DE 2004 E_x000D_
 DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6165/ccf08082025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6165/ccf08082025_0046.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE_x000D_
 REDAÇÃO DO ARTIGO 1º DA LEI N°_x000D_
 1.989 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6164/ccf08082025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6164/ccf08082025_0047.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA_x000D_
 O CLUBE DA TERCEIRA IDADE_x000D_
 "VIVA VIDA” DE ITAPUÍ.</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6098/ccf07082025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6098/ccf07082025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO_x000D_
 SANITÁRIA DE PRODUTOS DE_x000D_
 ORIGEM ANIMAL E VEGETAL E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6193/ccf11082025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6193/ccf11082025_0013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PREFEITO_x000D_
 MUNICIPAL CELEBRAR CONVÊNIO E ADITAMENTOS, COM Govern ENTIDADES DE CARÁTER EDUCACIONAL, FILANTRÓPICO, PROMOCIONAL E ASSISTENCIAL, PARA EXECUÇÃO DE PROGRAMAS E PLANOS REFERENTESA_x000D_
 PROJETOS E ATIVIDADES EDUCACIONAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6097/ccf07082025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6097/ccf07082025.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PŮBLICA_x000D_
 O ARISTOCRATA CLUBE DE ITAPUÍ.</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6166/ccf08082025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6166/ccf08082025_0040.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE_x000D_
 ITAPUÍ A CELEBRAR CONVENIO E_x000D_
 TERMOS ADITIVOS COM O FUNDO_x000D_
 SOCIAL DE SOLIDARIEDADE DO_x000D_
 ESTADO DE SÃO PAULO- FUSSESP.</t>
   </si>
   <si>
     <t>6137</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6137/ccf08082025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6137/ccf08082025_0004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ITAPUÍ REALIZAR DESPESAS COM INSTALAÇÃO DE BUSTO EМ_x000D_
 AO Govern HOMENAGEM_x000D_
 OUTRAS PROVIDENCIAS._x000D_
 CÔNEGO ARLINDO JOSÉ ZANOTT</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6136/ccf08082025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6136/ccf08082025_0003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL CELEBRAR CONVÊNIO_x000D_
 DE LINHA DE CRÉDITO COM 0_x000D_
 BANCO NOSSA CAIXA SA EDÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6060/ccf06082025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6060/ccf06082025_0016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA_x000D_
 MUNICIPAL DE ITAPUÍ A RECEBER,_x000D_
 MEDIANTE REPASSE EFETUADO_x000D_
 PELO GOVERNO DO ESTADO DE_x000D_
 SÃO PAULO, RECURSOS_x000D_
 FINANCEIROS A FUNDO PERDIDO,_x000D_
 ASSINAR CONVÊNIO E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6070/ccf06082025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6070/ccf06082025_0027.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 1°_x000D_
 DA LEI N° 1.921, de 24/12/98 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6069/ccf06082025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6069/ccf06082025_0026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MAJORAÇÃO DE_x000D_
 TRIBUTOS, PREÇOS PÚBLICOS,_x000D_
 MULTAS, PLANTA GENÉRICA DE_x000D_
 VALORES E DEMAIS RECEITAS_x000D_
 MUNICIPAIS, BASE DE CALCULO Е_x000D_
 DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6068/ccf06082025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6068/ccf06082025_0025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ÍNDICE OFICIAL DE_x000D_
 ATUALIZAÇÃO DE BASE DE_x000D_
 CÁLCULOE DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6067</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6067/ccf06082025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6067/ccf06082025_0024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VALOR VENAL_x000D_
 PARA FINS DE BASE DE CÁLCULO_x000D_
 E RECOLHIMENTO DO ITBI, ANO_x000D_
 2004, EDÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6045/ccf06082025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6045/ccf06082025_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO COM A SECRETARIA DE DESENVOLVIMENTO SOCIAL DO ESTADO_x000D_
 DE SÃO PAULO, PARA CONSTRUÇÃO DA_x000D_
 SEDE DO CLUBE DA TERCEIRA IDADE_x000D_
 VIVA A VIDA E DÁOUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>8029</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>SILENE VALINI</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8029/ccf18122025_0075.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
+providências no que tange a mandar tampar os buracos e proceder a limpeza das ruas_x000D_
+Maestro José Sciacca e Angelo Caetano Gonçalves, localizadas no bairro "Balneário Mar_x000D_
+Azul". Tal procedimento, não cumprido, foi objeto dos relatórios datados de 15 de janeiro_x000D_
+e de 03 de fevereiro do corrente ano.</t>
+  </si>
+  <si>
+    <t>8030</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8030/ccf18122025_0076.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal nos entido de que tome as devidas_x000D_
+providências no que tange a mandar recolher os entulhos depositados nas ruas do_x000D_
+loteamento "Balneário Mar Azul", com mais freqüência, pois os mesmos chegam a ficar_x000D_
+por mais de tres meses nas ruas, sem a necessaria lımpeza.</t>
+  </si>
+  <si>
+    <t>8031</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8031/ccf18122025_0077.pdf</t>
+  </si>
+  <si>
+    <t>Indico_x000D_
+ que tange_x000D_
+ ao Senhor Prefeito municipal no sentido de que tome as devidas a mandar reformar o campo de malhas do Centro de Lazer do Trabalhador, pois_x000D_
+Sala_x000D_
+ o_x000D_
+_x000D_
+_x000D_
+das_x000D_
+mesmo encontra-se sem condições de uso para a prática do esporte.</t>
+  </si>
+  <si>
+    <t>8032</t>
+  </si>
+  <si>
+    <t>José Antonio Damico Sotto</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8032/ccf18122025_0078.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidades de mandar recapear as ruas de nossa cidade que se encontram em péssimo_x000D_
+estado de conservação com parte dessa aplicação, proveniente dos recursos arrecadados_x000D_
+com o recebimento do IPVA (Imposto Sobre a Propriedade de Veículos Automotores).</t>
+  </si>
+  <si>
+    <t>8033</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8033/ccf18122025_0079.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidades de mandar abrir a rua XV de Novembro, proporcionando acesso ao_x000D_
+Residencial "Jardim Maria Rosária”, diminuindo o caminho das pessoas que lá residem até_x000D_
+o centro da cidade.</t>
+  </si>
+  <si>
+    <t>8034</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Gilmar Sabino Belchior</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8034/ccf18122025_0080.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
+providências no que tange a viabilizar os meios necessários a fim de melhorar e_x000D_
+proporcionar segurança na entrada de nossa cidade, determinando a construção de uma_x000D_
+praça rotatória, na qual os veículos forçosamente diminuirão a velocidade e farão um_x000D_
+contorno, facilitando a vida dos pedestres que por ali transitam, principalmente_x000D_
+funcionários das empresas instaladas na imediações do início da via de acesso "Prefeito_x000D_
+Alberto Massoni"</t>
+  </si>
+  <si>
+    <t>8092</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8092/ccf18122025_0047.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
+realização de limpeza nas ruas do Residencial “Jardim Maria Rosária”, com a carpa do_x000D_
+mato existentes nas calçadas e recolhimento dos entulhos.</t>
+  </si>
+  <si>
+    <t>8093</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8093/ccf18122025_0048.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
+providências no que tange a mandar consertar os bancos e cadeiras do terminar rodoviário_x000D_
+de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8094</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8094/ccf18122025_0049.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a viabilizar os meios necessários a fim de consertar os buracos existentes na estrada que liga Itapuí ao bairro Bariri Baririzinho, no trecho da estrada que esta mal conservado, pois esta verdadeiramente intransitável.</t>
+  </si>
+  <si>
+    <t>8095</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8095/ccf18122025_0050.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidades de terminar o pavimento da Avenida Comendador José Maria de Almeida_x000D_
+Prado, no trecho em que o beneficio ainda não foi estendido.</t>
+  </si>
+  <si>
+    <t>8096</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Antonio Alvaro de Souza, Antonio Guarnieri Sobrinho, Carlos Adalberto Thomazella, Gilmar Sabino Belchior, Gilson Sebastião, José Antonio Damico Sotto, João da Silva Fonseca, SILENE VALINI, Sérgio Del Porto Negraes, VALDIR MAIA</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8096/ccf18122025_0051.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a atender as reivindicações contidas no abaixo assinado encaminhado a esta Casa pelos moradores do "Residencial Jardim Maria Rosária" , pois o bairro esta carecendo de alguns melhoramentos básicos e especificos de segurança e limpeza.</t>
+  </si>
+  <si>
+    <t>8015</t>
+  </si>
+  <si>
+    <t>VALDIR MAIA</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8015/ccf18122025_0062.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
+providências no que tange a mandar colocar telas de protecão nas laterais do Ginásio de_x000D_
+Esportes da Escola Estadual de Primeiro e Segundo Graus “Senador Vicente Prado".</t>
+  </si>
+  <si>
+    <t>8016</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8016/ccf18122025_0063.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos_x000D_
+ no_x000D_
+ ao Sr. Prefeito Municipal, nos termos regimentais, para que_x000D_
+realizados_x000D_
+ sentido de se verificar o integral cumprimento dos plantões_x000D_
+segundo reclamações_x000D_
+ pelo Dentistas, sob a direção da Coordenadoria Municipal da Saúde, pois_x000D_
+profissionais_x000D_
+ de nossos municípes que venho recebendo semanalmente, tais_x000D_
+trabalho recebem_x000D_
+ não vêm respeitando os horários estabelecidos. Sendo que, por esse_x000D_
+Ou seja, tal adicional_x000D_
+ 40% (quarenta por cento) a título de adicional de Plantões realizados._x000D_
+centavos). Por_x000D_
+ está em torno de R$ 261,02 (duzentos e sessenta e um reais e dois_x000D_
+itapuienses, como_x000D_
+tratar-se de probidade com o dinheiro público e respeito aos cidadão transparência dos atos públicos.</t>
+  </si>
+  <si>
+    <t>8017</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8017/ccf18122025_0064.pdf</t>
+  </si>
+  <si>
+    <t>Indicamos ao Sr. Prefeito Municipal, nos termos regimentais, para que_x000D_
+Imposto Sobre_x000D_
+ no sentido de se verificar a possibilidade de passar a cobrança do_x000D_
+dos contribuintes_x000D_
+ Serviços_x000D_
+_x000D_
+ - ISS, trimestralmente, visando a desafogar a carga tributária nos primeiros meses do ano.</t>
+  </si>
+  <si>
+    <t>8041</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8041/ccf18122025_0087.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de conceder um reajuste nos vencimentos e proventos dos funcionários municipais.</t>
+  </si>
+  <si>
+    <t>8042</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8042/ccf18122025_0088.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidades de adquirir uma máquina de cortar asfalto para agilizar os serviços de_x000D_
+ligação de água e esgotos nas ruas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8043</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8043/ccf18122025_0089.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+viário das ruas_x000D_
+_x000D_
+_x000D_
+de_x000D_
+de_x000D_
+ mandar pintar os obstáculos e faixas de sinalização existentes no leito nossa cidade.</t>
+  </si>
+  <si>
+    <t>8050</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8050/ccf18122025_0096.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidade de mandar instalar braços de iluminação pública na rua Angelo Crozera, no_x000D_
+residencial “Jardim Maria Rosária".</t>
+  </si>
+  <si>
+    <t>8051</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8051/ccf18122025_0097.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
+possibilidades de mandar instalar uma grade protetora, atrás das traves da quadra_x000D_
+poliesportiva do Ginásio de Esportes “Antônio Fadini"</t>
+  </si>
+  <si>
     <t>6146</t>
   </si>
   <si>
-    <t>IND</t>
-[...8 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6146/ccf08082025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6146/ccf08082025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar sinalizar as ruas do núcleo habitacional “Cônego_x000D_
 Arlindo José Zanotto”, pois o local oferece sérios riscos de acidentes, como foi verificado_x000D_
 no último domingo, onde houve um atropelamento na Avenida Ignêz Romanini Fachim.</t>
   </si>
   <si>
     <t>6145</t>
   </si>
   <si>
-    <t>Airton Aparecido Grimaldi</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6145/ccf08082025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6145/ccf08082025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de subir uma referência na escala de vencimentos dos professores_x000D_
 municipais, tendo em vista o excelente trabalho que os mesmos apresentam na dificil arte_x000D_
 de ensinar nossas crianças.</t>
   </si>
   <si>
     <t>6144</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6144/ccf08082025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6144/ccf08082025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de conceder um reajuste nos vencimentos e proventos dos funcionários municipais, ativos e inativos</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>Ademir Aparecido Castelani</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6143/ccf08082025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6143/ccf08082025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências junto as autoridades que atuam no setor de trânsito, para agilizarem o_x000D_
 problema existente na rua 11 de Setembro, pois referida rua, sendo dupla mão de direção_x000D_
 e suportando um intenso tráfego de caminhões, motivado pela existência de dois_x000D_
 abatedouros de aves localizados no seu fluxo, o que inviabiliza totalmente o_x000D_
 estacionamento de veículos de ambos os lados da citada rua, necessitando da instalação_x000D_
 das placas proibitivas de estacionamento de um dos lados, devendo ser escolhido para a_x000D_
 instalação das placas o lado menos traumático quanto a interferência no escoamento do_x000D_
 movimento existente na rua.</t>
   </si>
   <si>
     <t>6142</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6142/ccf08082025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6142/ccf08082025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de firmar convênio com empresa de assistência médica e hospitalar, com o_x000D_
 objetivo de segurar os funcionários municipais</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6152/ccf08082025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6152/ccf08082025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providáencias no que tange a mandar instalar braços de iluminação pública na praça_x000D_
 rotatória existente no cruzamento das ruas XV de Novembro com Comandante João_x000D_
 Ribeiro de Barros.</t>
   </si>
   <si>
     <t>6173</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6173/ccf08082025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6173/ccf08082025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização dos serviços completos no leito viário da estrada que liga Itapuí ao bairro_x000D_
 Baririzinho, pois o tapa buracos só foi realizado no centro da via e não nas laterais, o que_x000D_
 também é necessário.</t>
   </si>
   <si>
     <t>6172</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6172/ccf08082025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6172/ccf08082025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar colocar alambrados cercando o mini campo de futebol_x000D_
 localizado no núcleo habitacional "Alvaro Beltran de Souza".</t>
   </si>
   <si>
     <t>6171</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6171/ccf08082025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6171/ccf08082025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine_x000D_
 colocação de assentos nas cadeiras instaladas no terminal rodoviário de nossa cidade.</t>
   </si>
   <si>
     <t>6174</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6174/ccf08082025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6174/ccf08082025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de mandar reforçar a proteção lateral da ponte da rua Elízio Valentin, que_x000D_
 passa sobre o córrego Robertão.</t>
   </si>
   <si>
     <t>6175</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6175/ccf08082025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6175/ccf08082025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 organização de uma equipe de limpeza para trabalharem nas ruas do núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>6126</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6126/ccf07082025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6126/ccf07082025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de reparos e limpeza na PRAÇA TITO LÍVIO FERREIRA localizada no_x000D_
 núcleo habitacional "Waldomiro Guarinon"</t>
   </si>
   <si>
     <t>6125</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Antonio Guarnieri Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6125/ccf07082025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6125/ccf07082025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar os buracos existentes no leito viário da rua_x000D_
 Alfredo Pignatari.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6122/ccf07082025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6122/ccf07082025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades junto ao setor de trânsito que cuida das ruas de nossa cidade, objetivando_x000D_
 proibir o estacionamento de veículos de ambos os lados das ruas José Antônio e 11 de_x000D_
 Setembro. S</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6124/ccf07082025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6124/ccf07082025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de verificação na Biblioteca Municipal, para se proceder a instalação de_x000D_
 parateleiras e demais móveis e utensílios necessários para sua boa e adequada instalação,_x000D_
 bem como prover a mesma com assinaturas de jornais e revistas para consulta dos alunos,_x000D_
 principalmente das escolas da rede pública, pois da forma como esta torna praticamente_x000D_
 impossível um atendimento satisfatório a quem a procura.</t>
   </si>
   <si>
     <t>6123</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>José Antonio Damico Sotto</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6123/ccf07082025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6123/ccf07082025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande pintar os obstáculos e faixas de sinalização das ruas de nossa cidade, para se evitar que veículos ao_x000D_
 invés de reduzir a velocidade passem com tudo em cima dos redutores de velocidade, danificando os veículos, por não visualizarem bem o local.</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6191/ccf11082025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6191/ccf11082025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de_x000D_
 mandar reforçar a proteção lateral da ponte da rua Elisio Valentim, que passa sobre o córrego Robertão,_x000D_
 com a máxima urgência pois constantemente ocorrem acidentes com as crianças que ali residem devido_x000D_
 a falta de proteção lateral.</t>
   </si>
   <si>
     <t>6187</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6187/ccf11082025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6187/ccf11082025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências_x000D_
 junto ao setor da Saúde de nosso município, objetivando a utilização dos meios necessários a fim de_x000D_
 evitar que o médico contratado pela Prefeitura Municipal, para atender a população Dr. Aureo, trate os_x000D_
 que o procuram com descaso e falta de profissionalismo, podendo causar problemas graves a pacientes_x000D_
 que necessitam de assistência emergencial, muitas vezes com encaminhamento urgente para casas de_x000D_
 saúde de outros municípios.</t>
   </si>
   <si>
     <t>6178</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6178/ccf08082025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6178/ccf08082025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar cortar as árvores que nascem aleatoriamente pelas_x000D_
 ruas e áreas institucionais e de lazer de nossa cidade e no lugar das mesmas plante árvores_x000D_
 de qualidade, pois os vizinhos destas árvores que nascem naturalmente reclamam da_x000D_
 sujeira causada e também do perigo de caírem sobre as casas em dias de vento.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6177/ccf08082025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6177/ccf08082025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, no sentido de que determine a_x000D_
 realização dos serviços de tapa buracos na rua José Gerônimo Videira, até se encontrar_x000D_
 com a estrada que liga Itapuí ao bairro Baririzinho, pois os serviços foram iniciados e não concluídos.</t>
   </si>
   <si>
     <t>6197</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6197/ccf11082025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6197/ccf11082025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar instalar dois tanques com torneiras no Cemitério Municipal, um deles próximo ao portão que da acesso ao Centro de Lazer do Trabalhador_x000D_
 e o outro em sentido oposto, seguindo a mesma trajetória linear vertical.</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6196/ccf11082025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6196/ccf11082025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande tampar com pavimento asfaltico, o buraco que se encontra aberto no leito viário da rua Professora Deola Martins Galvão, altura do número 19, buraco este aberto para instalação de rede de água e esgotos.</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6195/ccf11082025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6195/ccf11082025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que entre em contato_x000D_
 com o PNDPA (Projeto Nacional de Desenvolvimento da Pesca Amadora), objetivando_x000D_
 convênio, através do IBAMA, com requerimento dirigido ao Secretário do Meio_x000D_
 Ambiente Federal, com o intuito de se instalar o projeto em nossa cidade.</t>
   </si>
   <si>
     <t>6176</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6176/ccf08082025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6176/ccf08082025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de interligar a rua XV de Novembro com o Residencial Jardim "Maria_x000D_
 Rosária", objetivando facilitar o acesso dos moradores daquele núcleo habitacional ao_x000D_
 centro da cidade.</t>
   </si>
   <si>
     <t>6105</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6105/ccf07082025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6105/ccf07082025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências quanto a realização de escoamento das águas servidas e pluviais verificadas_x000D_
 na rua Ângelo Fadini, esquina com a Travessa 21 de Abril.</t>
   </si>
   <si>
     <t>6104</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6104/ccf07082025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6104/ccf07082025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 Valentin, o local_x000D_
  no que tange a mandar construir calçadas nas laterais da ponte da rua Elízio esta bastante perigoso e já caíram no córrego duas crianças.</t>
   </si>
   <si>
     <t>6141</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6141/ccf08082025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6141/ccf08082025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar providenciar a escritura definitiva para o Clube da_x000D_
 Terceira Idade de Itapuí, do prédio para seus membros construído no Km 1 da Avenida_x000D_
 Jorge Chammas, ao lado do Centro de Lazer do Trabalhador, bem como do terreno_x000D_
 remanescente até as proximidades da quadra de esportes que lhe faz fundo, bem como_x000D_
 uma quantia de terras lateral, pois o Deputado Estadual Pedro Tobias esta agilizando a_x000D_
 liberação de verbas para ampliação e conclusão do prédio.</t>
   </si>
   <si>
     <t>6140</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6140/ccf08082025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6140/ccf08082025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de mandar construir um obelisco com cápsula do tempo em área central de_x000D_
 nossa cidade, para ser aberta daqui a 100 anos.</t>
   </si>
   <si>
     <t>6135</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6135/ccf08082025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6135/ccf08082025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar os buracos existentes nas esquipas das ruas_x000D_
 Luiz Bueno de Camargo e Maestro José Sciaсса.</t>
   </si>
   <si>
     <t>6134</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6134/ccf08082025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6134/ccf08082025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar realizar a poda das árvores das ruas de nossa cidade, de maneira adequada e, principalmente daquelas localizadas nas ruas que a tempos não são podadas.</t>
   </si>
   <si>
     <t>6133</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6133/ccf08082025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6133/ccf08082025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de conceder um reajuste nos vencimentos e proventos dos funcionários_x000D_
 Municipais, ativos e inativos, objetivando repor as perdas geradas pela inflação.</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6128/ccf07082025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6128/ccf07082025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências de determinar a Contadoria Municipal, elaborar com mais detalhes o_x000D_
 balancete mensal das contas enviado a esta Casa, como era antes, discriminando bem as_x000D_
 despesas.</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6127/ccf07082025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6127/ccf07082025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar instalar um braço de iluminação pública na última rua do núcleo habitacional "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6132/ccf08082025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6132/ccf08082025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar passar a Patrol no mini-campo de futebol localizado_x000D_
 no loteamento "Balneário Mar Azul".</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>VALDIR MAIA</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6106/ccf07082025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6106/ccf07082025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de promover um festival de PIPAS no nosso setor turístico, a exemplo do_x000D_
 que foi o show de motocicletas, assim sendo os apreciadores desta modalidade teriam um_x000D_
 dia e um espaço especial para se apresentar, com farta distribuição de prêmios, medalhas e_x000D_
 troféus._x000D_
 Outrossim aqueles que forem pegos soltando pipas pelas ruas de nossa_x000D_
 cidade, terão seus nomes anotados e ficarão proibidos de participarem do evento,_x000D_
 tornando-se ai mais um motivo para não empinarem nas ruas evitando acidentes e pipas_x000D_
 penduradas pelos fios elétricos das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>6090</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6090/ccf06082025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6090/ccf06082025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar realizar melhorias no núcleo habitacional "Irmãos_x000D_
 extrema_x000D_
 Franceschi", bem como no residencial “Jardim Maria Rosária", sendo as mesmas de necessidade, conforme segue:_x000D_
 1- melhoria no pavimento asfaltico de todas as ruas do núcleo habitacional "Irmãos_x000D_
 Primo_x000D_
 Franceschi", principalmente nas ruas de entrada e saída do bairro, sendo elas as ruas Spirandelli e Salma Simão Ázar;_x000D_
 2-_x000D_
 com_x000D_
 instalação_x000D_
  sentido_x000D_
  de placa de sentido proibido de tráfego no início da rua Primo Spirandelli,_x000D_
 placa obrigatória_x000D_
  de adentrar a rua Santo Antônio, pois o local é bastante movimentado e a_x000D_
  não esta no local;_x000D_
 3- trocar todos os obstáculos redutores de velocidade existentes nas ruas do bairro por placas indicativas de sinalização, os obstáculos referidos são as profundas depressões construídas_x000D_
 motoristas_x000D_
  nas esquinas das ruas do núcleo, violentas em profundidade, obrigando os a fazerem manobras e malabarismos</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6081/ccf06082025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6081/ccf06082025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de atender as necessárias reivindicações apresentadas pelos coordenadores_x000D_
 do Projeto PAZ - Recuperando Jovens, cuja cópia segue anexа.</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6082/ccf06082025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6082/ccf06082025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no que tange a mandar profissional_x000D_
 competente para proceder os serviços de eliminação dos focos de criadouros de mosquitos_x000D_
 e pernilongos existentes nas margens dos córregos de nossa cidade.</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6079/ccf06082025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6079/ccf06082025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências quanto ao funcionamento da Casa da Criança São José de Itapuí, uma vez_x000D_
 que repassa verbas para a manutenção da mesma,_x000D_
 Ocorre, que quando é feriado os funcionários da entidade param a fecham_x000D_
 as portas da entidade, deixando as crianças sem assistência, pois nem sempre os feriados_x000D_
 dos funcionários públicos coincidem com o dos trabalhadores das empresas privadas, desta forma as mães que precisam trabalhar e deixar seus filhos assistidos, ficam impossibilitadas do atendimento.</t>
   </si>
   <si>
     <t>6080</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6080/ccf06082025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6080/ccf06082025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no sentido de mandar construir um mini-campo de futebol em área própria_x000D_
 no núcleo habitacional "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6096/ccf06082025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6096/ccf06082025_0053.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 localizada no núcleo_x000D_
 de mandar_x000D_
  habitacional_x000D_
  arrumar e iluminar a Praça "Professor Tito Livio Ferreira", "Waldomiro Guarninon”.</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6095/ccf06082025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6095/ccf06082025_0052.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a substituir a iluminação pública existente na rua 13 de Maio,_x000D_
 por braços mais longos com lâmpadas a vapor de mercúrio.</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6093/ccf06082025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6093/ccf06082025_0050.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande prender os_x000D_
 cavalos soltos pelas ruas da cidade, cumprindo Sala a lei municipal existente.</t>
   </si>
   <si>
     <t>6094</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6094/ccf06082025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6094/ccf06082025_0051.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar tampar os buracos existentes no leito viário da estrada vicinal "Angelo Poli"</t>
   </si>
   <si>
     <t>6092</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6092/ccf06082025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6092/ccf06082025_0049.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande instalar_x000D_
 Jardim_x000D_
 braços_x000D_
  Bica_x000D_
 de iluminação_x000D_
  de Pedra._x000D_
  pública na rua Padre Manoel da Costa Gomes, localizada no bairro</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6059/ccf06082025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6059/ccf06082025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal a necessidade de colocar iluminação_x000D_
 pública na Travessa Bica de Pedra, nas proximidades da empresa Gráfica Rápida em nossa_x000D_
 cidade.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6058/ccf06082025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6058/ccf06082025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tratar a água da piscina municipal, que parece o time_x000D_
 do Palmeiras de tão verde e cheia de limbo.</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6057/ccf06082025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6057/ccf06082025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, a necessidade de mandar construir banheiros e colocar a iluminação no Centro Comunitário recém construído no núcleo habitacional "Irmãos Franceschi", de fronte ao Colégio Santo Antônio, pois muitos desejam usar o recinto e não podem pela falta dos beneficios.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6056/ccf06082025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6056/ccf06082025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar os buracos existentes no leito viário da_x000D_
 estrada vicinal "Angelo Poli", pois a mesma esta praticamente intransitável.</t>
   </si>
   <si>
     <t>6066</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Carlos Adalberto Thomazella</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6066/ccf06082025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6066/ccf06082025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que conceda um_x000D_
 reajuste da ordem de 30% (trinta por cento), nos vencimentos e proventos dos_x000D_
 funcionários municipais</t>
   </si>
   <si>
     <t>6065</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6065/ccf06082025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6065/ccf06082025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar realizar a limpeza nas ruas e no mato dos terrenos do_x000D_
 residencial "Jardim Maria Rosá</t>
   </si>
   <si>
     <t>6064</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6064/ccf06082025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6064/ccf06082025_0021.pdf</t>
   </si>
   <si>
     <t>Indico_x000D_
  que_x000D_
  ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 logo abaixo do terminal_x000D_
  tange_x000D_
  rodoviário._x000D_
  a mandar roçar o mato do mini campo de futebol localizado</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6063/ccf06082025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6063/ccf06082025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que toma as devidas providências no que tange a mandar tampar o buraco localizado na rua rua Luiz Rocchi, altura do número 260, buraco este que esta prejudicando o transito naquela rua.</t>
   </si>
   <si>
+    <t>8004</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8004/ccf18122025_0052.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+que recebem_x000D_
+ o_x000D_
+_x000D_
+_x000D_
+o_x000D_
+encaminhamento_x000D_
+ adicional de_x000D_
+ a esta Casa de Leis da relação dos funcionários municipais</t>
+  </si>
+  <si>
+    <t>8005</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8005/ccf18122025_0053.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações sobre a data provável que serão executados os serviços de_x000D_
+limpeza dos entulhos depositados nas ruas do núcleo habitacional "Irmãos Franceschi"._x000D_
+podas das árvores das ruas do bairro, serviços de tapa buracos e o conserto da violenta_x000D_
+profundidade das valetas das ruas.</t>
+  </si>
+  <si>
+    <t>8006</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Gilmar Sabino Belchior, João da Silva Fonseca</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8006/ccf18122025_0054.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Empresa Auto Ônibus_x000D_
+Macacari Ltda, solicitando a viabilização dos meios necessários a fim de implantar os_x000D_
+sistema de transporte com a criação de linhas servidas por ônibus suburbanos. Os veículos_x000D_
+são como os ônibus circulares, cujo pagamento das passagens é feito diretamente ao_x000D_
+cobrador, isto visa baratear o preço da passagem paga pelos usuários.</t>
+  </si>
+  <si>
+    <t>8007</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8007/ccf18122025_0055.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações sobre a data provável em que iniciará os serviços de recuperação_x000D_
+do leito viário da estrada municipal que liga Itapuí ao bajrro Baririzinho._x000D_
+A algum tempo os itapuienses Décio Speltri e José Roberto Thomazi,_x000D_
+solicitaram o acima exposto, porém os servicos ainda não foram executados.</t>
+  </si>
+  <si>
+    <t>8008</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8008/ccf18122025_0056.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações sobre os motivos que levaram a interrupção dos trabalhos de_x000D_
+cascalhamento com o “frezado". material recebido como sucata de asfalto da Centrovias,_x000D_
+nas ruas do bairro “Balneário Mar Azul”, onde ainda falta o beneficio._x000D_
+Foi observado também que o serviçe foi feito para atender uma rua e o_x000D_
+término do mesmo se deu justamente em frente a prøpriedade do Senhor Prefeito.</t>
+  </si>
+  <si>
+    <t>8009</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8009/ccf18122025_0057.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, sejam oficiados aos Deputados Gilberto Kassab e_x000D_
+Rodrigo Garcia, solicitando intercessão junto ao Governo do Estado de São Paulo,_x000D_
+objetivando a destinação de verbas para a iluminação do Estádio Municipal Dr. José_x000D_
+Miráglia, o principal campo de futebol de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8018</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8018/ccf18122025_0066.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Municipal,_x000D_
+soiicitanao inrormaçoes sodre o quantum esta senao arrecadado mensaimente com a_x000D_
+cobrança das taxas de consumo de água em nossa cidade, bem como o arrecadado com a_x000D_
+cobranca da captacão de esgotos.</t>
+  </si>
+  <si>
+    <t>8019</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8019/ccf18122025_0067.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informaçoes sobre o "quantum e gasto mensaimente com o pagamento de horas extras para os funcionários municipais.</t>
+  </si>
+  <si>
+    <t>8021</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8021/ccf18122025_0068.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando o envio a esta Casa de Leis de cónia da prestacão de contas da subvencão mensal repassada pela Prefeitura para o APAE (Associação de Pais e Amigos dos_x000D_
+Excepcionais) Renascer de Itapuí, relativas aos meses de dezembro de 2002 e janeiro de_x000D_
+2003.</t>
+  </si>
+  <si>
+    <t>8022</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8022/ccf18122025_0069.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando cópia da prestação de contas das verbas federais,, repassada ao APAE (Associação de Pais e Amigos dos Excepcionais) Renascer de Itapuí, através do município, relativas ao período de janeiro a setembro de 2.002.</t>
+  </si>
+  <si>
+    <t>8023</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8023/ccf18122025_0070.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ao Presidente desta Casa de Leis, ouvido o Plenário, a volta do sistema de retransmissão externa, através do sistema de alto falantes, das sessões da Câmara Municipal de Itap</t>
+  </si>
+  <si>
+    <t>8024</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8024/ccf18122025_0071.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da CENTROVIAS, solicitando os valiosos préstimos no que tange a mandar limpar os acostamentos da via de acesso "Prefeito Alberto Massoni”, um trecho de 09 (nove) quilômetros que liga a rodovia Comandante João Ribeiro de Barros a nossa cidade.</t>
+  </si>
+  <si>
+    <t>8025</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8025/ccf18122025_0072.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Comando da Polícia Florestal que atua na região que inclui o municídio de Itaduí. para aue determine ao Executivo Municipal de Itapuí a imediata ação de mandar cortar os eucaliptos que margeiam a_x000D_
+estrada vicinal "Angelo Poli”, que liga Itapuí ao bairro “Marambáia”, pois os mesmos_x000D_
+estão literalmente caindo sobre o leito viário da citada via, causando sérios acidentes, inclusive com vítima fatal. A fazenda a que pertence os eucaliptos esta abandonada e_x000D_
+parcialmente ocupada pelos sem terras que nenhum interesse demonstram com a</t>
+  </si>
+  <si>
+    <t>8026</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8026/ccf18122025_0073.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Deputado Estadual Dr. Pedro_x000D_
+Tobias, solicitando os valiosos préstimos no que tange a interceder junto ao Governo do_x000D_
+Estado, objetivando a liberação de verbas para construção de uma Unidade Básica de_x000D_
+Saúde. para atender os moradores do bairro "Balneário Mar Azul".</t>
+  </si>
+  <si>
+    <t>8027</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8027/ccf18122025_0074.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações relativas ao Setor Social da Administração, questionando sobre o_x000D_
+porque do corte das verbas federais distribuídas a população carente, através do programa_x000D_
+RENDA CIDADÃO.</t>
+  </si>
+  <si>
+    <t>8035</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8035/ccf18122025_0081.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida à Casa seja ofciado ao Sr. Prefeito Municipal,_x000D_
+solicitando informações sobre o porquê do desnivelamento no aumento do IPTU, o_x000D_
+mesmo quando deveria ter no máximo 12% (doze por cento) de reajuste, em certos casos_x000D_
+como o que estamos encaminhando em anexo, chega a quase 100% (cem por cento)._x000D_
+Seria de bom alvitre sabermos a razão dessa discrepância e se há (houve)_x000D_
+erros na impressão do boleto do carnê do IPTU. Em caso positivo, como deve proceder o_x000D_
+contribuinte para solicitar a correção junto ao Setor competente da Administração Municipal.</t>
+  </si>
+  <si>
+    <t>8037</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8037/ccf18122025_0082.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida à Casa seja ofciado ao Sr. Prefeito Municipal,_x000D_
+solicitando informações para esta Casa Legislativa sobre os 10 (dez) maiores devedores_x000D_
+do Imposto Territorial e Urbano - IPTU e Imposto Sobre Serviços – ISS, inscritos na_x000D_
+dívida ativa do Município.</t>
+  </si>
+  <si>
+    <t>8038</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8038/ccf18122025_0083.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida à Casa seja ofciado ao Sr. Prefeito Municipal, solicitando que compareça a esta Casa Legislativa, na próxima Sessão, que se realizará_x000D_
+no próximo dia 10.03.2003, às 20:00 hrs., o Coordenador de Obras e Serviços Públicos_x000D_
+do município, para prestar esclarecimentos sobre os diversos trabalhos que estão sendo realizados pela pasta na atual administração. E, ainda, responder as dúvidas dos Vereadores.</t>
+  </si>
+  <si>
+    <t>8039</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8039/ccf18122025_0084.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida à Casa seja ofciado ao Sr. Prefeito Municipal,_x000D_
+solicitando que compareça a esta Casa Legislativa, em data a ser marcada pelo mesmo_x000D_
+para esclarecer os Vereadores sobre os atuais investimentos que a Administração vem_x000D_
+fazendo nas diversas áreas que lhe compete. Bem como receber as sugestões do edis itapuienses.</t>
+  </si>
+  <si>
+    <t>8040</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8040/ccf18122025_0085.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida à Casa seja ofciado ao Presidente desta Casa Legislativa, solicitando que o mesmo providencie a assinatura dos Jornais da Cidade (Bauru), Comércio do Jahu e Folha de São Paulo. Bem como de duas revistas de conhecimento e circulação nacional, para enriquecer o conhecimento dos Vereadores e_x000D_
+eventuais visitantes da Câmara Municipal</t>
+  </si>
+  <si>
+    <t>8044</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8044/ccf18122025_0090.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando o encaminhamento a esta Casa de Leis, de cópia da prestação de contas_x000D_
+relativas as verbas proveniente de convehio, repassadas pela Prefeitura para a reforma do_x000D_
+prédio da Casa da Criança São José de Itapui</t>
+  </si>
+  <si>
+    <t>8045</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8045/ccf18122025_0091.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
+Municipal, solicitando o encaminhamento a esta Casa de Leis, para que_x000D_
+tome providências no sentido de disponibilizar transporte aos motoristas_x000D_
+que fazem cursos de aperfeiçoamento na cidade de Bauru, ou em outras_x000D_
+cidades da região.</t>
+  </si>
+  <si>
+    <t>8046</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8046/ccf18122025_0092.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+último concurso realizado_x000D_
+ a esta Casa de Leis, informações sobre os aprovados no_x000D_
+venham acompanhadas_x000D_
+ para a contratação de Motorista. Que essas informações com a documentação relativa a atual situação e colocação dos aprovados.</t>
+  </si>
+  <si>
+    <t>8047</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8047/ccf18122025_0093.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
+Municipal, solicitando o encaminhamento a esta Casa de Leis, a respeito_x000D_
+sobre o andamento do processo de instalação em nossa cidade do_x000D_
+BANCO DO POVO. Encaminhado-se documentos relativos ao assunto.</t>
+  </si>
+  <si>
+    <t>8048</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8048/ccf18122025_0094.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações a ser dirigida a esta Casa de Leis, na forma abaixo apresentada:_x000D_
+1- Consta no organograma oficial da Prefeitura o cargo de Contador? (favor enviar cópia_x000D_
+do organograma);_x000D_
+2- Se constar o cargo acima, ele esta atualmente preenchido por algum funcionário?_x000D_
+3- Se estiver preenchido, informar qual o vínculo empregatício do servidor que ocupa o_x000D_
+cargo, se funcionário de carreira (efetivo) ou se contratado como cargo de confiança;_x000D_
+4- Se o cargo do organograma não estiver preenchido, informar quem responde pela_x000D_
+Contadoria da Prefeitura e de que forma é seu vinculo com a Prefeitura;_x000D_
+5- Se não houver responsável pela Contadoria, informar o fato.</t>
+  </si>
+  <si>
+    <t>8052</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8052/ccf18122025_0098.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando o encaminhamento a esta Casa de Leis de relação onde conste todas as verbas repassadas pela Prefeitura para as entidades assistenciais de Itapuí, em todos os meses de 2.002</t>
+  </si>
+  <si>
+    <t>8053</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8053/ccf18122025_0099.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações sobre a utilização das verbas destinadas a educação no ensino superior, onde e como estão sendo aplicadas.</t>
+  </si>
+  <si>
+    <t>8054</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8054/ccf18122025_0100.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
+dos_x000D_
+ sobre o critério utilizado pela Prefeitura quando das solicitações_x000D_
+separadamente_x000D_
+munícipes_x000D_
+ a_x000D_
+para ligação da água e do esgoto nos imóveis, se podem ser ligados água e o esgoto, ou se somente podem ser ligados em conjunto.</t>
+  </si>
+  <si>
     <t>6158</t>
   </si>
   <si>
-    <t>REQ</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6158/ccf08082025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6158/ccf08082025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Sociedade São_x000D_
 Vicente de Paulo de Itapuí, solicitando o encaminhamento a esta Casa de Leis, do balanço_x000D_
 financeiro relativo a prestação de contas da entidade do ano de 2002.</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6155/ccf08082025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6155/ccf08082025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Casa da Criança São_x000D_
 José de Itapuí, solicitando o encaminhamento a esta Casa de Leis, de cópia do balanço_x000D_
 financeiro relativo a prestação de contas da entidade do ano de 2002.</t>
   </si>
   <si>
     <t>6156</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6156/ccf08082025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6156/ccf08082025_0023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, vêm, perante Vossa Excelência,_x000D_
 mui respeitosamente para requerer, com base nos artigos 109 e 110, do_x000D_
 Regimento Interno da Câmara Municipal de Itapuí, e artigo 30, da Lei_x000D_
 Orgânica do Município de Itapuí, a abertura de uma COMISSÃO_x000D_
 ESPECIAL DE INQUÉRITO, pelos fatos e motivos a seguir expostos:_x000D_
 Sr. Presidente, acreditamos que é de conhecimento de Vossa_x000D_
 Excelência, os fatos e denúncias que vêm ocorrendo em nosso_x000D_
 Município, com relação as denúncias apresentadas pela Gestora_x000D_
 Municipal da Assistência Social, Srta. Michelle Karen de Brunis Ferreira,_x000D_
 em relação ao Presidente da Associação de Pais e Amigos dos_x000D_
 Excepcionais – APAE, Sr. Valdir Maia, o qual também exerce a vereança_x000D_
 emnossa comunidadeAPU_x000D_
 Tais denúncias são em relação à supostas emissões de notas_x000D_
 frias, compras fictícias e em grande quantidades de suprimentos e_x000D_
 gêneros alimentícios. Que teriam ocorrido nos últimos meses, o que_x000D_
 acabou acarretando a rejeição das prestações de contas da APAE, e gerou_x000D_
 um c</t>
   </si>
   <si>
     <t>6157</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6157/ccf08082025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6157/ccf08082025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre os motivos que o levaram a mandar retirar as traves do_x000D_
 mini-campo de futebol localizado no terreno localizado às margens da Avenida_x000D_
 Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>6159</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6159/ccf08082025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6159/ccf08082025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis de todas as Notas Fiscais relativas as_x000D_
 despesas pagas pela Prefeitura para realização dos festejos carnavalescos.</t>
   </si>
   <si>
     <t>6160</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6160/ccf08082025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6160/ccf08082025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, soja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis de cópia do projeto completo das obras_x000D_
 de reformas da Casa da Criança São José de Itapuí, no valor de R$ 87.500,00 (oitenta e_x000D_
 sete mil e quinhentos reais), repassados pela Prefeitura, além das cópias das Notas Fiscais, extratos bancários e outros documentos comprobatóríos das despesas realizadas com as reformas.</t>
   </si>
   <si>
     <t>6161</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6161/ccf08082025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6161/ccf08082025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Comandante do 27° BPMI, solicitando os valiosos préstimos no que tange a viabilizar os meios necessários a fim de_x000D_
 prover o município de Itapuí com um reforço no policiamento, principalmente nos finais_x000D_
 de semana e feriados, pois o número de delitos, principalmente furtos estão sendo verificados em grande número.</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6162/ccf08082025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6162/ccf08082025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Presidente da Corporação_x000D_
 Musical Santa Cecília de Itapuí, solicitando o encaminhamento a esta Casa de Leis da_x000D_
 programação de apresentações da Banda para os próximos três meses, especialmente os_x000D_
 eventos dirigidos à comunidade itapuiense, com o objetivo desta Casa de Leis divulgar as_x000D_
 apresentações, informando a população que tanto aprecia ouvir a execução de boas_x000D_
 músicas os dias e horários dos shows, bem como as já tradicionais apresentações_x000D_
 dominicais na praça.</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6167/ccf08082025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6167/ccf08082025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando o parcelamento da divida ativa que esta sendo executada pelo município em_x000D_
 até 36 parcelas.</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6100/ccf07082025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6100/ccf07082025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis, de cópias de todas as Notas Fiscais e_x000D_
 recibos referentes aos gastos que a Prefeitura teve com a realização dos festejos_x000D_
 carnavalescos de 2003</t>
   </si>
   <si>
     <t>6150</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6150/ccf08082025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6150/ccf08082025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, ao Presidente desta Casa de Leis, o estudo das possibilidades junto com profissional da área de decoração, para se instalar as fotos da GALERIA DOS PRESIDENTES, bem como o quadro com a foto dos Vereadores atuais, a fixação de bases para colocação da imagem de Santo Antônio e de Christo, bem como a_x000D_
 instalação do relógio.</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6151/ccf08082025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6151/ccf08082025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, ao Senhor Presidente desta Casa de Leis, a volta_x000D_
 da publicação mensal do INFORMATIVO DA CÂMARA MUNICIPAL DE ITAPUÍ,_x000D_
 pois a população esta solicitando.</t>
   </si>
   <si>
     <t>6185</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6185/ccf11082025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6185/ccf11082025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal solicitando_x000D_
 informações sobre os motivos que o levaram a descumprir os artigos 17 e 22, da Lei Municipal nº 1.678,_x000D_
 de 08 de novembro de 1993.</t>
   </si>
   <si>
     <t>6186</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6186/ccf11082025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6186/ccf11082025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Prefeitura Municipal de Itapuí, na pessoa do_x000D_
 Senhor Prefeito Municipal, solicitação de envio de documentação relativa a processo administrativo_x000D_
 movido por aquela casa em relação a funcionária MICHELLI KAREN DE BRUNIS FERREIRA.</t>
   </si>
   <si>
     <t>6170</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6170/ccf08082025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6170/ccf08082025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando a vinda a esta Casa de Leis para prestar esclarecimentos, do responsável pelo_x000D_
 setor de Saúde do Município, se possível para a próxima sessão ordinária desta Casa a ser_x000D_
 realizada no dia 16 de junho.</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6169/ccf08082025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6169/ccf08082025_0042.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre quais são seus planos no que tange a prover o Residencial_x000D_
 "Jardim Maria Rosária" de braços de iluminação pública.</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6168/ccf08082025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6168/ccf08082025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre as providências que esta tomando com relação ao projeto_x000D_
 de abertura da rua XV de Novembro, interligando-a ao residencial "Jardim Maria_x000D_
 Rosária", facilitando o acesso dos moradores daquele local para o centro da cidade.</t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Carlos Adalberto Thomazella, Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6163/ccf08082025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6163/ccf08082025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a APAE (Associação de Pais e_x000D_
 Amigos dos Excepcionais) Renascer de Itapuí, solicitando os documentos constantes do_x000D_
 processo de alienação por venda da perua Volkswagen Kombi, que pertencia a entidade.</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6188/ccf11082025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6188/ccf11082025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis da documentação relativa ao transporte_x000D_
 de alunos da zona rural para a cidade e também daqueles que freqüentam cursos em outras_x000D_
 cidade, com uso de veículos particulares com pagamento terceirizado pela Prefeitura,_x000D_
 especialmente peruas Kombis e Vans, dos anos 2.000, 2.001, 2.002 e 2.003, todos os_x000D_
 meses.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6190/ccf11082025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6190/ccf11082025_0016.pdf</t>
   </si>
   <si>
     <t>solicitando informações_x000D_
 Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 Indicação nº 22/2003,_x000D_
  sobre as providências que estão sendo tomadas em relação a_x000D_
 de minha autoria, solicitando um reajuste nos vencimentos e_x000D_
 proventos dos funcionários municipais.</t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6189/ccf11082025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6189/ccf11082025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Deputado Arnaldo Jardim, solicitando empenho junto ao Governo do Estado, objetivando a liberação de verbas para o recape do pavimento asfaltico da estrada vicinal “ANGELO POLI”, pois a mesma esta em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>6102</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6102/ccf07082025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6102/ccf07082025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando a substituição integral do Conselho Municipal de Assistência Social, ou a_x000D_
 justificativa_x000D_
 seguir descritos:_x000D_
  a ser encaminhada a esta Casa, por não faze-la, diante dos graves fatos, a_x000D_
 O atual Conselho em apreciando as contas da entidade APAE Renascer de Itapuí, Convênio SAC exercício de 2002, pronunciou-se em reunião realizada no dia 28 de_x000D_
 com_x000D_
 março de 2003, favoravelmente à aprovação das mesmas, fato este noticiado na imprensa, cópia de documentos assinados pelos membros do Conselho._x000D_
 Ocorre que em nova Ata, datada de 07 de abril de 2003, o mesmo Conselho declarou como inverdades os relatos contidos no documento datado de 28 de março de 2003, tornando-se ao ver do Conselho, sem efeito o seu conteúdo, documento este subscrito pelos mesmos membros apreciadores.</t>
   </si>
   <si>
     <t>6118</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6118/ccf07082025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6118/ccf07082025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, solicitando do Senhor Presidente da Câmara, empenho junto ao Departamento Jurídico, objetivando intercessão judicial com o escopo de conseguir do Poder Executivo o envio de documentos solicitados através de requerimento devidamente aprovado e não atendido, documentos esses relativos ao Convênio firmado para reforma das instalações da Casa da Criança São José de Itapuí,_x000D_
 com repasses de verbas públicas.</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6101/ccf07082025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6101/ccf07082025_0004.pdf</t>
   </si>
   <si>
     <t>equeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre quais as providências que pretende tomar quanto ao_x000D_
 empoçamento de água verificado na rua 13 de Maio, em frente ao Supermercado Lenharo,_x000D_
 pois com a vinda das chuvas, referido estabelecimento poderá ser invadido pelas águas_x000D_
 pluviais</t>
   </si>
   <si>
     <t>6116</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6116/ccf07082025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6116/ccf07082025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre como esta sendo feito o repasse de verbas da Prefeitura_x000D_
 para a Corporação Musical Santa Cecília de Itapuí, informando se há Convênio firmado_x000D_
 entre ambas.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6117/ccf07082025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6117/ccf07082025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, ao Senhor Presidente da Câmara Municipal, a_x000D_
 instalação da galeria de fotos dos ex. Presidente da Câmara Municipal de Itapuí, com a_x000D_
 contratação de profissional da área de decoração para ver o local mais apropriado para as_x000D_
 mesmas.</t>
   </si>
   <si>
     <t>6115</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6115/ccf07082025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6115/ccf07082025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Empresa Auto Ônibus_x000D_
 Reunidas Paulista, com sede na Avenida Cruzeiro do Sul, 13 - 15, na cidade de Bauru, na_x000D_
 pessoa do Dr. Vander, solicitando uma linha de ônibus de Bariri a Bauru, passando por_x000D_
 Itapuí, nos períodos da manhã e tarde, bem como se possível próximo ao horário de_x000D_
 almoço, fazendo o trajeto pela estrada vicinal “Ângelo Poli", asfaltada e em perfeitas_x000D_
 condições de tráfego, inclusive aos domingos e feriados.</t>
   </si>
   <si>
     <t>6139</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6139/ccf08082025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6139/ccf08082025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Excelentíssimo Senhor Doutor_x000D_
 Juiz Diretor do Forum da Comarca de Jaú, solicitando informações sobre o processo_x000D_
 movido pelo Ministério Público em relação a Prefeitura Municipal de Itapuí, atinente a_x000D_
 anulação em parte do último concurso público por ela realizado para preenchimentos de_x000D_
 vagas no serviço público municipal.</t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6129/ccf07082025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6129/ccf07082025_0032.pdf</t>
   </si>
   <si>
     <t>Município_x000D_
 Requeiro, ouvida a Casa, seja oficiado ao Diretor de Esportes do de Itapuí, solicitando informações sobre o tempo que não é realizado em Itapui_x000D_
 esportiva_x000D_
 o campeonato_x000D_
  e de_x000D_
 _x000D_
 a_x000D_
 de_x000D_
  muito_x000D_
  futebol_x000D_
  ela_x000D_
  da cidade, pois a população aprecia muito esse tipo de atividade não é realizada.</t>
   </si>
   <si>
     <t>6130</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6130/ccf07082025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6130/ccf07082025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis das Notas Fiscais e recibos gastos com_x000D_
 a Corporação Musical Santa Cecília de Itapuí neste ano, desde janeiro até a presente data,_x000D_
 com um pequeno histórico das apresentações realizadas em nossa cidade.</t>
   </si>
   <si>
     <t>6131</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6131/ccf07082025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6131/ccf07082025_0030.pdf</t>
   </si>
   <si>
     <t>equeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre a data provável da inauguração do prédio construído para_x000D_
 ser as futuras instalações da EMEI de Itapuí.</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6110/ccf07082025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6110/ccf07082025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 Hospital e_x000D_
  informações sobre o porque da demora no conserto do aparelho de raio X do_x000D_
 quebrado e_x000D_
 _x000D_
  fazendo_x000D_
 Maternidade_x000D_
  muita_x000D_
 _x000D_
 _x000D_
 São_x000D_
 falta._x000D_
  Jos</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6109/ccf07082025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6109/ccf07082025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre o porquê? estava juntamente com um jornalista tirando fotos do campo de malhas localizado no Centro de Lazer do Trabalhador se as obras de reforma do mesmo ainda não foram iniciadas.</t>
   </si>
   <si>
     <t>6111</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6111/ccf07082025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6111/ccf07082025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Presidente do CEPAМ objetivando_x000D_
 Casas Legislativas_x000D_
  informações sobre como ficará o número de Vereadores que comporão as_x000D_
 Tribunal_x000D_
  na próxima legislatura, uma vez que em conversa com um auditor do_x000D_
 número de_x000D_
  de_x000D_
  cadeiras_x000D_
  Contas_x000D_
  na_x000D_
 o_x000D_
 _x000D_
 mesmo_x000D_
 Câmara_x000D_
  disse que Itapuí, com aproximadamente 11 mil habitantes, o</t>
   </si>
   <si>
     <t>6112</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6112/ccf07082025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6112/ccf07082025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 minha_x000D_
 solicitando informações sobre o porquê? não atendeu as Indicações números 36 e 46 de autoria e da autoria do nobre Vereador Senhor José Antônio Damico Soto, ambas solicitando a construção urgente de calçadas na lateral da ponte da rua Elízio Valentin, pois o local esta bastante perigoso, inclusive uma criança já caiu no córrego.</t>
   </si>
   <si>
     <t>6113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6113/ccf07082025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6113/ccf07082025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o porquê? não atendeu as Indicações números 27_x000D_
 43/2003, de minha autoria, as quais solicitam o corte das árvores que nasceram_x000D_
 naturalmente na lateral do mini-campo de futebol que serve o núcleo habitacional "Dr._x000D_
 Alvaro Beltran de Souza", logo abaixo do restaurante da Dona Joana, bem como não_x000D_
 colocou alambrados em volta do mesmo, pois são obras baratas e muito reivindicadas pela_x000D_
 população.</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6114/ccf07082025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6114/ccf07082025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Gerente da Agência_x000D_
 Ambiental de Bauru (CETESB), solicitando a verificação “in loco", por agentes_x000D_
 credenciados, do lixão existente no bairro "Balneário Mar. Azul”, localizado do lado_x000D_
 direito da Avenida do Porto, na confluência com o Camping Municipal.</t>
   </si>
   <si>
     <t>6103</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6103/ccf07082025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6103/ccf07082025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis dos nomes de todos os funcionários_x000D_
 municipais, suas funções, se recebem horas extras habituais e a quanto tempo, bem como_x000D_
 se recebem adicionais de insalubridade e periculosidade.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Antonio Alvaro de Souza, Antonio Guarnieri Sobrinho, Carlos Adalberto Thomazella, Gilmar Sabino Belchior, Gilson Sebastião, José Antonio Damico Sotto, João da Silva Fonseca, SILENE VALINI, Sérgio Del Porto Negraes, VALDIR MAIA</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6077/ccf06082025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6077/ccf06082025_0039.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Excelentíssimo Senhor Doutor_x000D_
 Saulo de Castro Abreu Filho, digníssimo Secretário de Estado da Segurança Pública,_x000D_
 solicitando os valiosos préstimos no que tange a viabilizar os meios necessários a fim de_x000D_
 transformar a Delegacia de Polícia de Itapuí da 4ª para 3ª classe.</t>
   </si>
   <si>
     <t>6078</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6078/ccf06082025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6078/ccf06082025_0040.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Diretor Presidente da_x000D_
 Ccompanhia de Desenvolvimento Habitacional Urbano (CDHU), solicitando informações_x000D_
 sobre a possibilidade de financiamento para a construção de casas pelo sistema mutirão em_x000D_
 área que conta com 100 (cem) lotes, especialmente destinados para esse fim, área_x000D_
 pertencente ao município, localizada logo acima do núcleo habitacional "Cônego Arlindo_x000D_
 José Zanotto", construído pelo C.D.H.U.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6076/ccf06082025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6076/ccf06082025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando as devidas explicações sobre o porquê não determinou ao Departamento de Obras da Prefeitura a realização de vistoria nas fossas sépticas das residências construídas_x000D_
 no bairro "Balneário Mar Azul”, dando máxima prioridade àquelas que encontram-se abertas, sem a devida tampa, com riscos enormes de queda de crianças que brincam no local.</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6091/ccf06082025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6091/ccf06082025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados aos excelentíssimos senhores Dr. Geraldo Alckmin, digníssimo Governador do Estado de São Paulo, e o senhor Secretário de Estado da Saúde, solicitando a viabilização dos meios necessários a fim de atender as reivindicações feitas pelo Hospital Amaral Carvalho, da cidade de Jaú.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6055/ccf06082025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6055/ccf06082025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o porquê não esta comprando tintas, pincéis e telas para a_x000D_
 escola de arte em pintura em tela e nem esta repassando o dinheiro para pagar o salário da professora.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6054/ccf06082025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6054/ccf06082025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quais os festejos, o local que serão realizados, bem como os_x000D_
 shows que serão contratados para os eventos relativos ao Natal e Revellion</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6053/ccf06082025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6053/ccf06082025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o porquê não manda colocar lixeiras dentro e fora do_x000D_
 Jardim Público Municipal.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6052/ccf06082025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6052/ccf06082025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal ea_x000D_
 Vice Prefeita Municipal, solicitando a designação de um dia para eles comparecerem na_x000D_
 Câmara Municipal com o objetivo de não deixar parar o TELECURSO, pois segundo a_x000D_
 Diretora da Escola Estadual a partir de 2.004, o TELECURSO não mais funcionará, os_x000D_
 alunos que estão cursando a 8ª série estão reclamando, pois iriam fazer o TELECURSO о_x000D_
 ano que vem.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6051/ccf06082025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6051/ccf06082025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre qual é o horário e as funções exercidas pelas Agentes_x000D_
 Comunitárias de Saúde que atuam no município, com a identificação de quais são as_x000D_
 responsáveis pelo atendimento realizado nos bairros.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6050/ccf06082025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6050/ccf06082025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Telefônica, regional de Bauru,_x000D_
 solicitando a mudança do telefone público instalado na rua Santo Antônio, altura do n°_x000D_
 397, próximo ao jardim lá existente, numa distância de mais ou menos cinco metros, pois_x000D_
 referido telefone fica localizado em frente a Unidade Básica de Saúde II "Dr. Nestor_x000D_
 Cardoso", e onde esta instalado atrapalha o embarque e desembarque de deficientes que_x000D_
 precisam de tratamento.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6049/ccf06082025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6049/ccf06082025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Telefônica regional de Bauru,_x000D_
 solicitando a instalação de um telefone público nas proximidades da Sociedade_x000D_
 Beneficente Espírita de Itapuí, localizada na rua Campos Sales, quase esquina com a_x000D_
 Avenida Paes de Barros.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6048/ccf06082025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6048/ccf06082025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações de que forma foram feitas as contratações de todos os médicos_x000D_
 que prestam serviços em nosso município, na área da saúde pública, com a descrição dos_x000D_
 nomes desses profissionais.</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6047/ccf06082025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6047/ccf06082025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Associação de Pais e_x000D_
 Amigos dos Excepcionais APAE Renascer de Itapuí, reiterando o pedido desta Casa de_x000D_
 Leis, feito através do requerimento nº 52/2.003, datado de 02/06/2.003, pois até a_x000D_
 presente data não foi enviada a necessária resposta.</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6071/ccf06082025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6071/ccf06082025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Presidente da_x000D_
 Câmara Municipal de Itapuí, solicitando os nomes dos Vereadores que assinaram o_x000D_
 requerimento pedindo a abertura da CEI que investigou as contas da entidade APAE do exercício de 2.002, se possível com cópia da propositura.</t>
   </si>
   <si>
     <t>6075</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6075/ccf06082025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6075/ccf06082025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Presidente da_x000D_
 Câmara, solicitando seja determinado ao Assessor Jurídico da Câmara, explicações sobre_x000D_
 as possíveis denúncias contra Vereadores que foram veiculadas através de matérias_x000D_
 jornalísticas._x000D_
 Acreditamos que a função do Vereador é de fiscalizar o dinheiro_x000D_
 público, desta forma como preceitua do Regimento Interno da Casa, é inerente aos_x000D_
 Vereadores a abertura de CEI em caso de dúvida ou denúncias quanto a aplicação de verbas públicas.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6073/ccf06082025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6073/ccf06082025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Secretário de_x000D_
 Estado da Segurança Pública, solicitando se digne viabilizar os meios necessários a fim de_x000D_
 prover a Polícia Militar de nossa cidade de mais uma viatura.</t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6074/ccf06082025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6074/ccf06082025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Presidente da_x000D_
 Câmara Municipal de Itapuí, solicitando vistas a todas as contas de telefones da Câmara_x000D_
 Municipal de Itapuí do corrente ano, de janeiro até a presente data, com cópias das_x000D_
 mesmas.</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6072/ccf06082025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6072/ccf06082025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o motivo pelo qual ainda não foram realizados os reparos_x000D_
 necessários na ponte da rua Elizio Valentin, pois da maneira como se encontra apresenta perigo.</t>
   </si>
   <si>
+    <t>8010</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8010/ccf18122025_0058.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
+consignado em Ata votos de congratulações com o Senhor Ademir Ferrarezi, morador do_x000D_
+bairro do Campinho, pela organização dos serviços de reforma da Capela do bairro São_x000D_
+José da Barra Mansa.</t>
+  </si>
+  <si>
+    <t>8011</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8011/ccf18122025_0059.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com todos aqueles que colaboraram, trabalharam, participaram, ajudaram e construíram a possibilidade que hoje estamos vivendo, de proporcionar ao Poder Legislativo itapuiense uma nova sede, ampla e funcional, bonita e independente, garantindo a independência da Câmara Municipal, condição esta necessária para garantir a competente representação dos Vereadores, garantindo ao povo que os elegeram a luta parlamentar em defesa dos direitos que lhes são inerentes._x000D_
+Seja dado ciência desta ao Senhor Prefeito Municipal, a empresa Trident S/A - Indústria de Precisão, ao ex. Presidente da Câmara Senhor Airton Aparecido Grimaldi, ao atual Presidente da Câmara Senhor João da Silva Fonseca, a todos os Vereadores que suportaram com paciência o tempo de reforma e adaptação do prédio para instalação do Poder Legislativo, ao Diretor da Secretaria desta Casa Senhor José</t>
+  </si>
+  <si>
+    <t>8013</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8013/ccf18122025_0060.pdf</t>
+  </si>
+  <si>
+    <t>equeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
+consignado em ata votos de congratulações e agradecimentos para com os Diretores e_x000D_
+Funcionários da Companhia Paulista de Força e Luz (CPFL), pelo atendimento das</t>
+  </si>
+  <si>
+    <t>8014</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8014/ccf18122025_0061.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
+consignado em Ata votos de congratulações e agradecimentos para com o Diretor do_x000D_
+D.E.R regional de Bauru - SP., Senhor Raul Andrade Cardoso, pela construção dos_x000D_
+abrigos para passageiros de ônibus, na SP 225 "rodovia Comandante João Ribeiro de_x000D_
+Barros", nas proximidades do bairro São José da Barra Mansa (contorno) e, na via de_x000D_
+acesso Prefeito Alberto Massoni, nas proximidades do bairro do Campinho, atendendo a_x000D_
+minha solicitação anteriormente formulada por requerimento aprovado por esta Casa de_x000D_
+Leis.</t>
+  </si>
+  <si>
+    <t>8049</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8049/ccf18122025_0095.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro,_x000D_
+Ata votos_x000D_
+_x000D_
+_x000D_
+ouvida_x000D_
+de_x000D_
+ a Casa e dispensadas as formalidades regimentais, seja congratulações e agradecimentos Ferraz Costa Negraes, digníssimo para com o Senhor Paulo_x000D_
+forma especial com que_x000D_
+ Diretor da Trident S/A - Indústria de Precisão, pela distinguiu nossa Casa de Leis, pois não só cumpriu primorosamente o descrito no Edital atinente a Carta Convite objeto do mobiliário da nova sede do Poder Legislativo itapuiense, como também doou a mesma, materiais e mão de obra para acabamento e conclusão dos serviços, terminando por demonstrar mais uma vez o seu zelo e interesse pelas coisas da cidade, além da alta qualidade dos produtos que fabrica.</t>
+  </si>
+  <si>
     <t>6147</t>
   </si>
   <si>
-    <t>MOC</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6147/ccf08082025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6147/ccf08082025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com toda equipе_x000D_
 responsável pela Escola de Samba Ponte Preta de Itapuí, pelo maravilhoso desfile_x000D_
 carnavalesco apresentado.</t>
   </si>
   <si>
     <t>6153</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6153/ccf08082025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6153/ccf08082025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com a Diretoria da Associação Atlética Itapuí (AAI), pelo excelente carnaval apresentado aos seus associados_x000D_
 e visitantes, garantindo lazer e entretenimento da melhor qualidade a todos.</t>
   </si>
   <si>
     <t>6154</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6154/ccf08082025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6154/ccf08082025_0021.pdf</t>
   </si>
   <si>
     <t>consignado_x000D_
 Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja em Ata votos de congratulações e agradecimentos para com os organizadores_x000D_
 Municipal,_x000D_
 do CARNAVAL_x000D_
  o_x000D_
  DO POVO, realizado em nossa cidade, em especial ao Senhor Prefeito qual não mediu esforços para o brilhantismo do evento.</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6181/ccf11082025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6181/ccf11082025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida Casa e dispensadas as formalidades regimentais, seja consignado em_x000D_
 Ata votos de congratulações e agradecimentos para com a Diretora, Professores e Funcionários da_x000D_
 EMEI, bem como com todos os que colaboraram na organização e realização da Feira do Livro, em_x000D_
 nosso município.</t>
   </si>
   <si>
     <t>6182</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6182/ccf11082025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6182/ccf11082025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida Casa e dispensadas as formalidades regimentais, seja consignado_x000D_
 pelo_x000D_
 _x000D_
 _x000D_
 votos_x000D_
 excelente_x000D_
  de congratulações e agradecimentos para com a Equipe de Futebol de Salão de nossa cidade,_x000D_
 Sala_x000D_
 desempenho_x000D_
  das_x000D_
  durante o último campeonato regional, onde consagrou-se Campeão.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>Carlos Adalberto Thomazella, Ademir Aparecido Castelani, Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6183/ccf11082025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6183/ccf11082025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado_x000D_
 votos de congratulações para com o Policial Militar Luiz Carlos Cavalari, pela outorga que lhe foi_x000D_
 feita pelo Comandante do 27° Batalhão da Policia Militar de Jaú, no dia 03 de abril próximo passado, da_x000D_
 Laurea do Mérito Pessoal em 5º Grau, onde na ocasião esteve acompanhada de sua esposa Aparecida._x000D_
 A Laurea de Mérito Pessoal visa reconhecer os Policiais Militares que se destacam_x000D_
 perante os demais no cumprimento de seu trabalho._x000D_
 O Policial Militar Luiz Carlos Cavalari é filho do cidadão itapuiense e ex. P.M. Edward_x000D_
 Antonio Cavalari, policial que quando estava na ativa trabalhando em nossa cidade demonstrou grande_x000D_
 espirito profissional, desempenhando suas funções com grande competência._x000D_
 Seu filho Luiz Carlos Cavalari, segue os passos do pai e demonstrou a mesma_x000D_
 competência no desempenho de suas atribuições, demonstrando que a conduta altamente dignificante de_x000D_
 seu progenitor resultou na qualidade de seu fil</t>
   </si>
   <si>
     <t>6184</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Antonio Alvaro de Souza, Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6184/ccf11082025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6184/ccf11082025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em_x000D_
 ata votos de congratulações e agradecimentos para com o Deputado Vitor Sapienza, por ter destinado_x000D_
 uma verba no valor de R$ 250.000,00(duzentos e cinquenta mil reais) para o município de Itapuí.</t>
   </si>
   <si>
     <t>6180</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, Gilmar Sabino Belchior, Ademir Aparecido Castelani</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6180/ccf11082025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6180/ccf11082025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em_x000D_
 ata votos de congratulações e agradecimentos para com o empresário Pedro Luis Poli, por ter_x000D_
 acompanhado o Sr. Prefeito até o gabinete do Deputado Vitor Sapienza, no último dia 15, na cidade de_x000D_
 São Paulo, quando o parlamentar informou a destinação de uma verba no valor de R$_x000D_
 250.000,000(duzentos e cinquenta mil reais) para Itapuí.</t>
   </si>
   <si>
     <t>6194</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6194/ccf11082025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6194/ccf11082025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais seja consignado em Ata votos de congratulações e agradecimentos para com o empresário Pedro_x000D_
 comercializa_x000D_
  Luis Poli, Diretor da Polifrigor Industria e Comércio de Alimentos Ltda., que o frango ITABOM pelos 15 anos de trabalho dedicados em Itapuí, garantindo empregos e rendas para o município, com vertiginoso progresso e merecido sucesso nos empreendimentos.</t>
   </si>
   <si>
     <t>6192</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6192/ccf11082025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6192/ccf11082025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais seja consignado em Ata votos de protesto para com o Senhor Prefeito Municipal pela gasto de quase R$ 70.000,00 (setenta mil reais), para realizar o CARNAVAL DO POVO de nossa cidade.</t>
   </si>
   <si>
     <t>6119</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6119/ccf07082025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6119/ccf07082025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com as polícias Militar_x000D_
 e Civil de nossa cidade pelo excelente trabalho realizado quando por ocasião dos festejos_x000D_
 da 7ª Festa do Peão de Itapuí, garantindo segurança ao maravilhoso evento.</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6121/ccf07082025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6121/ccf07082025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com as equipes que representaram o município de Itapuí, durante a realização do 46° Jogos Regionais, realizado nas cidades de Igaraçu do Tietê e Barra Bonita, conseguindo a 26ª colocação dentre as 47 cidades participantes de nossa região. Em especial elogiamos a participação dos atletas: Aiovaldo de Jesus Pichelli, Pedro Geraldo Ficcio e Cesar Giosippin, os quais sagraram-se campeões na modalidade de Pesca Esportiva.</t>
   </si>
   <si>
     <t>6120</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6120/ccf07082025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6120/ccf07082025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com a Comissão_x000D_
 Organizadora da 7ª Festa do Peão de Itapuí.</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6149/ccf08082025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6149/ccf08082025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 Pedro_x000D_
  Ata votos de congratulações e agradecimentos para com o Padre José_x000D_
 Legislativo_x000D_
  de nossa_x000D_
  de_x000D_
  Paróquia, pelas bençãos que derramou pelas novas instalações do Poder Itapuí, trazendo a presença de Deus para iluminar os caminhos desta Casa.</t>
   </si>
   <si>
     <t>6138</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6138/ccf08082025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6138/ccf08082025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, sejа_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o 1° Sargento_x000D_
 P.M. Antônio Santos da Silva, atualmente respondendo pelo Comando do 3º Pelotão da_x000D_
 Polícia Rodoviária de Jaú SP, bem como para os Soldados por ele comandados: P.M._x000D_
 Sandro Roberto Venarusso e P.M. André Luiz do Nascimento, pelo excelente trabalho_x000D_
 realizado em Itapuí nos dias 17, 18, 19 e 20 de julho, garantindo a segurança preventiva,_x000D_
 proporcionando tranqüilidade aos nossos cidadãos e visitantes quando da realização da 7°_x000D_
 Grande Festa do Peão de Rodeio de nossa cidade. Seja encaminhada esta ao Tenente_x000D_
 Coronel P.M. Daniel Rodrigueiro, Comandante do 2° Batalhão Rodoviário da cidade de_x000D_
 Bauru SP, localizado na Avenida Cruzeiro do Sul, 17-91.</t>
   </si>
   <si>
     <t>6107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6107/ccf07082025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6107/ccf07082025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Deputado_x000D_
 Estadual Arnaldo Jardim, pela iniciativa de projeto de lei, aprovado pela Assembléia_x000D_
 Legislativa do Estado de São Paulo e Sancionado pelo Excelentíssimo Senhor Governador_x000D_
 do Estado Geraldo Alkcmin, denominando de ARIOSTO MENDES DE CAMARGO o_x000D_
 viaduto localizado no km 196 da SP 225, rodovia João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6148/ccf08082025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6148/ccf08082025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com os Senhores: Gustavo Fiamengui e Elton Augusto Zarpelão, os quais com o apôio da Prefeitura Municipal de Itapuí e de mais 42 empresas de Itapuí e região, organizaram e presentearam_x000D_
 a população local com o sensacional festival de motocicletas, com exibições de performances extraordinárias, fazendo nosso setor turístico (práia municipal) reviver os_x000D_
 velhos tempos da motonautica, provando mais uma vez que o turismo a ser desenvolvido_x000D_
 em Itapuí é apenas uma questão de boa vontade._x000D_
 Estima-se que vieram para Itapuí mais de 1000 motocicletas de diversas_x000D_
 marcas, padrões e cilindradas, transformando o final de semana itapuiense numa festa_x000D_
 encantada, animando a todos sem distinção, ajudando o comércio a vender e também_x000D_
 possibilitando uma renda extra muito importante para os voluntários do combate ao câncer, através da barraca de vendas montada no local._x000D_
 O eve</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6085/ccf06082025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6085/ccf06082025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com as Senhoras Sandra Maria Artioli Cincotto e Maria Célia Bueno, pelo excelente trabalho que vem desenvolvendo em nossa cidade no setor artístico, ministrando aulas de pintura em tela e_x000D_
 artesanato, descobrindo novos e importantes talentos.</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6086/ccf06082025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6086/ccf06082025_0042.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Senhor José_x000D_
 Vitor Ficcio, pela sua dedicação a preservação e recuperação de nossas áreas verdes,_x000D_
 prestando serviço voluntário e gratuito a CATI, junto a Casa da Agricultura.</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, José Antonio Damico Sotto, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6087/ccf06082025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6087/ccf06082025_0043.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de profundo pesar pelo falecimento da Senhora Júlia Zanoni_x000D_
 Castellani.</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
     <t>João da Silva Fonseca, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6084/ccf06082025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6084/ccf06082025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 com_x000D_
  em Ata dos nossos trabalhos, votos de congratulações e agradecimentos para a ABAS (Associação Banespiana de Assistência Social), pelas importantes doações financeiras_x000D_
 Renascer_x000D_
  feitas a entidade APAE (Associação de Pais e Amigos dos Excepcionais) de Itapuí, as quais ocorrem anualmente.</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Antonio Alvaro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6088/ccf06082025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6088/ccf06082025_0046.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa e dispensadas as formalidades regimentais seja_x000D_
 consignada em Ata votos de congratulações e agradecimentos para com o Grupo de_x000D_
 Voluntários do Combate ao Câncer de Itapuí, pelo excelente trabalho realizado em prol_x000D_
 dos enfermos, participando ativamente de todos os eventos promocionais aqui realizados._x000D_
 Agradecemos também ao Hospital Amaral Carvalho de Jaú que atende os_x000D_
 pacientes com câncer de nossa cidade, com grande carinho e eficiência._x000D_
 Agradecemos também, em especial os colaboradores, pessoas fisicas e_x000D_
 jurídicas que ajudam financeiramente nesta importante missão.</t>
   </si>
   <si>
     <t>6089</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6089/ccf06082025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6089/ccf06082025_0044.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADÃO ITAPUIENSE E DÀ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6062</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6062/ccf06082025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6062/ccf06082025_0018.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE_x000D_
 FILHO BENEMÉRITO DE ITAPUÍ_x000D_
 AO CIDADÃO EDWARD ANTÔNIO CAVALARI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2672,67 +3323,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6046/ccf06082025_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6108/ccf07082025_0011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6083/ccf06082025_0038.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6061/ccf06082025_0017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6044/ccf06082025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6179/ccf11082025_0001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6099/ccf07082025_0002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6165/ccf08082025_0046.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6164/ccf08082025_0047.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6098/ccf07082025_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6193/ccf11082025_0013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6097/ccf07082025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6166/ccf08082025_0040.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6137/ccf08082025_0004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6136/ccf08082025_0003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6060/ccf06082025_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6070/ccf06082025_0027.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6069/ccf06082025_0026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6068/ccf06082025_0025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6067/ccf06082025_0024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6045/ccf06082025_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6146/ccf08082025_0018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6145/ccf08082025_0017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6144/ccf08082025_0016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6143/ccf08082025_0015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6142/ccf08082025_0014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6152/ccf08082025_0025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6173/ccf08082025_0032.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6172/ccf08082025_0031.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6171/ccf08082025_0030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6174/ccf08082025_0033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6175/ccf08082025_0036.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6126/ccf07082025_0029.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6125/ccf07082025_0028.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6122/ccf07082025_0025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6124/ccf07082025_0027.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6123/ccf07082025_0026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6191/ccf11082025_0010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6187/ccf11082025_0009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6178/ccf08082025_0045.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6177/ccf08082025_0043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6197/ccf11082025_0020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6196/ccf11082025_0019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6195/ccf11082025_0017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6176/ccf08082025_0038.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6105/ccf07082025_0007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6104/ccf07082025_0006.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6141/ccf08082025_0009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6140/ccf08082025_0008.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6135/ccf08082025_0006.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6134/ccf08082025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6133/ccf08082025_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6128/ccf07082025_0034.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6127/ccf07082025_0033.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6132/ccf08082025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6106/ccf07082025_0009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6090/ccf06082025_0045.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6081/ccf06082025_0036.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6082/ccf06082025_0037.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6079/ccf06082025_0032.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6080/ccf06082025_0033.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6096/ccf06082025_0053.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6095/ccf06082025_0052.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6093/ccf06082025_0050.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6094/ccf06082025_0051.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6092/ccf06082025_0049.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6059/ccf06082025_0015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6058/ccf06082025_0014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6057/ccf06082025_0013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6056/ccf06082025_0012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6066/ccf06082025_0023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6065/ccf06082025_0022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6064/ccf06082025_0021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6063/ccf06082025_0019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6158/ccf08082025_0026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6155/ccf08082025_0022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6156/ccf08082025_0023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6157/ccf08082025_0024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6159/ccf08082025_0027.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6160/ccf08082025_0028.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6161/ccf08082025_0029.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6162/ccf08082025_0034.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6167/ccf08082025_0037.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6100/ccf07082025_0003.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6150/ccf08082025_0011.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6151/ccf08082025_0012.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6185/ccf11082025_0007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6186/ccf11082025_0008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6170/ccf08082025_0044.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6169/ccf08082025_0042.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6168/ccf08082025_0041.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6163/ccf08082025_0035.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6188/ccf11082025_0011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6190/ccf11082025_0016.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6189/ccf11082025_0015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6102/ccf07082025_0005.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6118/ccf07082025_0024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6101/ccf07082025_0004.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6116/ccf07082025_0022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6117/ccf07082025_0023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6115/ccf07082025_0018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6139/ccf08082025_0007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6129/ccf07082025_0032.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6130/ccf07082025_0031.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6131/ccf07082025_0030.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6110/ccf07082025_0013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6109/ccf07082025_0012.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6111/ccf07082025_0014.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6112/ccf07082025_0015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6113/ccf07082025_0016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6114/ccf07082025_0017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6103/ccf07082025_0008.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6077/ccf06082025_0039.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6078/ccf06082025_0040.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6076/ccf06082025_0035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6091/ccf06082025_0048.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6055/ccf06082025_0011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6054/ccf06082025_0010.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6053/ccf06082025_0009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6052/ccf06082025_0008.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6051/ccf06082025_0007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6050/ccf06082025_0006.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6049/ccf06082025_0005.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6048/ccf06082025_0004.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6047/ccf06082025_0003.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6071/ccf06082025_0020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6075/ccf06082025_0031.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6073/ccf06082025_0029.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6074/ccf06082025_0030.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6072/ccf06082025_0028.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6147/ccf08082025_0019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6153/ccf08082025_0020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6154/ccf08082025_0021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6181/ccf11082025_0003.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6182/ccf11082025_0004.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6183/ccf11082025_0005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6184/ccf11082025_0006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6180/ccf11082025_0002.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6194/ccf11082025_0014.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6192/ccf11082025_0012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6119/ccf07082025_0019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6121/ccf07082025_0021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6120/ccf07082025_0020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6149/ccf08082025_0010.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6138/ccf08082025_0005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6107/ccf07082025_0010.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6148/ccf08082025_0013.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6085/ccf06082025_0041.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6086/ccf06082025_0042.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6087/ccf06082025_0043.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6084/ccf06082025_0034.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6088/ccf06082025_0046.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6089/ccf06082025_0044.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6062/ccf06082025_0018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6046/ccf06082025_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6108/ccf07082025_0011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6083/ccf06082025_0038.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6061/ccf06082025_0017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6044/ccf06082025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6179/ccf11082025_0001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6099/ccf07082025_0002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6165/ccf08082025_0046.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6164/ccf08082025_0047.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6098/ccf07082025_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6193/ccf11082025_0013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6097/ccf07082025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6166/ccf08082025_0040.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6137/ccf08082025_0004.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6136/ccf08082025_0003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6060/ccf06082025_0016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6070/ccf06082025_0027.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6069/ccf06082025_0026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6068/ccf06082025_0025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6067/ccf06082025_0024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6045/ccf06082025_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8029/ccf18122025_0075.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8030/ccf18122025_0076.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8031/ccf18122025_0077.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8032/ccf18122025_0078.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8033/ccf18122025_0079.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8034/ccf18122025_0080.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8092/ccf18122025_0047.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8093/ccf18122025_0048.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8094/ccf18122025_0049.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8095/ccf18122025_0050.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8096/ccf18122025_0051.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8015/ccf18122025_0062.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8016/ccf18122025_0063.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8017/ccf18122025_0064.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8041/ccf18122025_0087.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8042/ccf18122025_0088.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8043/ccf18122025_0089.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8050/ccf18122025_0096.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8051/ccf18122025_0097.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6146/ccf08082025_0018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6145/ccf08082025_0017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6144/ccf08082025_0016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6143/ccf08082025_0015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6142/ccf08082025_0014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6152/ccf08082025_0025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6173/ccf08082025_0032.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6172/ccf08082025_0031.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6171/ccf08082025_0030.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6174/ccf08082025_0033.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6175/ccf08082025_0036.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6126/ccf07082025_0029.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6125/ccf07082025_0028.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6122/ccf07082025_0025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6124/ccf07082025_0027.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6123/ccf07082025_0026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6191/ccf11082025_0010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6187/ccf11082025_0009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6178/ccf08082025_0045.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6177/ccf08082025_0043.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6197/ccf11082025_0020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6196/ccf11082025_0019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6195/ccf11082025_0017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6176/ccf08082025_0038.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6105/ccf07082025_0007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6104/ccf07082025_0006.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6141/ccf08082025_0009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6140/ccf08082025_0008.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6135/ccf08082025_0006.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6134/ccf08082025_0002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6133/ccf08082025_0001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6128/ccf07082025_0034.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6127/ccf07082025_0033.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6132/ccf08082025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6106/ccf07082025_0009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6090/ccf06082025_0045.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6081/ccf06082025_0036.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6082/ccf06082025_0037.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6079/ccf06082025_0032.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6080/ccf06082025_0033.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6096/ccf06082025_0053.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6095/ccf06082025_0052.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6093/ccf06082025_0050.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6094/ccf06082025_0051.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6092/ccf06082025_0049.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6059/ccf06082025_0015.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6058/ccf06082025_0014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6057/ccf06082025_0013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6056/ccf06082025_0012.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6066/ccf06082025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6065/ccf06082025_0022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6064/ccf06082025_0021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6063/ccf06082025_0019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8004/ccf18122025_0052.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8005/ccf18122025_0053.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8006/ccf18122025_0054.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8007/ccf18122025_0055.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8008/ccf18122025_0056.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8009/ccf18122025_0057.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8018/ccf18122025_0066.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8019/ccf18122025_0067.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8021/ccf18122025_0068.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8022/ccf18122025_0069.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8023/ccf18122025_0070.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8024/ccf18122025_0071.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8025/ccf18122025_0072.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8026/ccf18122025_0073.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8027/ccf18122025_0074.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8035/ccf18122025_0081.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8037/ccf18122025_0082.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8038/ccf18122025_0083.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8039/ccf18122025_0084.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8040/ccf18122025_0085.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8044/ccf18122025_0090.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8045/ccf18122025_0091.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8046/ccf18122025_0092.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8047/ccf18122025_0093.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8048/ccf18122025_0094.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8052/ccf18122025_0098.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8053/ccf18122025_0099.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8054/ccf18122025_0100.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6158/ccf08082025_0026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6155/ccf08082025_0022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6156/ccf08082025_0023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6157/ccf08082025_0024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6159/ccf08082025_0027.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6160/ccf08082025_0028.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6161/ccf08082025_0029.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6162/ccf08082025_0034.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6167/ccf08082025_0037.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6100/ccf07082025_0003.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6150/ccf08082025_0011.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6151/ccf08082025_0012.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6185/ccf11082025_0007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6186/ccf11082025_0008.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6170/ccf08082025_0044.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6169/ccf08082025_0042.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6168/ccf08082025_0041.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6163/ccf08082025_0035.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6188/ccf11082025_0011.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6190/ccf11082025_0016.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6189/ccf11082025_0015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6102/ccf07082025_0005.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6118/ccf07082025_0024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6101/ccf07082025_0004.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6116/ccf07082025_0022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6117/ccf07082025_0023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6115/ccf07082025_0018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6139/ccf08082025_0007.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6129/ccf07082025_0032.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6130/ccf07082025_0031.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6131/ccf07082025_0030.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6110/ccf07082025_0013.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6109/ccf07082025_0012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6111/ccf07082025_0014.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6112/ccf07082025_0015.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6113/ccf07082025_0016.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6114/ccf07082025_0017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6103/ccf07082025_0008.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6077/ccf06082025_0039.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6078/ccf06082025_0040.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6076/ccf06082025_0035.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6091/ccf06082025_0048.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6055/ccf06082025_0011.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6054/ccf06082025_0010.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6053/ccf06082025_0009.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6052/ccf06082025_0008.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6051/ccf06082025_0007.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6050/ccf06082025_0006.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6049/ccf06082025_0005.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6048/ccf06082025_0004.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6047/ccf06082025_0003.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6071/ccf06082025_0020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6075/ccf06082025_0031.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6073/ccf06082025_0029.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6074/ccf06082025_0030.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6072/ccf06082025_0028.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8010/ccf18122025_0058.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8011/ccf18122025_0059.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8013/ccf18122025_0060.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8014/ccf18122025_0061.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/8049/ccf18122025_0095.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6147/ccf08082025_0019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6153/ccf08082025_0020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6154/ccf08082025_0021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6181/ccf11082025_0003.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6182/ccf11082025_0004.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6183/ccf11082025_0005.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6184/ccf11082025_0006.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6180/ccf11082025_0002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6194/ccf11082025_0014.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6192/ccf11082025_0012.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6119/ccf07082025_0019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6121/ccf07082025_0021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6120/ccf07082025_0020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6149/ccf08082025_0010.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6138/ccf08082025_0005.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6107/ccf07082025_0010.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6148/ccf08082025_0013.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6085/ccf06082025_0041.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6086/ccf06082025_0042.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6087/ccf06082025_0043.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6084/ccf06082025_0034.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6088/ccf06082025_0046.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6089/ccf06082025_0044.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2003/6062/ccf06082025_0018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H155"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="253.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3272,3498 +3923,4850 @@
       </c>
       <c r="D22" t="s">
         <v>38</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H22" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>102</v>
       </c>
       <c r="E23" t="s">
         <v>103</v>
       </c>
       <c r="F23" t="s">
         <v>104</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>102</v>
       </c>
       <c r="E24" t="s">
         <v>103</v>
       </c>
       <c r="F24" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>24</v>
       </c>
       <c r="D25" t="s">
         <v>102</v>
       </c>
       <c r="E25" t="s">
         <v>103</v>
       </c>
       <c r="F25" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>116</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>103</v>
       </c>
       <c r="F26" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
         <v>102</v>
       </c>
       <c r="E27" t="s">
         <v>103</v>
       </c>
       <c r="F27" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H27" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>126</v>
+        <v>50</v>
       </c>
       <c r="D28" t="s">
         <v>102</v>
       </c>
       <c r="E28" t="s">
         <v>103</v>
       </c>
       <c r="F28" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="H28" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>54</v>
       </c>
       <c r="D29" t="s">
         <v>102</v>
       </c>
       <c r="E29" t="s">
         <v>103</v>
       </c>
       <c r="F29" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H29" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>135</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
         <v>102</v>
       </c>
       <c r="E30" t="s">
         <v>103</v>
       </c>
       <c r="F30" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>139</v>
+        <v>62</v>
       </c>
       <c r="D31" t="s">
         <v>102</v>
       </c>
       <c r="E31" t="s">
         <v>103</v>
       </c>
       <c r="F31" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="H31" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>66</v>
       </c>
       <c r="D32" t="s">
         <v>102</v>
       </c>
       <c r="E32" t="s">
         <v>103</v>
       </c>
       <c r="F32" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="H32" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="D33" t="s">
         <v>102</v>
       </c>
       <c r="E33" t="s">
         <v>103</v>
       </c>
       <c r="F33" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="H33" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
       <c r="E34" t="s">
         <v>103</v>
       </c>
       <c r="F34" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="H34" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="D35" t="s">
         <v>102</v>
       </c>
       <c r="E35" t="s">
         <v>103</v>
       </c>
       <c r="F35" t="s">
-        <v>156</v>
+        <v>104</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="D36" t="s">
         <v>102</v>
       </c>
       <c r="E36" t="s">
         <v>103</v>
       </c>
       <c r="F36" t="s">
-        <v>156</v>
+        <v>104</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="D37" t="s">
         <v>102</v>
       </c>
       <c r="E37" t="s">
         <v>103</v>
       </c>
       <c r="F37" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>78</v>
       </c>
       <c r="D38" t="s">
         <v>102</v>
       </c>
       <c r="E38" t="s">
         <v>103</v>
       </c>
       <c r="F38" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>173</v>
+        <v>82</v>
       </c>
       <c r="D39" t="s">
         <v>102</v>
       </c>
       <c r="E39" t="s">
         <v>103</v>
       </c>
       <c r="F39" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="H39" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>177</v>
+        <v>86</v>
       </c>
       <c r="D40" t="s">
         <v>102</v>
       </c>
       <c r="E40" t="s">
         <v>103</v>
       </c>
       <c r="F40" t="s">
-        <v>108</v>
+        <v>157</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>179</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>181</v>
+        <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>102</v>
       </c>
       <c r="E41" t="s">
         <v>103</v>
       </c>
       <c r="F41" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="H41" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>185</v>
+        <v>94</v>
       </c>
       <c r="D42" t="s">
         <v>102</v>
       </c>
       <c r="E42" t="s">
         <v>103</v>
       </c>
       <c r="F42" t="s">
-        <v>169</v>
+        <v>104</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="H42" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>189</v>
+        <v>98</v>
       </c>
       <c r="D43" t="s">
         <v>102</v>
       </c>
       <c r="E43" t="s">
         <v>103</v>
       </c>
       <c r="F43" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="H43" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="D44" t="s">
         <v>102</v>
       </c>
       <c r="E44" t="s">
         <v>103</v>
       </c>
       <c r="F44" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="H44" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="D45" t="s">
         <v>102</v>
       </c>
       <c r="E45" t="s">
         <v>103</v>
       </c>
       <c r="F45" t="s">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="H45" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="D46" t="s">
         <v>102</v>
       </c>
       <c r="E46" t="s">
         <v>103</v>
       </c>
       <c r="F46" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47" t="s">
         <v>103</v>
       </c>
       <c r="F47" t="s">
-        <v>108</v>
+        <v>190</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="H47" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="D48" t="s">
         <v>102</v>
       </c>
       <c r="E48" t="s">
         <v>103</v>
       </c>
       <c r="F48" t="s">
-        <v>210</v>
+        <v>125</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="H48" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="D49" t="s">
         <v>102</v>
       </c>
       <c r="E49" t="s">
         <v>103</v>
       </c>
       <c r="F49" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="H49" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="D50" t="s">
         <v>102</v>
       </c>
       <c r="E50" t="s">
         <v>103</v>
       </c>
       <c r="F50" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
         <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>103</v>
       </c>
       <c r="F51" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="H51" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="D52" t="s">
         <v>102</v>
       </c>
       <c r="E52" t="s">
         <v>103</v>
       </c>
       <c r="F52" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="H52" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>103</v>
       </c>
       <c r="F53" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="H53" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="D54" t="s">
         <v>102</v>
       </c>
       <c r="E54" t="s">
         <v>103</v>
       </c>
       <c r="F54" t="s">
-        <v>169</v>
+        <v>219</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="H54" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="D55" t="s">
         <v>102</v>
       </c>
       <c r="E55" t="s">
         <v>103</v>
       </c>
       <c r="F55" t="s">
-        <v>117</v>
+        <v>219</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="H55" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="D56" t="s">
         <v>102</v>
       </c>
       <c r="E56" t="s">
         <v>103</v>
       </c>
       <c r="F56" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="H56" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="D57" t="s">
         <v>102</v>
       </c>
       <c r="E57" t="s">
         <v>103</v>
       </c>
       <c r="F57" t="s">
-        <v>247</v>
+        <v>114</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="H57" t="s">
-        <v>249</v>
+        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="D58" t="s">
         <v>102</v>
       </c>
       <c r="E58" t="s">
         <v>103</v>
       </c>
       <c r="F58" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>252</v>
+        <v>236</v>
       </c>
       <c r="H58" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="D59" t="s">
         <v>102</v>
       </c>
       <c r="E59" t="s">
         <v>103</v>
       </c>
       <c r="F59" t="s">
-        <v>104</v>
+        <v>157</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="H59" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="D60" t="s">
         <v>102</v>
       </c>
       <c r="E60" t="s">
         <v>103</v>
       </c>
       <c r="F60" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="H60" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D61" t="s">
         <v>102</v>
       </c>
       <c r="E61" t="s">
         <v>103</v>
       </c>
       <c r="F61" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="H61" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="D62" t="s">
         <v>102</v>
       </c>
       <c r="E62" t="s">
         <v>103</v>
       </c>
       <c r="F62" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="D63" t="s">
         <v>102</v>
       </c>
       <c r="E63" t="s">
         <v>103</v>
       </c>
       <c r="F63" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="H63" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="D64" t="s">
         <v>102</v>
       </c>
       <c r="E64" t="s">
         <v>103</v>
       </c>
       <c r="F64" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="H64" t="s">
-        <v>277</v>
+        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="D65" t="s">
         <v>102</v>
       </c>
       <c r="E65" t="s">
         <v>103</v>
       </c>
       <c r="F65" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="H65" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="D66" t="s">
         <v>102</v>
       </c>
       <c r="E66" t="s">
         <v>103</v>
       </c>
       <c r="F66" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="H66" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="D67" t="s">
         <v>102</v>
       </c>
       <c r="E67" t="s">
         <v>103</v>
       </c>
       <c r="F67" t="s">
-        <v>117</v>
+        <v>272</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>288</v>
+        <v>273</v>
       </c>
       <c r="H67" t="s">
-        <v>289</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>290</v>
+        <v>275</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>291</v>
+        <v>276</v>
       </c>
       <c r="D68" t="s">
         <v>102</v>
       </c>
       <c r="E68" t="s">
         <v>103</v>
       </c>
       <c r="F68" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
       <c r="H68" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="D69" t="s">
         <v>102</v>
       </c>
       <c r="E69" t="s">
         <v>103</v>
       </c>
       <c r="F69" t="s">
-        <v>169</v>
+        <v>114</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>296</v>
+        <v>281</v>
       </c>
       <c r="H69" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>298</v>
+        <v>283</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>299</v>
+        <v>284</v>
       </c>
       <c r="D70" t="s">
         <v>102</v>
       </c>
       <c r="E70" t="s">
         <v>103</v>
       </c>
       <c r="F70" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="H70" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>102</v>
       </c>
       <c r="E71" t="s">
         <v>103</v>
       </c>
       <c r="F71" t="s">
-        <v>117</v>
+        <v>185</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="H71" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="D72" t="s">
         <v>102</v>
       </c>
       <c r="E72" t="s">
         <v>103</v>
       </c>
       <c r="F72" t="s">
-        <v>308</v>
+        <v>185</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="H72" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="D73" t="s">
         <v>102</v>
       </c>
       <c r="E73" t="s">
         <v>103</v>
       </c>
       <c r="F73" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="D74" t="s">
         <v>102</v>
       </c>
       <c r="E74" t="s">
         <v>103</v>
       </c>
       <c r="F74" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="H74" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="D75" t="s">
         <v>102</v>
       </c>
       <c r="E75" t="s">
         <v>103</v>
       </c>
       <c r="F75" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="H75" t="s">
-        <v>322</v>
+        <v>306</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>151</v>
+        <v>308</v>
       </c>
       <c r="D76" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E76" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F76" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="H76" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>155</v>
+        <v>312</v>
       </c>
       <c r="D77" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E77" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F77" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="H77" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>160</v>
+        <v>316</v>
       </c>
       <c r="D78" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E78" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F78" t="s">
-        <v>332</v>
+        <v>104</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="H78" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>164</v>
+        <v>320</v>
       </c>
       <c r="D79" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E79" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F79" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="H79" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>168</v>
+        <v>324</v>
       </c>
       <c r="D80" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E80" t="s">
+        <v>103</v>
+      </c>
+      <c r="F80" t="s">
+        <v>114</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="F80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H80" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>173</v>
+        <v>328</v>
       </c>
       <c r="D81" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E81" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F81" t="s">
-        <v>308</v>
+        <v>190</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="H81" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>177</v>
+        <v>332</v>
       </c>
       <c r="D82" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E82" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F82" t="s">
-        <v>108</v>
+        <v>190</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="H82" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>181</v>
+        <v>336</v>
       </c>
       <c r="D83" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E83" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F83" t="s">
-        <v>308</v>
+        <v>190</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="H83" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="D84" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E84" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F84" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="H84" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>189</v>
+        <v>344</v>
       </c>
       <c r="D85" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E85" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F85" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="H85" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>193</v>
+        <v>348</v>
       </c>
       <c r="D86" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E86" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F86" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="H86" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>197</v>
+        <v>352</v>
       </c>
       <c r="D87" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E87" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F87" t="s">
-        <v>108</v>
+        <v>190</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="H87" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="D88" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E88" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F88" t="s">
-        <v>247</v>
+        <v>114</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="H88" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>205</v>
+        <v>360</v>
       </c>
       <c r="D89" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E89" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F89" t="s">
-        <v>247</v>
+        <v>125</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="H89" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>222</v>
+        <v>364</v>
       </c>
       <c r="D90" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E90" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F90" t="s">
-        <v>308</v>
+        <v>125</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="H90" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>226</v>
+        <v>368</v>
       </c>
       <c r="D91" t="s">
-        <v>324</v>
+        <v>102</v>
       </c>
       <c r="E91" t="s">
-        <v>325</v>
+        <v>103</v>
       </c>
       <c r="F91" t="s">
-        <v>127</v>
+        <v>369</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="H91" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>372</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>373</v>
+      </c>
+      <c r="D92" t="s">
+        <v>102</v>
+      </c>
+      <c r="E92" t="s">
+        <v>103</v>
+      </c>
+      <c r="F92" t="s">
+        <v>125</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H92" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>377</v>
+      </c>
+      <c r="D93" t="s">
+        <v>102</v>
+      </c>
+      <c r="E93" t="s">
+        <v>103</v>
+      </c>
+      <c r="F93" t="s">
+        <v>125</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B93" t="s">
-[...11 lines deleted...]
-      <c r="F93" t="s">
+      <c r="H93" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>380</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>381</v>
+      </c>
+      <c r="D94" t="s">
+        <v>102</v>
+      </c>
+      <c r="E94" t="s">
+        <v>103</v>
+      </c>
+      <c r="F94" t="s">
+        <v>125</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="H94" t="s">
         <v>383</v>
-      </c>
-[...13 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>384</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>10</v>
+      </c>
+      <c r="D95" t="s">
+        <v>385</v>
+      </c>
+      <c r="E95" t="s">
         <v>386</v>
       </c>
-      <c r="B95" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H95" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>389</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>242</v>
+        <v>17</v>
       </c>
       <c r="D96" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E96" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F96" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H96" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>392</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>259</v>
+        <v>24</v>
       </c>
       <c r="D97" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E97" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F97" t="s">
-        <v>308</v>
+        <v>393</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H97" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>263</v>
+        <v>29</v>
       </c>
       <c r="D98" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E98" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F98" t="s">
-        <v>308</v>
+        <v>369</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H98" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>267</v>
+        <v>46</v>
       </c>
       <c r="D99" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E99" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F99" t="s">
-        <v>127</v>
+        <v>369</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H99" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>271</v>
+        <v>50</v>
       </c>
       <c r="D100" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E100" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F100" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H100" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>275</v>
+        <v>54</v>
       </c>
       <c r="D101" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E101" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F101" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H101" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>279</v>
+        <v>58</v>
       </c>
       <c r="D102" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E102" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F102" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H102" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>287</v>
+        <v>62</v>
       </c>
       <c r="D103" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E103" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F103" t="s">
-        <v>308</v>
+        <v>369</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H103" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>291</v>
+        <v>66</v>
       </c>
       <c r="D104" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E104" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F104" t="s">
-        <v>122</v>
+        <v>369</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H104" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>295</v>
+        <v>138</v>
       </c>
       <c r="D105" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E105" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F105" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H105" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>299</v>
+        <v>70</v>
       </c>
       <c r="D106" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E106" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F106" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H106" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>303</v>
+        <v>74</v>
       </c>
       <c r="D107" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E107" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F107" t="s">
-        <v>117</v>
+        <v>190</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H107" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>307</v>
+        <v>34</v>
       </c>
       <c r="D108" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E108" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F108" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H108" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>312</v>
+        <v>153</v>
       </c>
       <c r="D109" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E109" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F109" t="s">
-        <v>247</v>
+        <v>143</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H109" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>316</v>
+        <v>78</v>
       </c>
       <c r="D110" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E110" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F110" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H110" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>320</v>
+        <v>82</v>
       </c>
       <c r="D111" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E111" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F111" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H111" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>438</v>
+        <v>86</v>
       </c>
       <c r="D112" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E112" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F112" t="s">
-        <v>308</v>
+        <v>369</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H112" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>441</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
+        <v>90</v>
+      </c>
+      <c r="D113" t="s">
+        <v>385</v>
+      </c>
+      <c r="E113" t="s">
+        <v>386</v>
+      </c>
+      <c r="F113" t="s">
+        <v>369</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D113" t="s">
-[...8 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>444</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>94</v>
+      </c>
+      <c r="D114" t="s">
+        <v>385</v>
+      </c>
+      <c r="E114" t="s">
+        <v>386</v>
+      </c>
+      <c r="F114" t="s">
+        <v>369</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="H114" t="s">
         <v>446</v>
-      </c>
-[...13 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>451</v>
+        <v>98</v>
       </c>
       <c r="D115" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E115" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F115" t="s">
-        <v>247</v>
+        <v>369</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="H115" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>455</v>
+        <v>180</v>
       </c>
       <c r="D116" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E116" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F116" t="s">
-        <v>117</v>
+        <v>185</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="H116" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>459</v>
+        <v>184</v>
       </c>
       <c r="D117" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E117" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F117" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="H117" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>463</v>
+        <v>189</v>
       </c>
       <c r="D118" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E118" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F118" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="H118" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>467</v>
+        <v>194</v>
       </c>
       <c r="D119" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E119" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F119" t="s">
-        <v>127</v>
+        <v>369</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="H119" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>471</v>
+        <v>198</v>
       </c>
       <c r="D120" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E120" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F120" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="H120" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>475</v>
+        <v>202</v>
       </c>
       <c r="D121" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E121" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F121" t="s">
-        <v>108</v>
+        <v>369</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="H121" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>479</v>
+        <v>210</v>
       </c>
       <c r="D122" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E122" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F122" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="H122" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>483</v>
+        <v>214</v>
       </c>
       <c r="D123" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E123" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F123" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="H123" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>487</v>
+        <v>218</v>
       </c>
       <c r="D124" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E124" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F124" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>488</v>
+        <v>475</v>
       </c>
       <c r="H124" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>491</v>
+        <v>223</v>
       </c>
       <c r="D125" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E125" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F125" t="s">
-        <v>122</v>
+        <v>478</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>492</v>
+        <v>479</v>
       </c>
       <c r="H125" t="s">
-        <v>493</v>
+        <v>480</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>495</v>
+        <v>227</v>
       </c>
       <c r="D126" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E126" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F126" t="s">
-        <v>379</v>
+        <v>157</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>496</v>
+        <v>482</v>
       </c>
       <c r="H126" t="s">
-        <v>497</v>
+        <v>483</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>498</v>
+        <v>484</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>499</v>
+        <v>231</v>
       </c>
       <c r="D127" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E127" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F127" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>500</v>
+        <v>485</v>
       </c>
       <c r="H127" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>503</v>
+        <v>235</v>
       </c>
       <c r="D128" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E128" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F128" t="s">
-        <v>122</v>
+        <v>369</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>504</v>
+        <v>488</v>
       </c>
       <c r="H128" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>507</v>
+        <v>239</v>
       </c>
       <c r="D129" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E129" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F129" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>508</v>
+        <v>491</v>
       </c>
       <c r="H129" t="s">
-        <v>509</v>
+        <v>492</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="D130" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E130" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F130" t="s">
-        <v>247</v>
+        <v>369</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>512</v>
+        <v>494</v>
       </c>
       <c r="H130" t="s">
-        <v>513</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>514</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>515</v>
+        <v>247</v>
       </c>
       <c r="D131" t="s">
-        <v>324</v>
+        <v>385</v>
       </c>
       <c r="E131" t="s">
-        <v>325</v>
+        <v>386</v>
       </c>
       <c r="F131" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="H131" t="s">
-        <v>517</v>
+        <v>498</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>518</v>
+        <v>499</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>50</v>
+        <v>251</v>
       </c>
       <c r="D132" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E132" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F132" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>521</v>
+        <v>500</v>
       </c>
       <c r="H132" t="s">
-        <v>522</v>
+        <v>501</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>523</v>
+        <v>502</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>54</v>
+        <v>255</v>
       </c>
       <c r="D133" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E133" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F133" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="H133" t="s">
-        <v>525</v>
+        <v>504</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>526</v>
+        <v>505</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>58</v>
+        <v>259</v>
       </c>
       <c r="D134" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E134" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F134" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>527</v>
+        <v>506</v>
       </c>
       <c r="H134" t="s">
-        <v>528</v>
+        <v>507</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>529</v>
+        <v>508</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>62</v>
+        <v>509</v>
       </c>
       <c r="D135" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E135" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F135" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>530</v>
+        <v>510</v>
       </c>
       <c r="H135" t="s">
-        <v>531</v>
+        <v>511</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>532</v>
+        <v>512</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>66</v>
+        <v>267</v>
       </c>
       <c r="D136" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E136" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F136" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>533</v>
+        <v>513</v>
       </c>
       <c r="H136" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>535</v>
+        <v>515</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>536</v>
+        <v>284</v>
       </c>
       <c r="D137" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E137" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F137" t="s">
-        <v>537</v>
+        <v>369</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
       <c r="H137" t="s">
-        <v>539</v>
+        <v>517</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>540</v>
+        <v>518</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>70</v>
+        <v>288</v>
       </c>
       <c r="D138" t="s">
+        <v>385</v>
+      </c>
+      <c r="E138" t="s">
+        <v>386</v>
+      </c>
+      <c r="F138" t="s">
+        <v>190</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="E138" t="s">
+      <c r="H138" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>544</v>
+        <v>521</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>74</v>
+        <v>292</v>
       </c>
       <c r="D139" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E139" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F139" t="s">
-        <v>545</v>
+        <v>190</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="H139" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>34</v>
+        <v>296</v>
       </c>
       <c r="D140" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E140" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F140" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>550</v>
+        <v>526</v>
       </c>
       <c r="H140" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>553</v>
+        <v>529</v>
       </c>
       <c r="D141" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E141" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F141" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>554</v>
+        <v>530</v>
       </c>
       <c r="H141" t="s">
-        <v>555</v>
+        <v>531</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>78</v>
+        <v>300</v>
       </c>
       <c r="D142" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E142" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F142" t="s">
-        <v>117</v>
+        <v>157</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>557</v>
+        <v>533</v>
       </c>
       <c r="H142" t="s">
-        <v>558</v>
+        <v>534</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>559</v>
+        <v>535</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>82</v>
+        <v>304</v>
       </c>
       <c r="D143" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E143" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F143" t="s">
-        <v>210</v>
+        <v>114</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>560</v>
+        <v>536</v>
       </c>
       <c r="H143" t="s">
-        <v>561</v>
+        <v>537</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>562</v>
+        <v>538</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>86</v>
+        <v>320</v>
       </c>
       <c r="D144" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E144" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F144" t="s">
-        <v>169</v>
+        <v>369</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>563</v>
+        <v>539</v>
       </c>
       <c r="H144" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>565</v>
+        <v>541</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>90</v>
+        <v>324</v>
       </c>
       <c r="D145" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E145" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F145" t="s">
-        <v>108</v>
+        <v>369</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>566</v>
+        <v>542</v>
       </c>
       <c r="H145" t="s">
-        <v>567</v>
+        <v>543</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>568</v>
+        <v>544</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>94</v>
+        <v>328</v>
       </c>
       <c r="D146" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E146" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F146" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>569</v>
+        <v>545</v>
       </c>
       <c r="H146" t="s">
-        <v>570</v>
+        <v>546</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>571</v>
+        <v>547</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>98</v>
+        <v>332</v>
       </c>
       <c r="D147" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E147" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F147" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>572</v>
+        <v>548</v>
       </c>
       <c r="H147" t="s">
-        <v>573</v>
+        <v>549</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>112</v>
+        <v>336</v>
       </c>
       <c r="D148" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E148" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F148" t="s">
-        <v>247</v>
+        <v>190</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="H148" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>116</v>
+        <v>340</v>
       </c>
       <c r="D149" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E149" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F149" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="H149" t="s">
-        <v>579</v>
+        <v>555</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>121</v>
+        <v>348</v>
       </c>
       <c r="D150" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E150" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F150" t="s">
-        <v>247</v>
+        <v>369</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>581</v>
+        <v>557</v>
       </c>
       <c r="H150" t="s">
-        <v>582</v>
+        <v>558</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="D151" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E151" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F151" t="s">
-        <v>584</v>
+        <v>185</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>585</v>
+        <v>560</v>
       </c>
       <c r="H151" t="s">
-        <v>586</v>
+        <v>561</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>587</v>
+        <v>562</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>131</v>
+        <v>356</v>
       </c>
       <c r="D152" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E152" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F152" t="s">
-        <v>588</v>
+        <v>190</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>589</v>
+        <v>563</v>
       </c>
       <c r="H152" t="s">
-        <v>590</v>
+        <v>564</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>135</v>
+        <v>360</v>
       </c>
       <c r="D153" t="s">
-        <v>519</v>
+        <v>385</v>
       </c>
       <c r="E153" t="s">
-        <v>520</v>
+        <v>386</v>
       </c>
       <c r="F153" t="s">
-        <v>592</v>
+        <v>190</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>593</v>
+        <v>566</v>
       </c>
       <c r="H153" t="s">
-        <v>594</v>
+        <v>567</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>595</v>
+        <v>568</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>10</v>
+        <v>364</v>
       </c>
       <c r="D154" t="s">
-        <v>596</v>
+        <v>385</v>
       </c>
       <c r="E154" t="s">
-        <v>597</v>
+        <v>386</v>
       </c>
       <c r="F154" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="H154" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>571</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>368</v>
+      </c>
+      <c r="D155" t="s">
+        <v>385</v>
+      </c>
+      <c r="E155" t="s">
+        <v>386</v>
+      </c>
+      <c r="F155" t="s">
+        <v>125</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H155" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>574</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>373</v>
+      </c>
+      <c r="D156" t="s">
+        <v>385</v>
+      </c>
+      <c r="E156" t="s">
+        <v>386</v>
+      </c>
+      <c r="F156" t="s">
+        <v>143</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H156" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>577</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>377</v>
+      </c>
+      <c r="D157" t="s">
+        <v>385</v>
+      </c>
+      <c r="E157" t="s">
+        <v>386</v>
+      </c>
+      <c r="F157" t="s">
+        <v>125</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H157" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>580</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>381</v>
+      </c>
+      <c r="D158" t="s">
+        <v>385</v>
+      </c>
+      <c r="E158" t="s">
+        <v>386</v>
+      </c>
+      <c r="F158" t="s">
+        <v>125</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H158" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>583</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>584</v>
+      </c>
+      <c r="D159" t="s">
+        <v>385</v>
+      </c>
+      <c r="E159" t="s">
+        <v>386</v>
+      </c>
+      <c r="F159" t="s">
+        <v>369</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H159" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>587</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>588</v>
+      </c>
+      <c r="D160" t="s">
+        <v>385</v>
+      </c>
+      <c r="E160" t="s">
+        <v>386</v>
+      </c>
+      <c r="F160" t="s">
+        <v>104</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H160" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>591</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>592</v>
+      </c>
+      <c r="D161" t="s">
+        <v>385</v>
+      </c>
+      <c r="E161" t="s">
+        <v>386</v>
+      </c>
+      <c r="F161" t="s">
+        <v>139</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H161" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>595</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>596</v>
+      </c>
+      <c r="D162" t="s">
+        <v>385</v>
+      </c>
+      <c r="E162" t="s">
+        <v>386</v>
+      </c>
+      <c r="F162" t="s">
+        <v>143</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H162" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>599</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>600</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D163" t="s">
+        <v>385</v>
+      </c>
+      <c r="E163" t="s">
+        <v>386</v>
+      </c>
+      <c r="F163" t="s">
+        <v>125</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H163" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>603</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>604</v>
+      </c>
+      <c r="D164" t="s">
+        <v>385</v>
+      </c>
+      <c r="E164" t="s">
+        <v>386</v>
+      </c>
+      <c r="F164" t="s">
+        <v>114</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H164" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>607</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>608</v>
+      </c>
+      <c r="D165" t="s">
+        <v>385</v>
+      </c>
+      <c r="E165" t="s">
+        <v>386</v>
+      </c>
+      <c r="F165" t="s">
+        <v>190</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H165" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>611</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>612</v>
+      </c>
+      <c r="D166" t="s">
+        <v>385</v>
+      </c>
+      <c r="E166" t="s">
+        <v>386</v>
+      </c>
+      <c r="F166" t="s">
+        <v>190</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H166" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>615</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>616</v>
+      </c>
+      <c r="D167" t="s">
+        <v>385</v>
+      </c>
+      <c r="E167" t="s">
+        <v>386</v>
+      </c>
+      <c r="F167" t="s">
+        <v>190</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H167" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>619</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>620</v>
+      </c>
+      <c r="D168" t="s">
+        <v>385</v>
+      </c>
+      <c r="E168" t="s">
+        <v>386</v>
+      </c>
+      <c r="F168" t="s">
+        <v>157</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H168" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>623</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>624</v>
+      </c>
+      <c r="D169" t="s">
+        <v>385</v>
+      </c>
+      <c r="E169" t="s">
+        <v>386</v>
+      </c>
+      <c r="F169" t="s">
+        <v>114</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H169" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>627</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>628</v>
+      </c>
+      <c r="D170" t="s">
+        <v>385</v>
+      </c>
+      <c r="E170" t="s">
+        <v>386</v>
+      </c>
+      <c r="F170" t="s">
+        <v>190</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H170" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>631</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>632</v>
+      </c>
+      <c r="D171" t="s">
+        <v>385</v>
+      </c>
+      <c r="E171" t="s">
+        <v>386</v>
+      </c>
+      <c r="F171" t="s">
+        <v>190</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H171" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>635</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>636</v>
+      </c>
+      <c r="D172" t="s">
+        <v>385</v>
+      </c>
+      <c r="E172" t="s">
+        <v>386</v>
+      </c>
+      <c r="F172" t="s">
+        <v>185</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H172" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>639</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>640</v>
+      </c>
+      <c r="D173" t="s">
+        <v>385</v>
+      </c>
+      <c r="E173" t="s">
+        <v>386</v>
+      </c>
+      <c r="F173" t="s">
+        <v>525</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H173" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>643</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>644</v>
+      </c>
+      <c r="D174" t="s">
+        <v>385</v>
+      </c>
+      <c r="E174" t="s">
+        <v>386</v>
+      </c>
+      <c r="F174" t="s">
+        <v>185</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H174" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>647</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>648</v>
+      </c>
+      <c r="D175" t="s">
+        <v>385</v>
+      </c>
+      <c r="E175" t="s">
+        <v>386</v>
+      </c>
+      <c r="F175" t="s">
+        <v>185</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H175" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>651</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>652</v>
+      </c>
+      <c r="D176" t="s">
+        <v>385</v>
+      </c>
+      <c r="E176" t="s">
+        <v>386</v>
+      </c>
+      <c r="F176" t="s">
+        <v>219</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H176" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>655</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>656</v>
+      </c>
+      <c r="D177" t="s">
+        <v>385</v>
+      </c>
+      <c r="E177" t="s">
+        <v>386</v>
+      </c>
+      <c r="F177" t="s">
+        <v>143</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H177" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>659</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>660</v>
+      </c>
+      <c r="D178" t="s">
+        <v>385</v>
+      </c>
+      <c r="E178" t="s">
+        <v>386</v>
+      </c>
+      <c r="F178" t="s">
+        <v>125</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H178" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>663</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" t="s">
+        <v>664</v>
+      </c>
+      <c r="E179" t="s">
+        <v>665</v>
+      </c>
+      <c r="F179" t="s">
+        <v>157</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H179" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>668</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" t="s">
+        <v>664</v>
+      </c>
+      <c r="E180" t="s">
+        <v>665</v>
+      </c>
+      <c r="F180" t="s">
+        <v>114</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H180" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>671</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
         <v>24</v>
       </c>
-      <c r="D155" t="s">
-[...12 lines deleted...]
-        <v>602</v>
+      <c r="D181" t="s">
+        <v>664</v>
+      </c>
+      <c r="E181" t="s">
+        <v>665</v>
+      </c>
+      <c r="F181" t="s">
+        <v>114</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H181" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>674</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>29</v>
+      </c>
+      <c r="D182" t="s">
+        <v>664</v>
+      </c>
+      <c r="E182" t="s">
+        <v>665</v>
+      </c>
+      <c r="F182" t="s">
+        <v>185</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H182" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>677</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>46</v>
+      </c>
+      <c r="D183" t="s">
+        <v>664</v>
+      </c>
+      <c r="E183" t="s">
+        <v>665</v>
+      </c>
+      <c r="F183" t="s">
+        <v>104</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H183" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>680</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>50</v>
+      </c>
+      <c r="D184" t="s">
+        <v>664</v>
+      </c>
+      <c r="E184" t="s">
+        <v>665</v>
+      </c>
+      <c r="F184" t="s">
+        <v>114</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H184" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>683</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>54</v>
+      </c>
+      <c r="D185" t="s">
+        <v>664</v>
+      </c>
+      <c r="E185" t="s">
+        <v>665</v>
+      </c>
+      <c r="F185" t="s">
+        <v>114</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H185" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>686</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>58</v>
+      </c>
+      <c r="D186" t="s">
+        <v>664</v>
+      </c>
+      <c r="E186" t="s">
+        <v>665</v>
+      </c>
+      <c r="F186" t="s">
+        <v>114</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H186" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>689</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>62</v>
+      </c>
+      <c r="D187" t="s">
+        <v>664</v>
+      </c>
+      <c r="E187" t="s">
+        <v>665</v>
+      </c>
+      <c r="F187" t="s">
+        <v>114</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H187" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>692</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>66</v>
+      </c>
+      <c r="D188" t="s">
+        <v>664</v>
+      </c>
+      <c r="E188" t="s">
+        <v>665</v>
+      </c>
+      <c r="F188" t="s">
+        <v>114</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H188" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>695</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>138</v>
+      </c>
+      <c r="D189" t="s">
+        <v>664</v>
+      </c>
+      <c r="E189" t="s">
+        <v>665</v>
+      </c>
+      <c r="F189" t="s">
+        <v>696</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H189" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>699</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>70</v>
+      </c>
+      <c r="D190" t="s">
+        <v>664</v>
+      </c>
+      <c r="E190" t="s">
+        <v>665</v>
+      </c>
+      <c r="F190" t="s">
+        <v>700</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H190" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>703</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>74</v>
+      </c>
+      <c r="D191" t="s">
+        <v>664</v>
+      </c>
+      <c r="E191" t="s">
+        <v>665</v>
+      </c>
+      <c r="F191" t="s">
+        <v>704</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H191" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>707</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>34</v>
+      </c>
+      <c r="D192" t="s">
+        <v>664</v>
+      </c>
+      <c r="E192" t="s">
+        <v>665</v>
+      </c>
+      <c r="F192" t="s">
+        <v>708</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H192" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>711</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>153</v>
+      </c>
+      <c r="D193" t="s">
+        <v>664</v>
+      </c>
+      <c r="E193" t="s">
+        <v>665</v>
+      </c>
+      <c r="F193" t="s">
+        <v>190</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H193" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>714</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>78</v>
+      </c>
+      <c r="D194" t="s">
+        <v>664</v>
+      </c>
+      <c r="E194" t="s">
+        <v>665</v>
+      </c>
+      <c r="F194" t="s">
+        <v>125</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H194" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>717</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>82</v>
+      </c>
+      <c r="D195" t="s">
+        <v>664</v>
+      </c>
+      <c r="E195" t="s">
+        <v>665</v>
+      </c>
+      <c r="F195" t="s">
+        <v>272</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H195" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>720</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>86</v>
+      </c>
+      <c r="D196" t="s">
+        <v>664</v>
+      </c>
+      <c r="E196" t="s">
+        <v>665</v>
+      </c>
+      <c r="F196" t="s">
+        <v>114</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H196" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>723</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>90</v>
+      </c>
+      <c r="D197" t="s">
+        <v>664</v>
+      </c>
+      <c r="E197" t="s">
+        <v>665</v>
+      </c>
+      <c r="F197" t="s">
+        <v>157</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H197" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>726</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>94</v>
+      </c>
+      <c r="D198" t="s">
+        <v>664</v>
+      </c>
+      <c r="E198" t="s">
+        <v>665</v>
+      </c>
+      <c r="F198" t="s">
+        <v>185</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H198" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>729</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>98</v>
+      </c>
+      <c r="D199" t="s">
+        <v>664</v>
+      </c>
+      <c r="E199" t="s">
+        <v>665</v>
+      </c>
+      <c r="F199" t="s">
+        <v>114</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H199" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>732</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>176</v>
+      </c>
+      <c r="D200" t="s">
+        <v>664</v>
+      </c>
+      <c r="E200" t="s">
+        <v>665</v>
+      </c>
+      <c r="F200" t="s">
+        <v>143</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H200" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>735</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>180</v>
+      </c>
+      <c r="D201" t="s">
+        <v>664</v>
+      </c>
+      <c r="E201" t="s">
+        <v>665</v>
+      </c>
+      <c r="F201" t="s">
+        <v>104</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H201" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>738</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>184</v>
+      </c>
+      <c r="D202" t="s">
+        <v>664</v>
+      </c>
+      <c r="E202" t="s">
+        <v>665</v>
+      </c>
+      <c r="F202" t="s">
+        <v>143</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H202" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>741</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>189</v>
+      </c>
+      <c r="D203" t="s">
+        <v>664</v>
+      </c>
+      <c r="E203" t="s">
+        <v>665</v>
+      </c>
+      <c r="F203" t="s">
+        <v>742</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H203" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>745</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>194</v>
+      </c>
+      <c r="D204" t="s">
+        <v>664</v>
+      </c>
+      <c r="E204" t="s">
+        <v>665</v>
+      </c>
+      <c r="F204" t="s">
+        <v>746</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H204" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>749</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>198</v>
+      </c>
+      <c r="D205" t="s">
+        <v>664</v>
+      </c>
+      <c r="E205" t="s">
+        <v>665</v>
+      </c>
+      <c r="F205" t="s">
+        <v>750</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H205" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>753</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" t="s">
+        <v>754</v>
+      </c>
+      <c r="E206" t="s">
+        <v>755</v>
+      </c>
+      <c r="F206" t="s">
+        <v>104</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H206" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>758</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>24</v>
+      </c>
+      <c r="D207" t="s">
+        <v>754</v>
+      </c>
+      <c r="E207" t="s">
+        <v>755</v>
+      </c>
+      <c r="F207" t="s">
+        <v>125</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H207" t="s">
+        <v>760</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6878,50 +8881,102 @@
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>