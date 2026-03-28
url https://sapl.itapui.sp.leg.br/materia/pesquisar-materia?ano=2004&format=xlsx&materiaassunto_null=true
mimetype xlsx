--- v0 (2025-10-27)
+++ v1 (2026-03-28)
@@ -10,1910 +10,1950 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1048" uniqueCount="484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1072" uniqueCount="493">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Antonio Alvaro de Souza, Antonio Guarnieri Sobrinho, Carlos Adalberto Thomazella, Gilmar Sabino Belchior, Gilson Sebastião, José Antonio Damico Sotto, João da Silva Fonseca, SILENE VALINI, Sérgio Del Porto Negraes, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5233/ccf14072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5233/ccf14072025_0002.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO_x000D_
 6° DA LEI ORGÂNICA MUNICIPAL_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5305/ccf17072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5305/ccf17072025_0018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE 04_x000D_
 EMPREGOS DE MONITORA INFANTIL Е_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5301/ccf17072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5301/ccf17072025_0007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE01_x000D_
 EMPREGO DE MÉDICO VETERINÁRIO E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>6517</t>
+  </si>
+  <si>
+    <t>PLCE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6517/ccf30102025_0110.pdf</t>
+  </si>
+  <si>
+    <t>DA NOVA REDAÇÃO AO PARÁGRAFO ÚNICO,_x000D_
+DO ARTIGO 1º, DA LEI COMPLEMENTAR N°_x000D_
+06, DE 05 DE ABRIL DE 2004, DE AUTORIA DO_x000D_
+PODER LEGISLATIVO E SANCIONADA PELO_x000D_
+PODER EXECUTIVO DE ITAPUÍ.</t>
+  </si>
+  <si>
     <t>5325</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>PLCE</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5325/ccf17072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5325/ccf17072025_0012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE_x000D_
 EMPREGOS DE AUXILIAR DE_x000D_
 ESCRITÓRIO E AJUDANTE GERAL E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>6512</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6512/ccf30102025_0111.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕESOBRE REAJUSTE DE_x000D_
+VENCIMENTO, PENSÃO E PROVENTO,_x000D_
+ESTABELECE A RESPECTIVA TABELA DE_x000D_
+VALORES E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>6516</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6516/ccf30102025_0112_merged.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REAJUSTE NOS VENCIMENTOS_x000D_
+DOS FUNCIONÁRIOS DA CÂMARA, ADEQUA_x000D_
+SEUS CARGOS E FUNÇÕES AOS PADRÕES E_x000D_
+REFERÊNCIAS DOS FUNCIONÁRIOS DA_x000D_
+PREFEITURA MUNICIPAL, PELOS_x000D_
+PRINCÍPIOS DA ISONOMIA E DA_x000D_
+IGUALDADE.</t>
+  </si>
+  <si>
     <t>5350</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5350/ccf17072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5350/ccf17072025_0039.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO,_x000D_
 VECE-PREFEITO, VEREADORES E_x000D_
 PRESIDENTE DA CÂMARA MUNICIPAL_x000D_
 DE ITAPUÍ PARA A LEGISLATURA А_x000D_
 INICIAR-SE EM 1º DE JANEIRO DE 2.005.</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, Gilmar Sabino Belchior, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5274/ccf16072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5274/ccf16072025_0020.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRÓPRIO PÚBLICO_x000D_
 MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5310/ccf17072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5310/ccf17072025_0012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 CONCEDER SUBVENÇÃOА_x000D_
 ASSOCIAÇÃO DE PAIS E MESTRES_x000D_
 DAE.E.MANUEL RODRIGUES_x000D_
 FERREIRA DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5311/ccf17072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5311/ccf17072025_0011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 P CONCEDER SUBVENÇÃOA ASSOCIAÇÃO DE PAIS E MESTRES_x000D_
 DA E.E. SENADOR VICENTE PRADO_x000D_
 DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5248/ccf14072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5248/ccf14072025_0017.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS RUAS E AVENIDA_x000D_
 DO LOTEAMENTO "TERRAS DE SANTA MARIA".</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5317/ccf17072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5317/ccf17072025_0004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 CONCEDER SUBVENÇÃO AО_x000D_
 HOSPITAL E MATERNIDADE SÃO_x000D_
 JOSÉ DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5316/ccf17072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5316/ccf17072025_0003.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICА_x000D_
 A ONG-A.H.I.-ASSOCIAÇÃO HÍPICA_x000D_
 DE ITAPUÍ.</t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5357/ccf17072025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5357/ccf17072025_0046.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A_x000D_
 CELEBRAR CONVÊNIO COM O ESTADO DE_x000D_
 SÃO PAULO POR INTERMÉDIO DA_x000D_
 SECRETARIA DA EDUCAÇÃO, OBJETIVANDO_x000D_
 O RECEBIMENTO DE AUXILIO FINACEIRO_x000D_
 PARA AUXILIAR NA MANUTENÇÃO DE_x000D_
 PROGRAMA DE TRANPSORTE DE ALUNOS DA_x000D_
 REDE ESTADUAL DE ENSINO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5314/ccf17072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5314/ccf17072025_0001.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DЕ_x000D_
 SEGURANÇA ALIMENTARE_x000D_
 NUTRICIONAL - COMSEA DO_x000D_
 MUNICÍPIO DE ITAPUÍ.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5313/ccf17072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5313/ccf17072025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DO_x000D_
 PLANO MUNICIPAL DE EDUCAÇÃO_x000D_
 DE ITAPUÍ.</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Antonio Alvaro de Souza, João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5324/ccf17072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5324/ccf17072025_0011.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO À SALA DE REUNIÕES DA CÂMARA_x000D_
 MUNICIPAL DE ITAPUÍ E DÁ QUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5308/ccf17072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5308/ccf17072025_0014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 CONCEDER SUBVENÇÃO A CASA DA_x000D_
 CRIANÇA SÃO JOSÉ DE ITAPUÍ E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5318/ccf17072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5318/ccf17072025_0005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 CONCEDER SUBVENÇÃO A VILA SÃO VICENTE DE PAULO DE ITAPUÍ E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, João da Silva Fonseca, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5250/ccf14072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5250/ccf14072025_0020.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE AMPARO AO CONSUMIDOR_x000D_
 COMPROVADAMENTE DE ÁGUA NO MUNICÍPІО, CARENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5231/ccf14072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5231/ccf14072025.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DE VIA PÚBLICA DA CIDADE.</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5307/ccf17072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5307/ccf17072025_0015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 CONCEDER SUBVENÇÃOA_x000D_
 ASSOCIAÇÃO DE PAIS E MESTRES_x000D_
 DA E.E. PROF". DEOLINDA MARTINS_x000D_
 GALVÃODE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5306/ccf17072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5306/ccf17072025_0016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REALIZAÇÃO DE_x000D_
 DESPESAS COM PAVIMENTAÇÃO ASFÁLTICA E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5340/ccf17072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5340/ccf17072025_0028.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A_x000D_
 CELEBRAR CONVÊNIO COM A_x000D_
 SECRETARIA DE ESTADO DA_x000D_
 JUVENTUDE, ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5275/ccf16072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5275/ccf16072025_0021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES_x000D_
 ORÇAMENTÁRIAS PARA O EXERCÍCIO_x000D_
 DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5232/ccf14072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5232/ccf14072025_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ASSINAR_x000D_
 COMА CЕTESB-(COMPANHIA DE_x000D_
 TECNOLOGIA DE SANEAMENTO AMBIENTAL),_x000D_
 TERMO DE AJUSTAMENTO DE CONDUTA,_x000D_
 EVENTUAIS ADITAMENTOS E PRORROGAÇÕES_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5293/ccf16072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5293/ccf16072025_0003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR_x000D_
 CONVÊNIO COM O BANCO NOSSA CAIXA S/A,_x000D_
 EVENTUAIS ADITAMENTOS E PRORROGAÇÕES_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5292/ccf16072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5292/ccf16072025_0002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A_x000D_
 CELEBRAR CONVÊNIO COM 0_x000D_
 DEPARTAMENTO DE ÁGUAS E ENERGIA_x000D_
 ELÉTRICA-DAEE, ÓRGÃO VINCULADO A_x000D_
 SECRETARIA DE ENERGIA, RECURSOS_x000D_
 HÍDRICOS E SANEAMENTO DO ESTADO DE_x000D_
 SÃO PAULO E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5290/ccf16072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5290/ccf16072025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL_x000D_
 DE ITAPUÍ A RECEBER,_x000D_
 CONTRATO ESPECÍFICO,_x000D_
 MEDIANTE_x000D_
 RECURSOS_x000D_
 FINANCEIROS DO FUNDO ESTADUAL DE_x000D_
 PREVENÇÃO E CONTROLE_x000D_
 POLUIÇÃO-FECOP_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5289/ccf16072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5289/ccf16072025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO_x000D_
 CONSELHO MUNICIPALDE_x000D_
 EDUCAÇÃO DE ITAPUÍ E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5246/ccf14072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5246/ccf14072025_0015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARTICIPAÇÃO DO MUNICÍPIO NAS DESPESAS COM TRANSPORTE DE ALUNOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5260/ccf16072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5260/ccf16072025_0006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CEDERO_x000D_
 DIREITO DE USO DE TERRAS À CPFL, PARA_x000D_
 INSTALAÇÃO DE SUB ESTAÇÃO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>João da Silva Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5291/ccf16072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5291/ccf16072025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÃO DE_x000D_
 ADVOGADO ESPECIALIZADO EM DIREITO_x000D_
 PÚBLICO MUNICIPAL PELA PRESIDÊNCIA DA_x000D_
 CÂMARA DE ITAPUÍ, PARA PROMOVER DEFESA JUDICIAL DE INTEGRANTES_x000D_
 DA COMISSÃO ESPECIAL DE INQUÉRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5323/ccf17072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5323/ccf17072025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de adquirir mais uma ambulância para atender no setor de Saúde do Município, com o dinheiro arrecadado com o recebimento do I.P.V.A (Impostos sobre a_x000D_
 Propriedade de Veículos Automotores).</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5302/ccf17072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5302/ccf17072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar pintar as faixas de sinalização e os obstáculos_x000D_
 localizados no leito viário das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5354/ccf17072025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5354/ccf17072025_0048.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que destine uma das_x000D_
 salas de aulas da Escola "Arthur Geraldo Fantin", para que o jovem Carlos Costa Júnior,_x000D_
 RG n° 24.975.924-8, residente e domiciliado na rua Primo Spirandeli, n° 51, núcleo_x000D_
 habitacional "Irmãos Franceschi", possa ministrar aulas de música para a população.</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5303/ccf17072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5303/ccf17072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar fazer análise laboratorial da água distribuída pela rede_x000D_
 pública para o bairro "Irmãos Franceschi", pois a mesma apresenta coloração_x000D_
 esbranquiçada e odor.</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5294/ccf17072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5294/ccf17072025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar os buracos existentes no leito viário da_x000D_
 estrada vicinal "Ângelo Poli", pois a mesma encontra-se em péssimo estado de_x000D_
 conservação_x000D_
 S</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5295/ccf17072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5295/ccf17072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar recapear a rua Salma Simão Azar, localizada no núcleo_x000D_
 habitacional "Irmãos Franceschi", pois referida rua esta com o seu leito viário em situação precária.</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5297/ccf17072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5297/ccf17072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a notificar os proprietários de terrenos baldios e ruas_x000D_
 residencial "Jardim Maria Rosária".</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5296/ccf17072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5296/ccf17072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande reformar_x000D_
 ponto de embarque e desembarque de passageiros de ônibus do bairro do Campinho.</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5298/ccf17072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5298/ccf17072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de melhorar a sinalização das ruas de nossa cidade, bem como mandar_x000D_
 pintar as faixas e obstáculos do leito viário das ruas.</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5299/ccf17072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5299/ccf17072025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar notificar os proprietários de terrenos baldios de nossa_x000D_
 cidade para que promovam a carpa do mato e a limpeza dos mesmos.</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5300/ccf17072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5300/ccf17072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a reformar o prédio do Terminal Rodoviário de Itapuí, substituindo as cadeiras quebradas e colocando novamente o relógio. Indico também para que mande com urgência urgentissima, funcionários da Prefeitura consertar o leito viário das ruas que circundam o Terminal Rodoviário, assentando de forma uniforme os broklets que estão desalinhados, estendendo os servicos a Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5329/ccf17072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5329/ccf17072025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande proceder os serviços de poda das árvores também nos bairros de nossa cidade, pois a muito tempo, em alguns bairros da cidade esse serviço não vem sendo executado</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5332/ccf17072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5332/ccf17072025_0019.pdf</t>
   </si>
   <si>
     <t>providências no_x000D_
 Indico_x000D_
  que_x000D_
  ao Senhor Prefeito Municipal no sentido de que tome as devidas tange a mandar construir duas valetas para escoamento de água no leito viário da rua 13 de Maio, nas duas últimas ruas. Sala das Sessões, 19 de abril de 2.004.</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5331/ccf17072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5331/ccf17072025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a proceder a iluminação externa do Velório Municipal.</t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5344/ccf17072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5344/ccf17072025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar combater os focos criadouros de pernilongos_x000D_
 existentes em nossa cidade.</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5346/ccf17072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5346/ccf17072025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal solicitando a construção de dois_x000D_
 trecho_x000D_
 obstáculos_x000D_
  dividido_x000D_
  redutores_x000D_
  por canteiro_x000D_
  de velocidade na Avenida do Porto, no sentido bairro centro, no_x000D_
 velocidade dos veículos que_x000D_
  central, de acordo com estudo técnico, objetivando baixar a_x000D_
  por ali trafegam.</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5345/ccf17072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5345/ccf17072025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar buracos existentes no leito viário das ruas_x000D_
 Luiz Bueno de Camargo e Maestro José Sciacca, pois ambas as ruas estão intransitáveis.</t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5349/ccf17072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5349/ccf17072025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine ao setor competente da Prefeitura, a imediata apreensão dos animais equinos que se encontram soltos pelas ruas de nossa cidade, sujando as ruas com estrume, copulando e causando problemas no trânsito, inclusive ameaçando pessoas.</t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5348/ccf17072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5348/ccf17072025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar conservar a praça existente no núcleo "Cônego_x000D_
 Arlindo José Zanotto", pois do jeito que esta é um capinzeiro só, nem parece praça.</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5347/ccf17072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5347/ccf17072025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de iniciar um Projeto de Lei, concedendo um desconto nas multas e juros_x000D_
 cobrados sobre os débitos dos contribuintes que devem para a Prefeitura.</t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5351/ccf17072025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5351/ccf17072025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande_x000D_
 limpar e capinar o mato que esta crescendo as margens do rio Tietê, na área compreendida_x000D_
 da orla de nossa práia, para que não tenhamos novamente uma aparência de abandono,_x000D_
 como já ocorreu no passado, em área tão nobre e bela como é o caso de nosso setor_x000D_
 turístico.</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5353/ccf17072025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5353/ccf17072025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de poda de duas árvores na rua Luiz Teixeira, altura do número 256, pois técnicos da Companhia Paulista de Força e Luz, determinaram ao proprietário do imóvel a_x000D_
 realização da poda para evitar problemas com a fiação elétrica da rua.</t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5352/ccf17072025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5352/ccf17072025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de entrar em contato com o responsável pela instalação dos bancos de_x000D_
 granito, com propagandas que estão sendo colocados em locais de nossa cidade, para que_x000D_
 destine alguns para serem instalados na área externa da EMEI, com o objetivo de_x000D_
 acomodar as mães, pais ou responsáveis que vem buscar as crianças ao término das aulas.</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5304/ccf17072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5304/ccf17072025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as_x000D_
 devidas providências no sentido de mandar construir um abrigo para embarque е_x000D_
 desembarque de passageiros na Avenida do Porto, no cruzamento com a rua Antônio da_x000D_
 Costa Sobrinho.</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5315/ccf17072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5315/ccf17072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as_x000D_
 Caetano Gonçalves, no que tange a mandar tampar os buracos existentes na rua Ângelo_x000D_
 encontra-se intransitável._x000D_
  localizada no loteamento "Balneário Mar Azul", pois a mesma_x000D_
 ruas Santo Antônio e Primo_x000D_
  Em igual situação encontra-se o trecho compreendido entre as Spirandelli.</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5245/ccf14072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5245/ccf14072025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, no sentido de que estude as_x000D_
 possibilidades de mandar arborizar, recapear e interligar a rua XV de Novembro, com o_x000D_
 residencial "Jardim Maria Rosária”, utilizando para realização de tais serviços, o dinheiro_x000D_
 que eventualmente poderia estar utilizando para fazer propagando televisiva da Festa do_x000D_
 Peão, que acontecerá em nosso município.</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5244/ccf14072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5244/ccf14072025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine_x000D_
 Romanini Fachim,_x000D_
  a colocação das placas de sinalização de tráfego na Avenida Ignêz_x000D_
 arlindo José Zanotto".</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5243/ccf14072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5243/ccf14072025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as_x000D_
 devidas providências no que tange a mandar limpar todos os bueiros da cidade, fazendo_x000D_
 também o tratamento de desinfecção dos esgotos.</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5235/ccf14072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5235/ccf14072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar construir um abrigo para embarque e desembarque de_x000D_
 passageiros na avenida do Porto, nas proximidades do divisor entre o leito pavimentado e_x000D_
 o não pavimentado da avenida.</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5288/ccf16072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5288/ccf16072025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar combater os focos criadouros de pernilongos_x000D_
 existentes nas margens de rios e córregos de nossa cidade, aproveitando esse tempo_x000D_
 fresco, pois assim que começar o calor os pernilongos, se não forem combatidos agora,_x000D_
 certamente atacarão a cidade de forma impiedosa.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5287/ccf16072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5287/ccf16072025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 residencial_x000D_
  no que tange a mandar abrir a rua XV de Novembro, interligando-a ao_x000D_
 mais comodidade_x000D_
 "Jardim Maria Rosária”, esta abertura possibilitará aos moradores do núcleo e acesso a área central da cidade</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5247/ccf14072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5247/ccf14072025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 viário_x000D_
 providências_x000D_
 _x000D_
  no que tange a determinar sejam tampados os buracos existentes no leito_x000D_
 Gonçalves,_x000D_
 das ruas Luiz Bueno de Camargo, Maestro José Sciacca e Ângelo Caetano todas_x000D_
 Sala_x000D_
  localizadas_x000D_
  das_x000D_
  no bairro “Balneário Mar Azul”, pois parecem queijo suisso.</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5285/ccf16072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5285/ccf16072025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar tampar um buraco existente no leito viário da rua_x000D_
 Francisco Rota, altura do número 123, pois o referido buraco já esta fazendo aniversário.</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5273/ccf16072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5273/ccf16072025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no_x000D_
 sentido de que estude as possibilidades de desapropriar_x000D_
 uma área de terras nos arredores de nossa cidade, para_x000D_
 ampliar o Distrito Industrial de Itapuí, transformando_x000D_
 inúmeras fábricas de fundo de quintal em empresas que,_x000D_
 dependendo da gestão poderão obter sucesso, gerar_x000D_
 empregos e divisas para o município.</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5272/ccf16072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5272/ccf16072025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 mão_x000D_
 providências_x000D_
  única de_x000D_
 _x000D_
 _x000D_
 junto_x000D_
 direção_x000D_
  ao Departamento de Transito do Município, visando transformar em a rua 13 de Maio</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5271/ccf16072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5271/ccf16072025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar limpar as margens do rio Tietê, na orla de nossa práia municipal, pois esta será uma tarefa complementar ao serviços de limpeza e pintura com cal das guias da Avenida Brasil, que será sede de eventos festivos por ocasião dos festejos comemorativos da data de emancipação político administrativa de Itapuí.</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5265/ccf16072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5265/ccf16072025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar prender os animais eqüinos que se encontrarem soltos_x000D_
 pelas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5264/ccf16072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5264/ccf16072025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a abrir a rua XV de Novembro, interligando-a ao residencial_x000D_
 de_x000D_
 "“Jardim_x000D_
 _x000D_
  Maria Rosária”, facilitando o acesso dos moradores daquele bairro a área central nossa cidade.</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5256/ccf16072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5256/ccf16072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar tampar os buracos existentes no leito viário da_x000D_
 estrada vicinal “Ângelo Poli".</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5255/ccf16072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5255/ccf16072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar cortar as árvores que já foram parcialmente_x000D_
 arrancadas pelo vento, no mini-campo de futebol nas proximidades do restaurante da_x000D_
 Dona Joana e mandar melhorar o gramado do mesmo.</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5358/ccf17072025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5358/ccf17072025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal no_x000D_
 sentido de que o mesmo possa descrever os motivos que o impedem de mandar proceder a_x000D_
 abertura da rua XV de Novembro, interligando-a com o residencial "Jardim Maria_x000D_
 Rosária"</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5359/ccf17072025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5359/ccf17072025_0050.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja solicitado ao Senhor Presidente da Câmara_x000D_
 um estudo para colocação do quadro contendo a fotografia de todos os Vereadores da_x000D_
 gestão 2000 - 2004 e o relógio, nas dependências do Poder Legislativo.</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
     <t>Carlos Adalberto Thomazella, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5360/ccf17072025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5360/ccf17072025_0051.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretora de Saúde do Município,_x000D_
 Senhora Deise Lagata Spuri, com o objetivo de que destine 1 dia da semana para que o_x000D_
 Médico da família atenda os internos do projeto Pró-Paz, pois os mesmos não podem sair do internato.</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Antonio Alvaro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5322/ccf17072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5322/ccf17072025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados aos Senhores Deputados_x000D_
 Estaduais legítimos representantes da comunidade itapuiense, bem como seus respectivos_x000D_
 representantes, para que agendem uma reunião conjunta, a ser marcada em dia e hora_x000D_
 especial, comum, na Assembléia Legislativa do Estado de São Paulo, em sala única e_x000D_
 reservada, especialmente para agregar empenho máximo em contatar a Companhia_x000D_
 Paulista de Força e Luz (CPFL), com o objetivo de ser instalada no município de Itapuí,_x000D_
 com a maior brevidade possível, uma sub-estação de energia elétrica.</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5319/ccf17072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5319/ccf17072025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Engenheiro Chefe do DER_x000D_
 (Departamento de Estradas de Rodagem) Regional de Jaú, solicitando a realização dos_x000D_
 serviços de limpeza dos acostamentos da via de acesso "Prefeito Alberto Massoni", bem_x000D_
 como nivelar o mesmo com o leito viário da estrada, pois com desniveis maiores o risco_x000D_
 de acidentes é bastante significativo.</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5312/ccf17072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5312/ccf17072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja solicitado do Senhor Presidente da Câmara,_x000D_
 se digne ordenar a afixação mensal dos balancetes com os gastos realizados pelo Poder_x000D_
 Legislativo.</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5328/ccf17072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5328/ccf17072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da CENTROVIAS,_x000D_
 solicitando a possibilidade de ser colocada uma placa com o nome de "ARIOSTO_x000D_
 MENDES DE CAMARGO” também na parte superior do viaduto existente no km 196_x000D_
 da rodovia "Comandante João Ribeiro de Barros" SP 225, que recebeu este nome.</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5327/ccf17072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5327/ccf17072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre os motivos que o levaram a não pintar as faixas e_x000D_
 obstáculos localizados no leito viário das ruas de nossa cidade, pois os mesmos estão_x000D_
 apagados. Este assunto já foi objeto de várias indicações desta Casa de Leis.</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5326/ccf17072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5326/ccf17072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quais os motivos que o levaram a não fazer até a presente data a não realizar as obras necessárias de recuperação da estrada que liga Itapuí ao bairrо Baririzinho.</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5335/ccf17072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5335/ccf17072025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da Empresa Auto Ônibus_x000D_
 Macacari Ltda., solicitando que os ônibus que fazem as linhas que servem a cidade de_x000D_
 Itapuí, ao chegarem na cidade trazendo passageiros, passem pelo centro, fazendo uma_x000D_
 parada na Praça da Matriz, nas proximidades da loja de móveis Lindolar, com a finalidade_x000D_
 de reduzir a distância a ser percorrida pelos moradores dos bairros "Irmãos Franceschi" e_x000D_
 "Jardim Maria Rosária".</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5334/ccf17072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5334/ccf17072025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre quais os motivos que se sucederam para que até a presente_x000D_
 data não mandou recapear a rua XV de Novembro, sendo esta uma das ruas principais da_x000D_
 cidade.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Gilmar Sabino Belchior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5333/ccf17072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5333/ccf17072025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando os motivos pelos quais não tem atendido aos constantes pedidos feitos pelos_x000D_
 Senhores Vereadores quando aos reparos que se fazem necessários no trecho mal_x000D_
 conservado da estrada vicinal que liga Itapuí ao bairro Baririzinh</t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5339/ccf17072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5339/ccf17072025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre o porque não tem atendido aos constantes pedidos feitos pelos_x000D_
 risco_x000D_
 _x000D_
 de_x000D_
 Senhores_x000D_
  acontecer_x000D_
  Vereadores,_x000D_
  acidente_x000D_
  quanto ao conserto da ponte da rua Elizio Valentin, pois o_x000D_
  é grande.</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5338/ccf17072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5338/ccf17072025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o porquê até a presente data, não pavimentou a Avenida_x000D_
 Ignêz Romanini Fachim, sendo que a verba destinada por intercessão do Deputado Vitor_x000D_
 Sapienza já chegou.</t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5337/ccf17072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5337/ccf17072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre os motivos pelos quais não mandou tampar um buraco de grandes proporções localizado na rua Luiz Rocchi.</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5336/ccf17072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5336/ccf17072025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre as medidas que pretende tomar a fim de colocar pessoal_x000D_
 para fazerem a limpeza dos bairros de nossa cidade, pois os moradores estão reclamando_x000D_
 bastante.</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5355/ccf17072025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5355/ccf17072025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando do mesmo informações sobre qual o prazo que julga ser necessário_x000D_
 para transferência do pessoal que trabalha para o município no setor de Assistência Social_x000D_
 para outro local mais apropriado, sem escadarias e sem ser confundido com outros órgãos ou Poderes.</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5356/ccf17072025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5356/ccf17072025_0045.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando quais as providências que tem tomado em relação a punição_x000D_
 aplicada a funcionários municipais que tratam os cidadãos de forma grosseira, muitas_x000D_
 vezes faltando com a necessária educação, principalmente no setor externo.</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5242/ccf14072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5242/ccf14072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando o encaminhamento a esta Casa de Leis, de relatório contendo os_x000D_
 cargos e funções dos funcionários públicos municipais, o nome de seus ocupantes e o_x000D_
 valor dos respectivos vencimentos.</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5241/ccf14072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5241/ccf14072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa, seja oficiada a Telefonica, solicitando as_x000D_
 possibilidades de mudar de lugar o telefone público localizado na rua Santo Antônio, em_x000D_
 frente a Unidade Básica de Saúde “Dr. Nestor Cardoso" em nossa cidade.</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5240/ccf14072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5240/ccf14072025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Telefonica, solicitando as_x000D_
 possibilidades de instalação de um telefone público na Avenida Ignêz Romanini Fachim,_x000D_
 divisa entre o Distrito Industrial e o núcleo habitacional "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5239/ccf14072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5239/ccf14072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando o encaminhamento a esta Casa de Leis, de cópias de todas as Notas_x000D_
 Fiscais dos anos 2.000, 2.001, 2.002 e 2.003, relativas ao transporte escolar, da área da_x000D_
 Saúde, Assistência Social e Esportes, com a denominação de todas as empresas que_x000D_
 prestaram esses serviços nesses anos todos,</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5238/ccf14072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5238/ccf14072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja solicitado do Senhor Presidente da_x000D_
 Câmara, para que proceda a reforma externa do prédio da Câmara Municipal, uma vez_x000D_
 que no ano de 2.005, teremos a posse dos novos eleitos e o prédio esta em mal estado de_x000D_
 conservação pelo lado de fora.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5234/ccf14072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5234/ccf14072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa sejam oficiados os Deputados Gilberto_x000D_
 Kassab e Rodrigo Garcia, solicitando a viabilização dos meios necessários a fim de fazer_x000D_
 constar nos orçamentos da União e do Estado, a disponibilização de uma verba no valor_x000D_
 aproximado de R$ 100.000,00 (cem mil reais), para iluminação do campo de futebol de_x000D_
 Itapuí, "Estádio Municipal Dr. José Miráglia"</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5284/ccf16072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5284/ccf16072025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quais são os critérios adotados pela Administração Municipal, no que tange a poda de árvores das ruas de nossa cidade, solicita também a_x000D_
 data provável do início da próxima poda.</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5283/ccf16072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5283/ccf16072025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados os Deputados Estaduais:_x000D_
 ARNALDO JARDIM, VITOR SAPIENZA, PEDRO TOBIAS e RODRIGO GARCIA,_x000D_
 solicitando vossos valiosos préstimos no que tange a intercederem junto ao Governador_x000D_
 do Estado Dr. GERALDO ALCKMIN, objetivando o recapeamento do leito viário da via_x000D_
 de acesso "Prefeito Alberto Massoni", trecho de 9 (nove) quilômetros que liga o_x000D_
 município de Itapuí a SP 225 “Rodovia Comandante João Ribeiro de Barros"</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5282/ccf16072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5282/ccf16072025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados os Deputados: ARNALDO_x000D_
 JARDIM, VITOR SAPIENZA, PEDRO TOBIAS e RODRIGO GARCIA, solicitando_x000D_
 vossos valiosos préstimos no que tange a intercederem junto ao Governador do Estado_x000D_
 Dr. Geraldo Alckmin, objetivando o recapeamento do leito viário da estrada vicinal_x000D_
 "Ângelo Poli", num trecho de 6 (seis) quilômetros, ligando Itapuí a ponte do bairro_x000D_
 Marambáia.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5281/ccf16072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5281/ccf16072025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam ofociados os Deputados Estaduais:_x000D_
 ARNALDO JARDIM, VITOR SAPIENZA, PEDRO TOBIAS e RODRIGO GARCIA,_x000D_
 solicitando vossos valiosos préstimos no que tange a intercederem junto ao Governador_x000D_
 do Estado Dr. Geraldo Alckmin, e Secretário de Estado de Esportes e Turismo, para_x000D_
 viabilizar os meios necessários a fim de transformar o município de Itapuí em ESTÂNCIA_x000D_
 TURÍSTICA.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5279/ccf16072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5279/ccf16072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Superintendência Regional da_x000D_
 Telefonica de Bauru, solicitando a viabilização dos meios necessários a fim de acionar a_x000D_
 Agência dos Corrêios de Itapuí, a exemplo de outras cidades, para atender os usuários de_x000D_
 linhas de telefonia, em suas necessidades, levando as reivindicações até a Telefônica.</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5280/ccf16072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5280/ccf16072025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Seccional de Jaú da Companhia_x000D_
 Paulista de Força e Luz CPFL, solicitando a substituição das lâmpadas queimadas dos_x000D_
 postes de iluminação pública da rua José Bueno do Prado, no bairro "Jardim Bica de_x000D_
 Pedra".</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5277/ccf16072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5277/ccf16072025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Superintendência Regional da Telefonica de Bauru, solicitando a instalação de um TELEFONE PÚBLICO_x000D_
 no bairro_x000D_
  na esquina das ruas Natal Picolo com Eugênio saggioro, localizadas "Jardim Bica de Pedra" em Itapuí.</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5270/ccf16072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5270/ccf16072025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando o encaminhamento a esta Casa de Leis, de documentos_x000D_
 do Departamento Pessoal da Prefeitura, comprovando o pagamento do_x000D_
 adicional de insalubridade a determinados funcionários cujas funções requeiram_x000D_
 tal benefício, especificando também se o funcionário registrado na CTPS na_x000D_
 função que enseja o pagamento do benfício, realmente exerce as funções, bem_x000D_
 como deseja informações sobre a existência ou não de funcionários exercendo_x000D_
 funções insalubres e, que não estajam recebendo o adicional.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5269/ccf16072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5269/ccf16072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao_x000D_
 Senhor Prefeito Municipal, solicitando informações sobre quais as atitudes administrativas e judiciais que esta_x000D_
 tomando ou que pretende tomar com relação ao cumprimento_x000D_
 das exigências da Lei Municipal nº 1.252, de de 04 de_x000D_
 julho de 1.985 e suas alterações, extingüindo a posse dos_x000D_
 cessionarios que adquiriram áreas de terras no Distrito_x000D_
 Industrial e não cumpriram as exigências da Lei,_x000D_
 destinando essas áreas para ampliação de empresas bem_x000D_
 sucedidas, que precisam crescer e gerar mais empregos,_x000D_
 porém estão estagnadas por falta de espaço, muitas delas_x000D_
 anexas as áreas._x000D_
 Para que os cessionários que se_x000D_
 enguadrarem nos dispositivos extintores do direito de_x000D_
 posse, sugerimos ao Prefeito a transformação da área que_x000D_
 seria destinada a lotes urbanizados, para ampliação do_x000D_
 Distrito Industrial e, desse nova chance aos mesmos,_x000D_
 destinando-lhes áreas de terras, com novos prazos, com o_x000D_
 objetivo de tentarem novamente um empreendimento._x000D_
 Sugerimos também, o ressarcimen</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>Carlos Adalberto Thomazella</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5268/ccf16072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5268/ccf16072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao_x000D_
 Senhor Prefeito Municipal, solicitando o encaminhamento а_x000D_
 esta Casa de Leis, de cópia da nova licitação, se acaso_x000D_
 foi feita, para publicação na imprensa escrita, dos atos_x000D_
 oficiais do Poder Executivo itapuiense.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5267/ccf16072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5267/ccf16072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao_x000D_
 Gerente Geral da A.E.S. Tietê S/A, localizada no km 12 da_x000D_
 rodovia Bariri - Boracéia, Cep: 17250-000, Senhor Luiz_x000D_
 Corbeta, solicitando as devidas providências no que tange_x000D_
 a viabilizar os meios necessários a fim de que a_x000D_
 manutenção e limpeza das balsas que fazem a travessia_x000D_
 Itapuí - Boracéia e vice-versa, não sejam realizadas nos_x000D_
 horários de pico, ou seja no início das manhãs e nos_x000D_
 finais de tarde, prejudicando o tráfego de veículos.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5266/ccf16072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5266/ccf16072025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Gerente Regional da Telefônica de Bauru, solicitando a instalação de um telefone público no loteamento "Terras de Santa Maria"</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5259/ccf16072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5259/ccf16072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando o encaminhamento a esta Casa de Leis da relação de todos os_x000D_
 cargos de provimento em comissão existentes na Prefeitura Municipal de Itapuí, quais os_x000D_
 padrões de vencimento correspondentes a cada um e quantos cargos estão sendo_x000D_
 ocupados.</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5258/ccf16072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5258/ccf16072025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando o encaminhamento a esta Casa de Leis da relação onde conste o_x000D_
 nome e o endereço de todos os moradores de nosso município, beneficiados com os programas governamentais: Bolsa Cidadão, Bolsa Escola e Auxílio Gás.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5254/ccf16072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5254/ccf16072025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Empresa Auto_x000D_
 ônibus Macacari Ltda., solicitando a realização de estudos para implatação de alguns_x000D_
 pontos de desembarque, no itinerário da linha Jaú - Itapuí, como sugestão e a pedido_x000D_
 popular indicamos o primeiro logo na entrada da cidade, na rua Santo Antônio, nas_x000D_
 proximidades da Igreja de São Benedito; o segundo também na rua Santo Antônio, nas_x000D_
 proximidades do Bar do Álvaro; o terceiro na Praça Governador Pedro de Toledo, em_x000D_
 frente a loja Calçadão; o quarto descendo novamente a rua Santo Antônio, nas_x000D_
 proximidades da Delegacia de Polícia; o quinto e último na rua Santo Antônio ou outra,_x000D_
 nas proximidades do Colégio Santo Antônio.</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5253/ccf14072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5253/ccf14072025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Aldevar Carlos Andrioli, Diretor de Conservação do D.E.R. (Departamento de Estradas de Rodagem), regional de Bauru, Av. Cruzeiro do Sul, nº 13-15, СЕР 17030-280, Bauru SP., solicitando os valiosos préstimos no que tange a determinar a realização de pintura das faixas central e lateral da via de acesso “Prefeito Alberto Massoni", bem como a substituição das taxas refletivas que se apresentam opacas.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5341/ccf17072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5341/ccf17072025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com_x000D_
 o Dr. José Célio Prado de Freitas, dignissimo Diretor da Secretaria da Câmara Municipal de Itapuí, pelos 25 anos de serviços prestado a esta Casa de Leis, completados no dia de hoje, não tendo havido registro de nenhuma falha deste profissional em todo esse período.</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5342/ccf17072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5342/ccf17072025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Senhor José_x000D_
 Burin, Barbeiro aposentado de nossa cidade, que corta os cabelos e barbeia gratuitamente_x000D_
 todos os moradores do asilo São Vicente de Paulo, bem como visita os deficientes de_x000D_
 nossa cidade, de casa em casa, prestando os mesmos serviços. Parabéns ao Senhor José_x000D_
 Burin pela magnânima atitude.</t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5343/ccf17072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5343/ccf17072025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Senhor Prefeito_x000D_
 Municipal de nosso Município, pelos festejos populares realizados no final do ano.</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5309/ccf17072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5309/ccf17072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com os membros do_x000D_
 Grupo de Voluntários do Combate ao Câncer de Itapuí pelo excelente trabalho realizado.</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5330/ccf17072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5330/ccf17072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com o Coordenador_x000D_
 da Assistência Social do Município Senhor José Antônio Rufato, com o Presidente do_x000D_
 Projeto Pró-Paz Senhor Luiz, pois em parceria procederam a reforma do abrigo para_x000D_
 embarque e desembarque de passageiros de ônibus situado no bairro do Campinho.</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5321/ccf17072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5321/ccf17072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Senhor Prefeito_x000D_
 Municipal e o setor de obras da Prefeitura, pela construção das canchas de bochas, bem_x000D_
 como a reforma das dependências existente no Centro de Lazer do trabalhador "Cyro_x000D_
 Sala das Sessões, 05 de abril de 2.004.</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5320/ccf17072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5320/ccf17072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com os Deputados_x000D_
 Gilberto Kassab e Rodrigo Garcia, pela intercessão junto ao Governo do Estado, para_x000D_
 liberação de uma verba no valor de R$ 35.000,00 (trinta e cinco mil reais), para as obras_x000D_
 de reforma do nosso centro turística "prainha".</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5237/ccf14072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5237/ccf14072025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em Ata votos de congratulações e agradecimentos para com o Deputado_x000D_
 Estadual Dr. Pedro Tobias, pelo empenho demonstrado junto ao Governador do Estado,_x000D_
 para assinatura de Convênio no valor de R$ 40.000,00 (quarenta mil reais), para_x000D_
 conclusão das obras da sede do Clube da Terceira Idade de Itapuí, bem como pelos_x000D_
 esforços empreendidos junto ao Secretário de Estado da Educação, que liberou recurso_x000D_
 da ordem de R$ 150.000,00 (cento e cinqüenta mil reais), para reforma das instalações da_x000D_
 Escola Estadual “Manuel Rodrigues Ferreira”</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5236/ccf14072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5236/ccf14072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em Ata votos de profundo pesar pelo falecimento do Senhor José Rufato_x000D_
 Neto, homem que pelos seus lustros de bondade e dedicação, principalmente como_x000D_
 voluntário em consertar os móveis da Escola Rural do Bairro do Campinho, tudo_x000D_
 gratuitamente, viveu uma existência altamente dignificante.</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5286/ccf16072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5286/ccf16072025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com a Comissão Municipal de Esportes de Itapuí e com os bochofilos de Itapuí: Alcides Magon, Negreiro, Toninho Dionelo, Canarinho, Romão, Vicente, Geraldo Perilo e Mané Faria, por terem conquistado o vice-campeonato regional de Bochas, com jogos realizados na cidade de Jaú-SP, trazendo para Itapuí a medalha de prata</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5278/ccf16072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5278/ccf16072025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de apôio aos Direitos dos aposentados do BANESPA.</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5276/ccf16072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5276/ccf16072025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Gerente Geral_x000D_
 da Caixa Econômica Federal de Jaú Senhor Nelson Antônio Calsavara, pela vinda a Itapuí,_x000D_
 por indicação deste Vereador e intercessão do Senhor Prefeito Municipal, para resolver_x000D_
 caso a caso os problemas de ordem financeira que assolavam os mutuários do núcleo_x000D_
 habitacional "Irmãos Franceschi", acertando as prestações mensais dos mesmos aos níveis_x000D_
 adequados ao poder aquisitivo de cada família, beneficiando inúmeras pessoas.</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5263/ccf16072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5263/ccf16072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em Ata votos de congratulações e agradecimentos para com o Senhor_x000D_
 Maurício Lenharo, Diretor proprietário do Supermercado Lenharo, pela inauguração da_x000D_
 nova loja em Itapuí.</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
     <t>Gilson Sebastião, José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5262/ccf16072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5262/ccf16072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações para com o Prefeito eleito de nosso município Jornalista José Gilberto Saggioro, bem como para o Vice-Prefeito eleito Senhor Clóvis Thomazella, pela excelente campanha eleitoral e pela consagradora votação que obtiveram no pleito de 03 de outubro.</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5261/ccf16072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5261/ccf16072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 reeleitos que participaram_x000D_
  em Ata votos de congratulações com todos os Vereadores eleitos е_x000D_
 do Poder Legislativo da brilhante campanha eleitoral, sendo conduzidos às cadeiras no pleito do dia 03 de outubro.</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5257/ccf16072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5257/ccf16072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em Ata, votos de congratulações e agradecimentos para com o Dr._x000D_
 Annibal de Barros Silva, ex Diretor da Escola Estadual de Primeiro e Segundo Graus_x000D_
 "Manuel Rodrigues Ferreira”, pelos relevantes serviços prestados em prol da qualidade da_x000D_
 educação desenvolvida em nosso município.</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5252/ccf14072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5252/ccf14072025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em Ata, votos de congratulações e agradecimentos para com a ABAS_x000D_
 (Associação Banespiana de Assistência Social), pela recente doação de quantia financeira_x000D_
 a entidade APAE Renascer de Itapuí.</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5251/ccf14072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5251/ccf14072025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata, votos de congratulações e agradecimentos para com a Senhora_x000D_
 Maria Filomena Martins Galvão de Barros, pela doação de equipamentos para instalação dos brinquedos do parque infantil da entidade APAE Renascer de Itapuí.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Antonio Alvaro de Souza, José Antonio Damico Sotto, SILENE VALINI, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5249/ccf14072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5249/ccf14072025_0018.pdf</t>
   </si>
   <si>
     <t>APROVA O PARECER PRÉVIO DO TRIBUNAL_x000D_
 DE CONTAS DO ESTADO DE SÃO PAULO SOBRE_x000D_
 AS CONTAS DA PREFEITURA MUNICIPAL REFERENTE_x000D_
 AO EXERCÍCIO DE 2.002.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2223,67 +2263,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5233/ccf14072025_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5305/ccf17072025_0018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5301/ccf17072025_0007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5325/ccf17072025_0012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5350/ccf17072025_0039.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5274/ccf16072025_0020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5310/ccf17072025_0012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5311/ccf17072025_0011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5248/ccf14072025_0017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5317/ccf17072025_0004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5316/ccf17072025_0003.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5357/ccf17072025_0046.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5314/ccf17072025_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5313/ccf17072025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5324/ccf17072025_0011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5308/ccf17072025_0014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5318/ccf17072025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5250/ccf14072025_0020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5231/ccf14072025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5307/ccf17072025_0015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5306/ccf17072025_0016.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5340/ccf17072025_0028.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5275/ccf16072025_0021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5232/ccf14072025_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5293/ccf16072025_0003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5292/ccf16072025_0002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5290/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5289/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5246/ccf14072025_0015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5260/ccf16072025_0006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5291/ccf16072025_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5323/ccf17072025_0010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5302/ccf17072025_0008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5354/ccf17072025_0048.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5303/ccf17072025_0009.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5294/ccf17072025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5295/ccf17072025_0001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5297/ccf17072025_0003.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5296/ccf17072025_0002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5298/ccf17072025_0004.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5299/ccf17072025_0005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5300/ccf17072025_0006.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5329/ccf17072025_0016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5332/ccf17072025_0019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5331/ccf17072025_0018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5344/ccf17072025_0033.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5346/ccf17072025_0035.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5345/ccf17072025_0034.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5349/ccf17072025_0038.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5348/ccf17072025_0037.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5347/ccf17072025_0036.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5351/ccf17072025_0040.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5353/ccf17072025_0042.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5352/ccf17072025_0041.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5304/ccf17072025_0017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5315/ccf17072025_0002.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5245/ccf14072025_0014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5244/ccf14072025_0013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5243/ccf14072025_0012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5235/ccf14072025_0004.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5288/ccf16072025_0034.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5287/ccf16072025_0033.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5247/ccf14072025_0016.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5285/ccf16072025_0030.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5273/ccf16072025_0019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5272/ccf16072025_0018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5271/ccf16072025_0017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5265/ccf16072025_0011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5264/ccf16072025_0010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5256/ccf16072025_0002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5255/ccf16072025_0001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5358/ccf17072025_0049.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5359/ccf17072025_0050.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5360/ccf17072025_0051.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5322/ccf17072025_0009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5319/ccf17072025_0006.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5312/ccf17072025_0010.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5328/ccf17072025_0015.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5327/ccf17072025_0014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5326/ccf17072025_0013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5335/ccf17072025_0022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5334/ccf17072025_0021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5333/ccf17072025_0020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5339/ccf17072025_0027.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5338/ccf17072025_0026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5337/ccf17072025_0025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5336/ccf17072025_0023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5355/ccf17072025_0044.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5356/ccf17072025_0045.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5242/ccf14072025_0011.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5241/ccf14072025_0010.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5240/ccf14072025_0009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5239/ccf14072025_0008.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5238/ccf14072025_0007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5234/ccf14072025_0003.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5284/ccf16072025_0032.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5283/ccf16072025_0029.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5282/ccf16072025_0028.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5281/ccf16072025_0027.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5279/ccf16072025_0025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5280/ccf16072025_0026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5277/ccf16072025_0023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5270/ccf16072025_0016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5269/ccf16072025_0015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5268/ccf16072025_0014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5267/ccf16072025_0013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5266/ccf16072025_0009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5259/ccf16072025_0005.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5258/ccf16072025_0004.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5254/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5253/ccf14072025_0019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5341/ccf17072025_0029.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5342/ccf17072025_0030.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5343/ccf17072025_0031.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5309/ccf17072025_0013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5330/ccf17072025_0017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5321/ccf17072025_0008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5320/ccf17072025_0007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5237/ccf14072025_0006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5236/ccf14072025_0005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5286/ccf16072025_0031.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5278/ccf16072025_0024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5276/ccf16072025_0022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5263/ccf16072025_0012.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5262/ccf16072025_0008.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5261/ccf16072025_0007.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5257/ccf16072025_0003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5252/ccf14072025_0022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5251/ccf14072025_0021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5249/ccf14072025_0018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5233/ccf14072025_0002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5305/ccf17072025_0018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5301/ccf17072025_0007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6517/ccf30102025_0110.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5325/ccf17072025_0012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6512/ccf30102025_0111.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/6516/ccf30102025_0112_merged.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5350/ccf17072025_0039.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5274/ccf16072025_0020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5310/ccf17072025_0012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5311/ccf17072025_0011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5248/ccf14072025_0017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5317/ccf17072025_0004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5316/ccf17072025_0003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5357/ccf17072025_0046.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5314/ccf17072025_0001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5313/ccf17072025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5324/ccf17072025_0011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5308/ccf17072025_0014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5318/ccf17072025_0005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5250/ccf14072025_0020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5231/ccf14072025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5307/ccf17072025_0015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5306/ccf17072025_0016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5340/ccf17072025_0028.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5275/ccf16072025_0021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5232/ccf14072025_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5293/ccf16072025_0003.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5292/ccf16072025_0002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5290/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5289/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5246/ccf14072025_0015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5260/ccf16072025_0006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5291/ccf16072025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5323/ccf17072025_0010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5302/ccf17072025_0008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5354/ccf17072025_0048.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5303/ccf17072025_0009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5294/ccf17072025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5295/ccf17072025_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5297/ccf17072025_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5296/ccf17072025_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5298/ccf17072025_0004.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5299/ccf17072025_0005.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5300/ccf17072025_0006.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5329/ccf17072025_0016.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5332/ccf17072025_0019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5331/ccf17072025_0018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5344/ccf17072025_0033.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5346/ccf17072025_0035.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5345/ccf17072025_0034.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5349/ccf17072025_0038.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5348/ccf17072025_0037.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5347/ccf17072025_0036.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5351/ccf17072025_0040.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5353/ccf17072025_0042.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5352/ccf17072025_0041.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5304/ccf17072025_0017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5315/ccf17072025_0002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5245/ccf14072025_0014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5244/ccf14072025_0013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5243/ccf14072025_0012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5235/ccf14072025_0004.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5288/ccf16072025_0034.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5287/ccf16072025_0033.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5247/ccf14072025_0016.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5285/ccf16072025_0030.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5273/ccf16072025_0019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5272/ccf16072025_0018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5271/ccf16072025_0017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5265/ccf16072025_0011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5264/ccf16072025_0010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5256/ccf16072025_0002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5255/ccf16072025_0001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5358/ccf17072025_0049.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5359/ccf17072025_0050.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5360/ccf17072025_0051.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5322/ccf17072025_0009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5319/ccf17072025_0006.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5312/ccf17072025_0010.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5328/ccf17072025_0015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5327/ccf17072025_0014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5326/ccf17072025_0013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5335/ccf17072025_0022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5334/ccf17072025_0021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5333/ccf17072025_0020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5339/ccf17072025_0027.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5338/ccf17072025_0026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5337/ccf17072025_0025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5336/ccf17072025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5355/ccf17072025_0044.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5356/ccf17072025_0045.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5242/ccf14072025_0011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5241/ccf14072025_0010.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5240/ccf14072025_0009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5239/ccf14072025_0008.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5238/ccf14072025_0007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5234/ccf14072025_0003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5284/ccf16072025_0032.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5283/ccf16072025_0029.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5282/ccf16072025_0028.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5281/ccf16072025_0027.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5279/ccf16072025_0025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5280/ccf16072025_0026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5277/ccf16072025_0023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5270/ccf16072025_0016.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5269/ccf16072025_0015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5268/ccf16072025_0014.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5267/ccf16072025_0013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5266/ccf16072025_0009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5259/ccf16072025_0005.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5258/ccf16072025_0004.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5254/ccf16072025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5253/ccf14072025_0019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5341/ccf17072025_0029.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5342/ccf17072025_0030.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5343/ccf17072025_0031.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5309/ccf17072025_0013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5330/ccf17072025_0017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5321/ccf17072025_0008.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5320/ccf17072025_0007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5237/ccf14072025_0006.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5236/ccf14072025_0005.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5286/ccf16072025_0031.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5278/ccf16072025_0024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5276/ccf16072025_0022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5263/ccf16072025_0012.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5262/ccf16072025_0008.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5261/ccf16072025_0007.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5257/ccf16072025_0003.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5252/ccf14072025_0022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5251/ccf14072025_0021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2004/5249/ccf14072025_0018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H131"/>
+  <dimension ref="A1:H134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="253.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2355,3342 +2395,3420 @@
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...19 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>53</v>
-      </c>
-[...13 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="E14" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>19</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
         <v>19</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>19</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
         <v>76</v>
-      </c>
-[...19 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
         <v>19</v>
       </c>
       <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F18" t="s">
         <v>19</v>
       </c>
       <c r="G18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H18" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E19" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" t="s">
         <v>86</v>
       </c>
-      <c r="B19" t="s">
-[...11 lines deleted...]
-      <c r="F19" t="s">
+      <c r="G19" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>37</v>
+      </c>
+      <c r="D20" t="s">
+        <v>78</v>
+      </c>
+      <c r="E20" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B20" t="s">
-[...14 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F21" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" t="s">
+        <v>79</v>
+      </c>
+      <c r="F22" t="s">
         <v>96</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="G22" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" t="s">
+        <v>79</v>
+      </c>
+      <c r="F23" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E24" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
         <v>19</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E25" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F25" t="s">
         <v>19</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E26" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F26" t="s">
         <v>19</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F27" t="s">
         <v>19</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E28" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F28" t="s">
         <v>19</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E29" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F29" t="s">
         <v>19</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="H29" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D30" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E30" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="H30" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D31" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="E31" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="F31" t="s">
         <v>19</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="H31" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" t="s">
+        <v>78</v>
+      </c>
+      <c r="E32" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" t="s">
+        <v>19</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H32" t="s">
         <v>136</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="D33" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="E33" t="s">
-        <v>144</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>23</v>
+        <v>142</v>
       </c>
       <c r="D34" t="s">
+        <v>78</v>
+      </c>
+      <c r="E34" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E35" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F35" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>151</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>152</v>
+      </c>
+      <c r="E36" t="s">
+        <v>153</v>
+      </c>
+      <c r="F36" t="s">
+        <v>154</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B36" t="s">
-[...11 lines deleted...]
-      <c r="F36" t="s">
+      <c r="H36" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>23</v>
+      </c>
+      <c r="D37" t="s">
+        <v>152</v>
+      </c>
+      <c r="E37" t="s">
+        <v>153</v>
+      </c>
+      <c r="F37" t="s">
+        <v>154</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
         <v>159</v>
-      </c>
-[...19 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>33</v>
+      </c>
+      <c r="D38" t="s">
+        <v>152</v>
+      </c>
+      <c r="E38" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" t="s">
+        <v>161</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B38" t="s">
-[...14 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>37</v>
+      </c>
+      <c r="D39" t="s">
+        <v>152</v>
+      </c>
+      <c r="E39" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" t="s">
         <v>165</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>166</v>
       </c>
       <c r="H39" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>168</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E40" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F40" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H40" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E41" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F41" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>172</v>
       </c>
       <c r="H41" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>174</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E42" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F42" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H42" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>177</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D43" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E43" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F43" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H43" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>180</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D44" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E44" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F44" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>181</v>
       </c>
       <c r="H44" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>183</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D45" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E45" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F45" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" t="s">
+        <v>153</v>
+      </c>
+      <c r="F46" t="s">
+        <v>154</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B46" t="s">
-[...14 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>110</v>
+      </c>
+      <c r="D47" t="s">
+        <v>152</v>
+      </c>
+      <c r="E47" t="s">
+        <v>153</v>
+      </c>
+      <c r="F47" t="s">
+        <v>154</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B47" t="s">
-[...14 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" t="s">
+        <v>152</v>
+      </c>
+      <c r="E48" t="s">
+        <v>153</v>
+      </c>
+      <c r="F48" t="s">
         <v>193</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H48" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>196</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E49" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F49" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H49" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E50" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F50" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H50" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>202</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E51" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F51" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H51" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E52" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F52" t="s">
+        <v>154</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>208</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>130</v>
+      </c>
+      <c r="D53" t="s">
+        <v>152</v>
+      </c>
+      <c r="E53" t="s">
+        <v>153</v>
+      </c>
+      <c r="F53" t="s">
+        <v>154</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>211</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>134</v>
+      </c>
+      <c r="D54" t="s">
+        <v>152</v>
+      </c>
+      <c r="E54" t="s">
+        <v>153</v>
+      </c>
+      <c r="F54" t="s">
+        <v>154</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="H54" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>214</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>138</v>
+      </c>
+      <c r="D55" t="s">
+        <v>152</v>
+      </c>
+      <c r="E55" t="s">
+        <v>153</v>
+      </c>
+      <c r="F55" t="s">
+        <v>215</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="H55" t="s">
         <v>217</v>
-      </c>
-[...13 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>218</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>142</v>
+      </c>
+      <c r="D56" t="s">
+        <v>152</v>
+      </c>
+      <c r="E56" t="s">
+        <v>153</v>
+      </c>
+      <c r="F56" t="s">
+        <v>154</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H56" t="s">
         <v>220</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" t="s">
+        <v>152</v>
+      </c>
+      <c r="E57" t="s">
+        <v>153</v>
+      </c>
+      <c r="F57" t="s">
+        <v>165</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H57" t="s">
         <v>224</v>
-      </c>
-[...19 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>226</v>
+      </c>
+      <c r="D58" t="s">
+        <v>152</v>
+      </c>
+      <c r="E58" t="s">
+        <v>153</v>
+      </c>
+      <c r="F58" t="s">
+        <v>165</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H58" t="s">
         <v>228</v>
-      </c>
-[...19 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>230</v>
+      </c>
+      <c r="D59" t="s">
+        <v>152</v>
+      </c>
+      <c r="E59" t="s">
+        <v>153</v>
+      </c>
+      <c r="F59" t="s">
+        <v>165</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H59" t="s">
         <v>232</v>
-      </c>
-[...19 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>234</v>
+      </c>
+      <c r="D60" t="s">
+        <v>152</v>
+      </c>
+      <c r="E60" t="s">
+        <v>153</v>
+      </c>
+      <c r="F60" t="s">
+        <v>165</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H60" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>238</v>
+      </c>
+      <c r="D61" t="s">
+        <v>152</v>
+      </c>
+      <c r="E61" t="s">
+        <v>153</v>
+      </c>
+      <c r="F61" t="s">
+        <v>165</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H61" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D62" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E62" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F62" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="H62" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D63" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E63" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F63" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="H63" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>249</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>250</v>
+      </c>
+      <c r="D64" t="s">
+        <v>152</v>
+      </c>
+      <c r="E64" t="s">
+        <v>153</v>
+      </c>
+      <c r="F64" t="s">
+        <v>251</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H64" t="s">
         <v>253</v>
-      </c>
-[...19 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>255</v>
+      </c>
+      <c r="D65" t="s">
+        <v>152</v>
+      </c>
+      <c r="E65" t="s">
+        <v>153</v>
+      </c>
+      <c r="F65" t="s">
+        <v>154</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H65" t="s">
         <v>257</v>
-      </c>
-[...19 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>258</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" t="s">
+        <v>152</v>
+      </c>
+      <c r="E66" t="s">
+        <v>153</v>
+      </c>
+      <c r="F66" t="s">
+        <v>154</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H66" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>262</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>263</v>
+      </c>
+      <c r="D67" t="s">
+        <v>152</v>
+      </c>
+      <c r="E67" t="s">
+        <v>153</v>
+      </c>
+      <c r="F67" t="s">
+        <v>154</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H67" t="s">
         <v>265</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>266</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>267</v>
+      </c>
+      <c r="D68" t="s">
+        <v>152</v>
+      </c>
+      <c r="E68" t="s">
+        <v>153</v>
+      </c>
+      <c r="F68" t="s">
+        <v>251</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H68" t="s">
         <v>269</v>
-      </c>
-[...19 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>270</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" t="s">
+        <v>152</v>
+      </c>
+      <c r="E69" t="s">
+        <v>153</v>
+      </c>
+      <c r="F69" t="s">
+        <v>215</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H69" t="s">
         <v>273</v>
-      </c>
-[...19 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" t="s">
+        <v>152</v>
+      </c>
+      <c r="E70" t="s">
+        <v>153</v>
+      </c>
+      <c r="F70" t="s">
+        <v>193</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H70" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>279</v>
+      </c>
+      <c r="D71" t="s">
+        <v>152</v>
+      </c>
+      <c r="E71" t="s">
+        <v>153</v>
+      </c>
+      <c r="F71" t="s">
+        <v>154</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H71" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="E72" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="F72" t="s">
-        <v>283</v>
+        <v>154</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="H72" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="D73" t="s">
-        <v>291</v>
+        <v>152</v>
       </c>
       <c r="E73" t="s">
-        <v>292</v>
+        <v>153</v>
       </c>
       <c r="F73" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="H73" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>23</v>
+        <v>291</v>
       </c>
       <c r="D74" t="s">
-        <v>291</v>
+        <v>152</v>
       </c>
       <c r="E74" t="s">
+        <v>153</v>
+      </c>
+      <c r="F74" t="s">
         <v>292</v>
       </c>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="H74" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>295</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>296</v>
+      </c>
+      <c r="D75" t="s">
+        <v>152</v>
+      </c>
+      <c r="E75" t="s">
+        <v>153</v>
+      </c>
+      <c r="F75" t="s">
+        <v>292</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H75" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>299</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" t="s">
+        <v>300</v>
+      </c>
+      <c r="E76" t="s">
+        <v>301</v>
+      </c>
+      <c r="F76" t="s">
+        <v>154</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B76" t="s">
-[...11 lines deleted...]
-      <c r="F76" t="s">
+      <c r="H76" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>304</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" t="s">
+        <v>300</v>
+      </c>
+      <c r="E77" t="s">
+        <v>301</v>
+      </c>
+      <c r="F77" t="s">
+        <v>193</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H77" t="s">
         <v>306</v>
-      </c>
-[...19 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>307</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>33</v>
+      </c>
+      <c r="D78" t="s">
+        <v>300</v>
+      </c>
+      <c r="E78" t="s">
+        <v>301</v>
+      </c>
+      <c r="F78" t="s">
+        <v>308</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B78" t="s">
-[...14 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>311</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>37</v>
+      </c>
+      <c r="D79" t="s">
+        <v>300</v>
+      </c>
+      <c r="E79" t="s">
+        <v>301</v>
+      </c>
+      <c r="F79" t="s">
         <v>312</v>
-      </c>
-[...13 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H79" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>315</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="D80" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E80" t="s">
+        <v>301</v>
+      </c>
+      <c r="F80" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H80" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>318</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D81" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E81" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F81" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H81" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D82" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E82" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F82" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H82" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D83" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F83" t="s">
-        <v>283</v>
+        <v>154</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H83" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>327</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D84" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E84" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F84" t="s">
+        <v>154</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>330</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>110</v>
+      </c>
+      <c r="D85" t="s">
+        <v>300</v>
+      </c>
+      <c r="E85" t="s">
+        <v>301</v>
+      </c>
+      <c r="F85" t="s">
+        <v>161</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B85" t="s">
-[...14 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>333</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>114</v>
+      </c>
+      <c r="D86" t="s">
+        <v>300</v>
+      </c>
+      <c r="E86" t="s">
+        <v>301</v>
+      </c>
+      <c r="F86" t="s">
+        <v>292</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B86" t="s">
-[...14 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>336</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>74</v>
+      </c>
+      <c r="D87" t="s">
+        <v>300</v>
+      </c>
+      <c r="E87" t="s">
+        <v>301</v>
+      </c>
+      <c r="F87" t="s">
         <v>337</v>
-      </c>
-[...13 lines deleted...]
-        <v>283</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>338</v>
       </c>
       <c r="H87" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>340</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D88" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E88" t="s">
+        <v>301</v>
+      </c>
+      <c r="F88" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H88" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>343</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="D89" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E89" t="s">
+        <v>301</v>
+      </c>
+      <c r="F89" t="s">
         <v>292</v>
       </c>
-      <c r="F89" t="s">
+      <c r="G89" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>346</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>126</v>
+      </c>
+      <c r="D90" t="s">
+        <v>300</v>
+      </c>
+      <c r="E90" t="s">
+        <v>301</v>
+      </c>
+      <c r="F90" t="s">
+        <v>292</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B90" t="s">
-[...14 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>349</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>134</v>
+      </c>
+      <c r="D91" t="s">
+        <v>300</v>
+      </c>
+      <c r="E91" t="s">
+        <v>301</v>
+      </c>
+      <c r="F91" t="s">
+        <v>337</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B91" t="s">
-[...14 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>352</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>138</v>
+      </c>
+      <c r="D92" t="s">
+        <v>300</v>
+      </c>
+      <c r="E92" t="s">
+        <v>301</v>
+      </c>
+      <c r="F92" t="s">
         <v>353</v>
-      </c>
-[...13 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>354</v>
       </c>
       <c r="H92" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>356</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>221</v>
+        <v>142</v>
       </c>
       <c r="D93" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E93" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F93" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>357</v>
       </c>
       <c r="H93" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>359</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D94" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E94" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F94" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H94" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>362</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D95" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E95" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F95" t="s">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H95" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D96" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E96" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F96" t="s">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H96" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D97" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E97" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F97" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H97" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D98" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E98" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F98" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H98" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>374</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D99" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E99" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F99" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H99" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>377</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D100" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E100" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F100" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H100" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>380</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D101" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E101" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F101" t="s">
+        <v>154</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>383</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>255</v>
+      </c>
+      <c r="D102" t="s">
+        <v>300</v>
+      </c>
+      <c r="E102" t="s">
+        <v>301</v>
+      </c>
+      <c r="F102" t="s">
+        <v>24</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B102" t="s">
-[...14 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>386</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>259</v>
+      </c>
+      <c r="D103" t="s">
+        <v>300</v>
+      </c>
+      <c r="E103" t="s">
+        <v>301</v>
+      </c>
+      <c r="F103" t="s">
+        <v>154</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B103" t="s">
-[...14 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>389</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>263</v>
+      </c>
+      <c r="D104" t="s">
+        <v>300</v>
+      </c>
+      <c r="E104" t="s">
+        <v>301</v>
+      </c>
+      <c r="F104" t="s">
         <v>390</v>
-      </c>
-[...13 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H104" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>393</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D105" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E105" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F105" t="s">
-        <v>206</v>
+        <v>251</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>394</v>
       </c>
       <c r="H105" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>396</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D106" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E106" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="F106" t="s">
+        <v>251</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>399</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>275</v>
+      </c>
+      <c r="D107" t="s">
+        <v>300</v>
+      </c>
+      <c r="E107" t="s">
+        <v>301</v>
+      </c>
+      <c r="F107" t="s">
+        <v>251</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B107" t="s">
-[...14 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>402</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>279</v>
+      </c>
+      <c r="D108" t="s">
+        <v>300</v>
+      </c>
+      <c r="E108" t="s">
+        <v>301</v>
+      </c>
+      <c r="F108" t="s">
+        <v>215</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>405</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>283</v>
+      </c>
+      <c r="D109" t="s">
+        <v>300</v>
+      </c>
+      <c r="E109" t="s">
+        <v>301</v>
+      </c>
+      <c r="F109" t="s">
         <v>406</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H109" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>409</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
+        <v>287</v>
+      </c>
+      <c r="D110" t="s">
+        <v>300</v>
+      </c>
+      <c r="E110" t="s">
+        <v>301</v>
+      </c>
+      <c r="F110" t="s">
+        <v>215</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="D110" t="s">
-[...8 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>412</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>291</v>
+      </c>
+      <c r="D111" t="s">
+        <v>300</v>
+      </c>
+      <c r="E111" t="s">
+        <v>301</v>
+      </c>
+      <c r="F111" t="s">
+        <v>154</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="H111" t="s">
         <v>414</v>
-      </c>
-[...13 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>415</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>296</v>
+      </c>
+      <c r="D112" t="s">
+        <v>300</v>
+      </c>
+      <c r="E112" t="s">
+        <v>301</v>
+      </c>
+      <c r="F112" t="s">
+        <v>215</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H112" t="s">
         <v>417</v>
-      </c>
-[...19 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>418</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>419</v>
+      </c>
+      <c r="D113" t="s">
+        <v>300</v>
+      </c>
+      <c r="E113" t="s">
+        <v>301</v>
+      </c>
+      <c r="F113" t="s">
+        <v>251</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H113" t="s">
         <v>421</v>
-      </c>
-[...19 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>23</v>
+        <v>423</v>
       </c>
       <c r="D114" t="s">
-        <v>422</v>
+        <v>300</v>
       </c>
       <c r="E114" t="s">
-        <v>423</v>
+        <v>301</v>
       </c>
       <c r="F114" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="H114" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>426</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>427</v>
+      </c>
+      <c r="D115" t="s">
+        <v>300</v>
+      </c>
+      <c r="E115" t="s">
+        <v>301</v>
+      </c>
+      <c r="F115" t="s">
+        <v>154</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H115" t="s">
         <v>429</v>
-      </c>
-[...19 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>430</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>10</v>
+      </c>
+      <c r="D116" t="s">
+        <v>431</v>
+      </c>
+      <c r="E116" t="s">
         <v>432</v>
       </c>
-      <c r="B116" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H116" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>435</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D117" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E117" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F117" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H117" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>438</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D118" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E118" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F118" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H118" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>441</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D119" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E119" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F119" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H119" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>444</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D120" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E120" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F120" t="s">
-        <v>242</v>
+        <v>215</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H120" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>447</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="D121" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E121" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F121" t="s">
-        <v>242</v>
+        <v>154</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H121" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D122" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E122" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F122" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H122" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>453</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D123" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E123" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F123" t="s">
-        <v>283</v>
+        <v>251</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>454</v>
       </c>
       <c r="H123" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>456</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D124" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E124" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F124" t="s">
-        <v>152</v>
+        <v>251</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H124" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>459</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D125" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E125" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F125" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H125" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>462</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D126" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E126" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F126" t="s">
+        <v>292</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>465</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>114</v>
+      </c>
+      <c r="D127" t="s">
+        <v>431</v>
+      </c>
+      <c r="E127" t="s">
+        <v>432</v>
+      </c>
+      <c r="F127" t="s">
+        <v>161</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B127" t="s">
-[...14 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>468</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>74</v>
+      </c>
+      <c r="D128" t="s">
+        <v>431</v>
+      </c>
+      <c r="E128" t="s">
+        <v>432</v>
+      </c>
+      <c r="F128" t="s">
+        <v>24</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B128" t="s">
-[...14 lines deleted...]
-      <c r="G128" s="1" t="s">
+      <c r="H128" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>471</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>118</v>
+      </c>
+      <c r="D129" t="s">
+        <v>431</v>
+      </c>
+      <c r="E129" t="s">
+        <v>432</v>
+      </c>
+      <c r="F129" t="s">
         <v>472</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>473</v>
       </c>
       <c r="H129" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>475</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D130" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="E130" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="F130" t="s">
-        <v>206</v>
+        <v>472</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>476</v>
       </c>
       <c r="H130" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>478</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
+        <v>126</v>
+      </c>
+      <c r="D131" t="s">
+        <v>431</v>
+      </c>
+      <c r="E131" t="s">
+        <v>432</v>
+      </c>
+      <c r="F131" t="s">
+        <v>148</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H131" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>481</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>130</v>
+      </c>
+      <c r="D132" t="s">
+        <v>431</v>
+      </c>
+      <c r="E132" t="s">
+        <v>432</v>
+      </c>
+      <c r="F132" t="s">
+        <v>215</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H132" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>484</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>134</v>
+      </c>
+      <c r="D133" t="s">
+        <v>431</v>
+      </c>
+      <c r="E133" t="s">
+        <v>432</v>
+      </c>
+      <c r="F133" t="s">
+        <v>215</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H133" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>487</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>23</v>
       </c>
-      <c r="D131" t="s">
-[...12 lines deleted...]
-        <v>483</v>
+      <c r="D134" t="s">
+        <v>488</v>
+      </c>
+      <c r="E134" t="s">
+        <v>489</v>
+      </c>
+      <c r="F134" t="s">
+        <v>490</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H134" t="s">
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5781,50 +5899,53 @@
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>