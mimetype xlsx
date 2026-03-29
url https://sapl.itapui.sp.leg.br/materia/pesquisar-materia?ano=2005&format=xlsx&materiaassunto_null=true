--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -54,3707 +54,3707 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5202/ccf10072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5202/ccf10072025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATRIBUIÇÕES DOS CARGOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5180/ccf08072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5180/ccf08072025_0028.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NOS VENCIMENTOS DOS FUNCIONÁRIOS_x000D_
 DA CÂMARA MUNICIPAL DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5178/ccf08072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5178/ccf08072025_0026.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ZELADORA DA_x000D_
 CÂMARA MUNICIPAL DE ITAPUÍ E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5188/ccf08072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5188/ccf08072025_0036.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL, PENSÃO_x000D_
 E PROVENTO DOS SERVODORES MUNICIPAIS,_x000D_
 SOBRE A CRIAÇÃO E EXTINÇÃO DE CARGOS,_x000D_
 EMPREGOS E FUNÇÕES ALÉM DE OUTROS_x000D_
 ASSUNTOS CORRELATOS.</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5187/ccf08072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5187/ccf08072025_0035.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE EMPREGOS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4991/ccf01072025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4991/ccf01072025_0045.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA_x000D_
 ESTRUTURA ADMINISTRATIVA MUNICIPAL,_x000D_
 EXTINGUE E CRIA CARGOS, EMPREGOS E FUNÇÕES_x000D_
 BEM COMO DISPÕE SOBRE OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5033/ccf03072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5033/ccf03072025_0020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE 03_x000D_
 EMPREGOS DE_x000D_
 ENFERMAGEM E_x000D_
 PROVIDÊNCIAS._x000D_
 TÉCNICO DE</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5222/ccf10072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5222/ccf10072025_0024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO_x000D_
 ARTIGO 3º DA LEI COMPLEMENTAR_x000D_
 N° 10 DE 01 DE JUNHO DE 2005, QUE_x000D_
 TRATA DE NOMENCLATURA DAS_x000D_
 DIRETORIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Sebastião da Silva Fonseca Junior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5021/ccf03072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5021/ccf03072025_0008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DA ATIVIDADE DE PESCA_x000D_
 PROFISSIONAL NO MUNICÍPIO DE ITAPUÍ/SP.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5035/ccf03072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5035/ccf03072025_0022.pdf</t>
   </si>
   <si>
     <t>DETERMINA A PROIBIÇÃO DA CIRCULAÇÃO DE PESSOAS COM PATINS E SKATES NAS AVENIDAS DO JARDIM MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Rita de Cássia Sotto de Oliveira Silva Xavier, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5034/ccf03072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5034/ccf03072025_0021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA TRÁFEGO DE BICICLETAS NAS AVENIDAS DO JARDIM PÚBLICO MUNICIPAL DA PRAÇA DA MATRIS E GOVERNADOR PEDRO DE TOLEDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Antonio Guarnieri Sobrinho, Gilson Sebastião, José Antonio Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier, SILENE VALINI, Sebastião da Silva Fonseca Junior, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5087/ccf03072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5087/ccf03072025_0029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE HORÁRIO DE FUNCIONAMENTO LOCALIZAÇÃO DE BARES, E LIMPEZA DE TRAILLERS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5159/ccf08072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5159/ccf08072025_0004.pdf</t>
   </si>
   <si>
     <t>PROIBE O USO DE AGROTÓXICOS A_x000D_
 MENOS DE 1 (UM) KILÔMETRO DA ÁREA_x000D_
 URBANA DO MUNICÍPIO DE ITAPUÍ E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5045/ccf03072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5045/ccf03072025_0032.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL_x000D_
 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5044/ccf03072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5044/ccf03072025_0031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5032/ccf03072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5032/ccf03072025_0019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVOA_x000D_
 CONCEDER DOAÇÃO COM ENCARGO DE_x000D_
 TERRENO PÚBLICO PARA INSTALAÇÃO_x000D_
 DE INDÚSTRIA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5148/ccf07072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5148/ccf07072025_0036.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS HORÁRIOS DE FUNCIONAMENTO DAS ESCOLAS_x000D_
 PARTICULARES DO MUNICÍPIO DE ITAPUÍ-SP E  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, SILENE VALINI, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5149/ccf07072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5149/ccf07072025_0037.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5201/ccf10072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5201/ccf10072025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICÍPIO_x000D_
 DE ITAPUÍ PARAO_x000D_
 QUADRIÊNIO DE 2006 A 2009 E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4989/ccf01072025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4989/ccf01072025_0043.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA_x000D_
 ABERTURA DE CRÉDITO ESPECIAL_x000D_
 EXTRAORDINÁRIO NA ORDEM DE R$_x000D_
 410.432,69, PARA O EMPENHAMENTO_x000D_
 DE DESPESAS ORÇAMENTÁRIAS DO_x000D_
 EXERCİCIO DE 2004.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4990/ccf01072025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4990/ccf01072025_0044.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO_x000D_
 DO MUNICÍPIO NAS DESPESAS_x000D_
 COM TRANSPORTE DE ALUNOS_x000D_
 QUE ESPECIFICA E DISPÕES SOBRE_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4971/ccf01072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4971/ccf01072025_0024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO A CASA DA CRIANÇA SÃO JOSÉ_x000D_
 DE ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4970/ccf01072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4970/ccf01072025_0023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO A ASSOCIAÇÃO DE PAIS E_x000D_
 MESTRES DA EE. MANUEL RODRIGUES_x000D_
 FERREIRA DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4969/ccf01072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4969/ccf01072025_0022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO A ASSOCIAÇÃO DE PAIS E_x000D_
 MESTRES DA EE. PROF DEOLINDA MARTINS_x000D_
 GALVÃO DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4968/ccf01072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4968/ccf01072025_0021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO A VILA SÃO VICENTE DE PAULO_x000D_
 DE ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4967/ccf01072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4967/ccf01072025_0020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO AO HOSPITAL E MATERNIDADE_x000D_
 SÃO JOSÉ DE ITAPUÍE DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4966/ccf01072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4966/ccf01072025_0019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO AO PROJETO PAZ,_x000D_
 RECUPERANO JOVENS DE ITAPUÍ E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5028/ccf03072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5028/ccf03072025_0015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CEDER O_x000D_
 DIREITO DE USO DE TERRAS À C.P.F.L., PARA_x000D_
 INSTALAÇÃO DE SUB ESTAÇÃO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5043/ccf03072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5043/ccf03072025_0030.pdf</t>
   </si>
   <si>
     <t>TRABALHADORES TEMPORARIOS</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5031/ccf03072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5031/ccf03072025_0018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CONCEDER SUBVENÇÃO A_x000D_
 CORPORAÇÃO MUSICAL SANTA CECÍLIA DE ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5179/ccf08072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5179/ccf08072025_0027.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE BOLSA_x000D_
 DE ESTUDO AOS SERVIDORES PÚBLICOS_x000D_
 MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5173/ccf08072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5173/ccf08072025_0021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O_x000D_
 PODER EXECUTIVO CONCEDER_x000D_
 SUBVENÇÃO A CASA DA CRIANÇA SÃO_x000D_
 JOSÉ DE ITAPUÍ E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5186/ccf08072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5186/ccf08072025_0034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA_x000D_
 PARA O PODER EXECUTIVO CELEBRAR_x000D_
 CONVÊNIOS COM ONG'S, OSCIPs E DEMAIS_x000D_
 ENTIDADES ASSISTENCIAIS DE CARÁTER_x000D_
 PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5157/ccf08072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5157/ccf08072025_0006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVOA AUMENTAR O REPASSE CONCEDIDO A _x000D_
 TÍTULO DE SUBVENÇÃO A CASA DA CRIANÇA SÃO JOSÉ DE ITAPUÍ DISPOSTO NA LEI N° 2.102, DE 08 DE MARÇO DE 2005.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5199/ccf08072025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5199/ccf08072025_0047.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE_x000D_
 ITAPUÍ A CELEBRAR CONVÊNIO COM O_x000D_
 ESTADO DE SÃO PAULO, ATRAVÉS DA_x000D_
 SECRETARIA DE ENERGIA, RECURSOS_x000D_
 HÍDRICOS E SANEAMENTO, COM A_x000D_
 INTERVENIÊNCIA DA COMPANHIA DE_x000D_
 SANEAMENTO BÁSICO DO ESTADO DE SÃO_x000D_
 PAULO-SABESP, OBJETIVANDO A EXECUÇÃO_x000D_
 PELO MUNICÍPIO DE OBRAS E SERVIÇOS_x000D_
 DESTINADOS À MELHORIA DOS SEUS_x000D_
 SISTEMAS DE ÁGUA E ESGOTOS, CONFORME_x000D_
 CONSTA DO ARTIGO 1°, CONCEDE ISENÇÃO_x000D_
 DE ISS À SABESP E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5131/ccf07072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5131/ccf07072025_0019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO_x000D_
 LEGISLATIVA PARA RECEBIMENTO DE_x000D_
 HONORÁRIOS ADVOCATÍCIOS AO_x000D_
 PROCURADOR DO MUNICÍPIO EM FACE DAS_x000D_
 EXECUÇÕES FISCAIS AJUIZADAS.</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5185/ccf08072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5185/ccf08072025_0033.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO LEGISLATIVA_x000D_
 PARA PAGAMENTO DE PRODUTIVIDADE AOS_x000D_
 MÉDICOS CONCURSADOS DA PREFEITURA E_x000D_
 DISPÕE SOBE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5184/ccf08072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5184/ccf08072025_0032.pdf</t>
   </si>
   <si>
     <t>INSTITUI ADICIONAL DE PLANTÃO PARA_x000D_
 MÉDICOS PLANTONISTAS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5111/ccf03072025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5111/ccf03072025_0055.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO_x000D_
 LEGISLATIVA PARA O PODER_x000D_
 EXECUTIVO EFETUAR О_x000D_
 PAGAMENTO DE GRATIFICAÇÃO_x000D_
 AOS OCUPANTES DE CARGOS Е_x000D_
 EMPREGOS QUE ESTEJAM_x000D_
 ACUMULANDO FUNÇÕES.</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5151/ccf07072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5151/ccf07072025_0039.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A_x000D_
 ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCİCIO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5218/ccf10072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5218/ccf10072025_0018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO_x000D_
 PARA UTILIZAÇÃO DE ÔNIBUS_x000D_
 MUNICIPAL A TERCEIROS_x000D_
 MEDIANTE O PAGAMENTO DE_x000D_
 ТАХА АOS COFRES PÚBLICOS E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5112/ccf07072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5112/ccf07072025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A_x000D_
 CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO_x000D_
 HOSPITALAR THEREZA PERLATI DE JAÚ-SP R_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5132/ccf07072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5132/ccf07072025_0020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO_x000D_
 FISCAL (REFIS) NO ÂMBITO DO MUNICÍPIO DE_x000D_
 ITAPUÍ.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5133/ccf07072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5133/ccf07072025_0021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O_x000D_
 EXECUTIVO DESCONTE DIRETAMENTE EM FOLHA DE PAGAMENTO DOS FUNCIONÁRIOS MUNICIPAIS VALORES REFERENTES À DÍVIDA ATIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5200/ilovepdf_merged_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5200/ilovepdf_merged_3.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ITAPUI PARA O QUADRIÊNIO 2006 A 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4776/ccf25062025_0066.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4776/ccf25062025_0066.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OBRIGATORIEDADE DE_x000D_
 PRESTAÇÃO DE CONTAS PELAS ENTIDADES_x000D_
 PÚBLICAS OU PRIVADAS QUE REСЕВЕМ_x000D_
 REPASSES DE VERBAS ATRAVÉS DE CONVÊNIO_x000D_
 FIRMADO COM O MUNICÍPIO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5150/ccf07072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5150/ccf07072025_0038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5219/ccf10072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5219/ccf10072025_0019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MAJORAÇÃO DE TRIBUTOS, PREÇOS PÚBLICOS, MULTAS, PLANTA GENÉRICA DE VALORES E DEMAIS RECEITAS MUNICIPAIS, BASE DE CALCULO  E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5220/ccf10072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5220/ccf10072025_0020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE VALOR VENAL PARA_x000D_
 FINS DE BASE DE CÁLCULO E_x000D_
 RECOLHIMENTO DO ITBI, ANO 2006, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5221/ccf10072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5221/ccf10072025_0021.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3º DA LEI N._x000D_
 2.001/01 QUE AUTORIZA O EXECUTIVO A_x000D_
 FIRMAR CONVÊNIO COM ENTIDADES DE_x000D_
 CARÁTER FILANTRÓPICO, PROMOCIONAL,_x000D_
 ASSISTENCIAL OU EDUCACIONAL E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5143/ccf07072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5143/ccf07072025_0031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL N. 2.113/05 QUE_x000D_
 AUTORIZOU A DOAÇÃO DE IMÓVEL PÚBLICO A EMPRESA R&amp;E COMÉRCIO E TRANSPORTES LTDA.</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5144/ccf07072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5144/ccf07072025_0032.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL A_x000D_
 CELEBRAR CONVÈNIO COM A_x000D_
 SECRETARIA DE EMPREGO E_x000D_
 RELAÇÕES R DO TRABALHO,_x000D_
 OBJETIVANDO A CONSTRUÇÃO DO_x000D_
 CENTRO DE LAZER DO TRABALHADOR E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5145/ccf07072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5145/ccf07072025_0033.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CELEBRAR CONVÊNIO_x000D_
 COM A SECRETARIA DA CASA CIVIL.</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5146/ccf07072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5146/ccf07072025_0034.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI N° 2.149/05, QUE ESTIMA A RECEITA E FIXA A_x000D_
 DESPESA DO MUNICÍPIO DE ITAPUÍ, PARA O EXERCÍCIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5147/ccf07072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5147/ccf07072025_0035.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO MUNICIPAL DE_x000D_
 EMPREGO, NO ÂMBITO DO SISTEМА_x000D_
 PÚBLICO DE EMPREGOS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5006/ccf01072025_0060.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5006/ccf01072025_0060.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ASSESSOR LEGISLATIVO_x000D_
 DA CÂMARA MUNICIPAL DE ITAPUÍ, PROVIDO_x000D_
 EM COMISSÕ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5029/ccf03072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5029/ccf03072025_0016.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DA MÁQUINA_x000D_
 COPIADORA DA CÂMARA MUNICIPAL_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4992/ccf01072025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4992/ccf01072025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização dos serviços de tapa buracos na rua Ângelo Caetano Gonçalves, altura dos_x000D_
 números 227 e 389, buracos que estão deixando a rua intransitável.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4993/ccf01072025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4993/ccf01072025_0047.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de reparos no leito viário da esquina das ruas Luiz Bueno de Camargo com_x000D_
 Tufik Simão.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4994/ccf01072025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4994/ccf01072025_0048.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que amenize a_x000D_
 profundidade da depressão (valeta), localizada na rua Luiz Rocchi.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4995/ccf01072025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4995/ccf01072025_0049.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a realização de poda das árvores da rua Rui Barbosa, esquina com a Avenida Paes de Barros, pois os motoristas estão reclamando da falta de visibilidade naquela esquina, o que pode gerar acidentes.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4996/ccf01072025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4996/ccf01072025_0050.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar funcionários municipais do setor de obras e_x000D_
 serviços públicos executar os serviços de tapa buracos na estrada vicinal "Ângelo Poli", pois no trecho pertencente a conserva municipal de Itapuí, a via  esta intransitável.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>Antonio Guarnieri Sobrinho, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4997/ccf01072025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4997/ccf01072025_0051.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as_x000D_
 devidas providências, no que tange a estudar as possibilidades, para o ano vindouro, de_x000D_
 subir o palco onde se apresenta a banda carnavalesca, mais próximo ao início da rua Jorge_x000D_
 Chammas, com o intuito de não prejudicar os serviços da Avícola Santa Cecília, que_x000D_
 necessita de espaço para manobra de caminhões de grande porte, empresa que gera_x000D_
 divisas e muitos empregos no município.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4998/ccf01072025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4998/ccf01072025_0052.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as_x000D_
 devidas providências no sentido de determinar a limpeza do leito viário e do mato lateral_x000D_
 da Avenida Comendador José Maria de Almeida Prado, na parte que abrange o Distrito Industrial, também com a retirada de entulhos.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4999/ccf01072025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4999/ccf01072025_0053.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar cortar os galhos das árvores das ruas de_x000D_
 nossa cidade que atrapalham a visibilidade e o tráfego de veículos grandes.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5000/ccf01072025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5000/ccf01072025_0054.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar arborizar as margens dos córregos de nosso município, formando novamente a mata cilitar tão necessária para preservação ambiental.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5007/ccf01072025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5007/ccf01072025_0061.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a construção de um obstáculo redutor de velocidade no leito viário da Avenida do Porto, pois os veículos estão desenvolvendo excessiva velocidade no local, podendo ocorrer acidentes, principalmente atropelamentos.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5008/ccf01072025_0062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5008/ccf01072025_0062.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que inclua o projeto Pro-Paz no programa que beneficia as entidades assistenciais de nossa cidade.</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5009/ccf01072025_0063.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5009/ccf01072025_0063.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a eliminar o lixão que esta se formando na divisa dos_x000D_
 loteamentos "Mar Azul” e “Jardim Primavera”, local inadequado e habitado.</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5010/ccf01072025_0064.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5010/ccf01072025_0064.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de agendar uma reunião com os coordenadores, funcionários, voluntários e Diretores da Sociedade São Vicente de Paulo de Itapuí e os Senhores Vereadores, para ajudar aquela importante entidade filantrópica a poder dar melhores condições de_x000D_
 atendimento para seus assistxdos.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5011/ccf01072025_0065.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5011/ccf01072025_0065.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar consertar as pontes da rua Elízio Valentin e da rua Santo_x000D_
 Antônio, divisa com o núcleo habitacional “Irmãos Franceschi", as quais apresentam graves problemas laterais e poder dar causa a acidentes.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5012/ccf01072025_0066.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5012/ccf01072025_0066.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar pintar os obstáculos, faixas de pedestres e demais sinalizações indicativas de trânsito do leito viário das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5013/ccf03072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5013/ccf03072025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de abrir a rua XV de Novembro, interligando-a ao Residencial “Jardim_x000D_
 Maria Rosária", facilitando o acesso dos moradores daquele núcleo habitacional ao centro.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5014/ccf03072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5014/ccf03072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande colocar um_x000D_
 bebedouro de água no setor Social da Prefeitura, pois isto é de primeira necessidade, tanto_x000D_
 para os funcionários como para os atendidos.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5015/ccf03072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5015/ccf03072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades junto ao setor de transito do município, para colocação de placas de mão_x000D_
 única de direção na rua 13 de Maio, pois o movimento é muito intenso.</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5016/ccf03072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5016/ccf03072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências quanto a elevar o reservatório de água que abastece o núcleo habitacional_x000D_
 "Irmãos Franceschi", pos a anos que os moradores do local sofrem com problemas no_x000D_
 abastecimento de água e, foi promessa de campanha de todos os candidatos que visitaram_x000D_
 o bairro a elevação do reservatório de água.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5017/ccf03072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5017/ccf03072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de se instalar lixeiras no jardim público municipal, com a finalidade de se_x000D_
 evitar que se jogue lixo no solo e nas plantas.</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4988/ccf01072025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4988/ccf01072025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de emendar a lei municipal nº 1.643, de 26 de maio de 1.993, aumentando_x000D_
 o valor da “BOLSA DE ESTUDO", concedida aos funcionários municipais que cursam_x000D_
 escola de nível superior dos atuais 30% para 50%, como forma de incentivar ainda mais o_x000D_
 aprendizado, melhorando a qualidade dos serviços públicos e o bom atendimento a_x000D_
 população.</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4987/ccf01072025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4987/ccf01072025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar construir uma barreira para contenção das águas pluviais que escoam de uma propriedade rural para a rua Lourenço Neto de Almeida Prado, no loteamento "Jardim Bica de Pedra”, pois por ocasião das últimas chuvas uma residência, altura do número 164, foi invadida pela lama, que também destruiu uma horta localizada no terreno vizinho.</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4978/ccf01072025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4978/ccf01072025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de reparos na ponte localizada na rua Luiz Rocchi, esquina com a rua_x000D_
 Lourenço Netto de Almeida Prado.</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>Antonio Guarnieri Sobrinho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4986/ccf01072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4986/ccf01072025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de construir uma pista em forma de U para a prática esportiva do skate, sendo este mais um incentivo para o esporte.</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4985/ccf01072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4985/ccf01072025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de mandar ver o problema do empossamento das água pluviais na Avenida_x000D_
 Antônio Fachim.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4984/ccf01072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4984/ccf01072025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de mandar colocar piçarra em determinados trechos de nossas estradas_x000D_
 vicinais, pois com o decorrer das chuvas as mesmas estão praticamente intransitáveis,_x000D_
 prejudicando o escoamento da produção agrícola e o transporte de alunos.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4983/ccf01072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4983/ccf01072025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências quanto a instalação de braços de iluminação pública na rua Ângelo Crozera, localizada no residencial “Jardim Maria Rosária".</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4982/ccf01072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4982/ccf01072025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar fazer uma triagem junto aos funcionários públicos_x000D_
 municipais para saber se desejam receber seus pagamentos através da agência BanespaSantander ou Nossa Caixa Nosso Banco.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, José Antonio Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4965/ccf01072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4965/ccf01072025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de conceder uma reajuste na ordem de 20% nos vencimentos e proventos dos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4964/ccf01072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4964/ccf01072025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine colocação das redes de proteção no Ginásio de Esportes “Antônio Fadini", com objetivo de se evitar acidentes com bolas na assistência.</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4963/ccf01072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4963/ccf01072025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar fiscalizar os vendedores ambulantes que_x000D_
 comercializam em nossa cidade, muitas vezes fora do horário, com uso de alto falantes,_x000D_
 extrapolando até o horário das 22:00 horas.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4962/ccf01072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4962/ccf01072025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de mandar substituir os braços de iluminação pública da rua Luiz_x000D_
 Teixeira, por braços longos com mais luminosidade e, aproveite os braços lá_x000D_
 existentes para um local de menor movimento, que não necessita de bastante_x000D_
 claridade.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4961/ccf01072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4961/ccf01072025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de trazer ou criar o Banco do Povo em Itapuí.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4960/ccf01072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4960/ccf01072025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização dos serviços de tapa buracos na rua Luiz Rocchi, localizada no loteamento "Jardim Bica de Pedra".</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4959/ccf01072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4959/ccf01072025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar o setor competente da Prefeitura realizar as obras necessárias para se eliminar o empossamento de água verificado na esquina das rua Santo Antonio com Cândido Ferreira Dias.</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4958/ccf01072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4958/ccf01072025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades junto ao setor de trânsito do município, em transformar a rua 13 de Maio em mão única de direção.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4957/ccf01072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4957/ccf01072025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de construir uma pista de skate no Centro de Lazer do Trabalhador "Cyro  _x000D_
 Maciel Portieri”.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4955/ccf01072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4955/ccf01072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar tampar os buracos existentes no leito viário na esquina das ruas Santo Antônio com Primo Spirandelli.</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4956/ccf01072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4956/ccf01072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a melhorar a qualidade da iluminação pública e instalar braços_x000D_
 de iluminação onde não houver o benefício no núcleo habitacional "Irmãos Franceschi"e_x000D_
 residencial “Jardim Maria Rosária”.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4954/ccf01072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4954/ccf01072025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Sr. Prefeito Municipal no sentido de que determine a realização_x000D_
 de pintura de faixa de pedestre no leito viário da rua em frente ao Colégio Santo Antônio.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4953/ccf01072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4953/ccf01072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude junto ao_x000D_
 setor de trânsito do município, a verificação das placas de sinalização de trânsito das ruas_x000D_
 da cidade, pois muitas não existem, encontram-se escondidas pelas copas das árvores ou_x000D_
 foram arrancadas e/ou danificadas.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5023/ccf03072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5023/ccf03072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências  que tange a adquirir equipamentos de trabalho para os funcionários municipal que trabalham na coleta de lixo, como luvas de couro, luvas de borracha e capas de chuva.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5030/ccf03072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5030/ccf03072025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que adquira uniformes_x000D_
 para os funcionários municipais, por setores de atuação.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5057/ccf03072025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5057/ccf03072025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar tampar os buracos existentes no leito viário da rua Ângelo Caetano Gonçalves, pois a rua esta intransitável, até o caminhão da coleta de lixo sofre para percorrer tal rua para realização da limpeza pública.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5056/ccf03072025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5056/ccf03072025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de fazer uma reforma geral no Velório Municipal.</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5055/ccf03072025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5055/ccf03072025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar reformar a sala da Secretaria do Cemitério Municipal.</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5054/ccf03072025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5054/ccf03072025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de limpeza no terreno baldio localizado na rua Luiz Rocchi, próximo ao número 260.</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5053/ccf03072025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5053/ccf03072025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades  de mandar  colocar areia no mini campo de futebol localizado no_x000D_
 loteamento Balneário Mar Azul II, e mandar construir uma mureta de proteção em "L" para que as águas pluviais não levem a areia.</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5052/ccf03072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5052/ccf03072025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine realização dos serviços de carpa do mato localizado em locais do núcleo habitacional "Irmãos Franceschi", principalmente nas margens do córrego Bica de Pedra.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5048/ccf03072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5048/ccf03072025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de canalizar o córrego Bica de Pedra, na área que margeia a área urbana da cidade.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5049/ccf03072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5049/ccf03072025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que entre em contato com o setor de trânsito do município, objetivando a realização de estudos para que a rua Primo Spirandelli,  localizada no núcleo habitacional “Irmãos Franceschi", siga  a mesma sequencia   da rua Santo Antônio, em relação a mão de direção, ou seja mão única, pelo fato  dos veículos trafegarem em alta velocidade naquela rua, aproveitando o declive.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5050/ccf03072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5050/ccf03072025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de levar o beneficio da iluminação pública na rua José Antônio, no setor onde estão construídas as unidades habitacionais do núcleo “Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5051/ccf03072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5051/ccf03072025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de ver junto ao setor de trânsito do município, a possibilidade de proibir a passagem de caminhões pesados, com cargas perigosas e que transportam materiais com fortes odores, que trafegarem pela nossa praça central.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5042/ccf03072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5042/ccf03072025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a mandar consertar a ponte localizada na rua Elízio Valentin na_x000D_
 vila São Sebastião, pois o risco de acidentes e grande.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5041/ccf03072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5041/ccf03072025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de reparos na fonte luminosa de nossa praça central, para que volte a funcionar_x000D_
 com todas as suas qualidades.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5040/ccf03072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5040/ccf03072025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades junto com sua equipe de governo responsável pela realização de eventos,_x000D_
 para que promova um campeonato municipal de truco no Centro de Lazer do Trabalhador_x000D_
 "Cyro Maciel Portieri".</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5039/ccf03072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5039/ccf03072025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a acertar as valetas profundas nas esquinas do leito viário das_x000D_
 ruas de nossa cidade, principalmente no núcleo habitacional "Irmãos Franceschi", cujas_x000D_
 valetas são tão profundas que as ruas parecem ter sido projetadas para o tráfego de_x000D_
 máquinas agrícolas.</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5152/ccf08072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5152/ccf08072025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande construir_x000D_
 pontos de embarque e desembarque de estudantes, com cobertura, nos seguintes locais:</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5153/ccf08072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5153/ccf08072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine_x000D_
 realização dos serviços de poda das árvores das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5154/ccf08072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5154/ccf08072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande fazer uma_x000D_
 limpeza geral e pintura no jardim municipal, inclusive com o conserto de algumas peças_x000D_
 que se encontram quebradas.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5155/ccf08072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5155/ccf08072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que substitua os_x000D_
 quiosques localizados na área de nossa praia e instale os lá existentes no pátio da Escola_x000D_
 "Tia Marucha".</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Antonio Guarnieri Sobrinho, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5172/ccf08072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5172/ccf08072025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas_x000D_
 providências no que tange a substituir os braços de iluminação pública da rua 7 de_x000D_
 Setembro, pois a rua esta bastante escura e os furtos e vandalismo estão ocorrendo no_x000D_
 local.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5171/ccf08072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5171/ccf08072025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que  tange a mandar fazer os serviços de tapa buracos no leito viário da estrada vicinal "Angelo Poli".</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5170/ccf08072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5170/ccf08072025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as_x000D_
 possibilidades de colocar um alambrado de proteção no Ginásio de Esportes "Antônio_x000D_
 Fadini", para a proteção da torcida nas arquibancadas.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5169/ccf08072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5169/ccf08072025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande construir_x000D_
 uma fossa séptica para capitação na Escola Rural “Deolinda Martins Galvão”, no bairro do Campinho, pois o esgoto corre a céu aberto.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5168/ccf08072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5168/ccf08072025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande tampar um_x000D_
 buraco de grandes dimensões localizado no leito viário da rua José de Andrade.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5167/ccf08072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5167/ccf08072025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine o_x000D_
 recolhimento de entulhos depositados nas ruas do loteamento “Balneário Mar Azul", pois_x000D_
 os proprietários e moradores do local pagam seus impostos e merecem o devido_x000D_
 atendimento.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5166/ccf08072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5166/ccf08072025_0014.pdf</t>
   </si>
   <si>
     <t>INDICAMOS ao Excelentíssimo Senhor Prefeito Municipal que, nos_x000D_
 termos do artigo 15, § 8º, da Lei Federal nº 8.666/93, de 21 de junho de 1.993, constitua_x000D_
 Comissões Especiais e Setorizadas nas áreas de saúde, médico-hospitalar, odontológica e_x000D_
 materiais de construção, formadas por, no mínimo, 03 (três) Servidores da área fim.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5198/ccf08072025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5198/ccf08072025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de encaminhar projeto de lei à Câmara Municipal, concedendo desconto nos juros e multas dos contribuintes que estão em débito com a Prefeitura, para poderem estar saldando suas dívidas.</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5197/ccf08072025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5197/ccf08072025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de mandar instalar dois braços de iluminação noturna nas esquinas da rua José Carlos Bráz com a Avenida Paes de Barros, pois o local é bastante escuro.</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5196/ccf08072025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5196/ccf08072025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a recuperação da rua Manoel Rodrigues Martins, pois o leito viário da mesma se encontra danificado, bem como indico a capinação das margens da mesma.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5195/ccf08072025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5195/ccf08072025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, solicitando para que mande capinar o mato existente  nas proximidades da rua 11 de Setembro com a ponte que dá início a estrada vicinal “Ângelo Poli", pois o mato esta escondendo as placas de trânsito.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5194/ccf08072025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5194/ccf08072025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal o seguinte:_x000D_
 - mandar pintar os obstáculos redutores de velocidade existentes no município:_x000D_
 - mandar pintar em especial os obstáculos redutores de velocidade_x000D_
 localizados no início da estrada vicinal “Ângelo Poli";_x000D_
 - mandar consertar a proteção lateral da ponte do final da rua 11 de Setembro, acesso a estrada vicinal “Ângelo Poli";_x000D_
 escoamento:_x000D_
 - limpeza dos bueiros da cidade, pois muitos estão obstruindo o devido escoamento;_x000D_
  - instalação de mais lixeiras no jardim público municipal cental; _x000D_
 -  elevação do nível do reservatório de água do núcleo habitacional “Irmãos Franceschi", pois o povo pede providências desde a campanha eleitoral e, todos os candidatos que lá obtiveram votos isso a eles prometeram e precisam cumprir;</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5193/ccf08072025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5193/ccf08072025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine seja tampado um buraco que fica na esquina da Avenida Brasil com a rua das Quaresmeiras, que dá acesso ao loteamento “Jardim Primavera”.</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5192/ccf08072025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5192/ccf08072025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 instalação de iluminação pública na rua Padre Manoel da Costa Gomes, no loteamento_x000D_
 Jardim Bica de Pedra em Itapuí.</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Gilson Sebastião, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5182/ccf08072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5182/ccf08072025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande instalar_x000D_
 braços de iluminação pública no residencial "Maria Rosária" e no núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5181/ccf08072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5181/ccf08072025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a_x000D_
 realização de limpeza nos bueiros de nossa cidade, bem como das galerias de captação de água, colocando tampa nas que estiverem abertas.</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5177/ccf08072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5177/ccf08072025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine ao_x000D_
 Diretor de Obras do Município e ao setor de Engenharia para que façam uma verificação_x000D_
 na esquina da Avenida Antônio Fachim com a Travessa 21 de Abril, para corrigir o_x000D_
 nivelamento do leito viário a fim de terminar com o empossamento de água verificado no_x000D_
 local.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5176/ccf08072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5176/ccf08072025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine seja tampado um buraco de grandes proporções existente na esquina das ruas 13 de Maio com Campos Sales.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5175/ccf08072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5175/ccf08072025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que tome as devidas providências no que tange a mandar tampar um buraco de grandes dimensões na esquina das ruas XV de Novembro com Campos Sales.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5174/ccf08072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5174/ccf08072025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que estude as possibilidades de conceder um reajuste na ordem de 10% (dez por cento), para os funcionários contratados pela APM (Associação de Pais e Mestres).</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5059/ccf03072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5059/ccf03072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande tampar um_x000D_
 buraco existente na rua 13 de Maio.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5060/ccf03072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5060/ccf03072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, solicitando as devidas que tange a atender a um pedido da Diretoria dos jogos de malhas, do Centro de Lazer do Trabalhador e mande arrumar o campo.</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5061/ccf03072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5061/ccf03072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine a realização de limpeza nas margens dos córregos da cidade.</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5062/ccf03072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5062/ccf03072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande instalar as placas de sinalização de trânsito na Avenida Antônio Fachim.</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5063/ccf03072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5063/ccf03072025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande reparar ponte da rua Elísio Valentin, bem como a localizada na rua José Gerônimo Videira.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5064/ccf03072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5064/ccf03072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que mande tampar um_x000D_
 buraco existente na rua José de Andrade, esquina com a rua José da silva Fonseca, bem como o buraco localizado na rua Gabriel Soto.</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5114/ccf07072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5114/ccf07072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal no sentido de que determine ao setor_x000D_
 competente desta Prefeitura, que proceda o conserto do alambrado da quadra esportiva_x000D_
 localizada no núcleo habitacional “Padre Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5113/ccf07072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5113/ccf07072025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no_x000D_
 sentido de instalar braços de iluminação pública na pracinha localizada no final da rua_x000D_
 XV de Novembro.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5115/ccf07072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5115/ccf07072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no que tange mandar arrumar o mais urgente possível o leito viário da Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5118/ccf07072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5118/ccf07072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que junto com o Setor de Agricultura, Abastecimento e Meio Ambiente, proceda o plantio de arvores nas laterais das estradas vicinais que dão acesso a nossa cidade.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5117/ccf07072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5117/ccf07072025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no_x000D_
 sentido de consertar a calçada das ruas Luiz Teixeira e Santo Antonio, nas proximidades_x000D_
 da ponte que dá acesso ao núcleo habitacional “Irmãos Franceschi".</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5116/ccf07072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5116/ccf07072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no_x000D_
 que tange proceder a instalação de aproximadamente 21 braços de iluminação pública na_x000D_
 rua Padre Manoel da Costa Gomes, localizado no Jardim Bica de Pedra.</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5119/ccf07072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5119/ccf07072025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no sentido de instalar braços de iluminação pública no final da rua Santo Antonio, nas habitacional “Padre Arlindo José Zanotto”, uma vez que este é o caminho percorrido pelos moradores daquele bairro e que correm risco de sofrer algum tipo de violência devido a escuridão.</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5121/ccf07072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5121/ccf07072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no sentido de destinar funcionários para varrer as ruas dos bairros de nossa cidade, pelo menos uma vez por semana.</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5120/ccf07072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5120/ccf07072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no_x000D_
 sentido de terminar o asfalto da rua que dá continuidade a rua Santo Antonio, nas_x000D_
 proximidades da chácara do Manolo.</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5122/ccf07072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5122/ccf07072025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no que tange mandar abrandar a valeta da rua 7 de setembro, esquina com a Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5136/ccf07072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5136/ccf07072025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no sentido de realizar uma reforma no velório municipal, uma vez que diversas pessoas tem se queixado da higiene, limpeza e pintura nas instalações desse prédio. Assim sendo solicito que seja tomadas as providências necessárias para sanar o problema.</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5137/ccf07072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5137/ccf07072025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que encaminhe o Projeto de Lei a esta Casa, concedendo, no dia do aniversário do servidor, descanso sem qualquer prejuízo nos seus vencimentos.</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5138/ccf07072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5138/ccf07072025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal providências no sentido de realizar a pintura dos obstáculos e das faixas de sinalização das ruas de nossa cidade, uma vez que esta Prefeitura já havia iniciado este serviço, e parou de executa-lo não terminando as obras.</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5139/ccf07072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5139/ccf07072025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal providências no_x000D_
 sentido de resolver esses problemas, recapeando, sinalizando e procedendo a_x000D_
 limpeza do acostamento dessa estrada tão importante para nossa cidade.</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5140/ccf07072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5140/ccf07072025_0028.pdf</t>
   </si>
   <si>
     <t>Entre as principais ruas de nossa cidade estão as ruas 13 de maio e XV de novembro, localizadas no centro da cidade, possuem um grande número de_x000D_
 lojas e uma circulação intensa de veículos, isto posto, são constantes as reclamações em relação a proporção das valetas de ambas as ruas._x000D_
 Assim sendo, indico ao Senhor Prefeito Municipal que determine ao Setor Competente que tome as devidas providências no sentido de abrandar as_x000D_
 valetas das ruas acima citadas.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5096/ccf03072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5096/ccf03072025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de determinar a realização de limpeza nas margens dos córregos de nossa cidade, com a finalidade de reduzir o números de insetos e pernilongos que nesta época do ano tiram o sossego da população, bem como_x000D_
 diminuir o mau cheiro da água proveniente do esgoto depositado nestes córregos.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5095/ccf03072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5095/ccf03072025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de determinar a pintura dos obstáculos e das faixas de sinalização das ruas de nossa cidade, principalmente às existentes em frente as escolas, esclarecendo que esta é uma solicitação de pais de alunos que sabem da importância e da necessidade desse serviço.</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5094/ccf03072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5094/ccf03072025_0037.pdf</t>
   </si>
   <si>
     <t>Na esquina da rua José da Silva Fonseca com a rua José de da Padaria Bom Pão, existe um enorme buraco que há muito incomoda _x000D_
  os moradores daquele local. Isto posto, Indico ao Senhor Prefeito Municipal  providências no sentido de mandar tampar esse buraco, a fim de acabar_x000D_
  com o mau cheiro  e com proliferação de insetos em função da água empossada.</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5093/ccf03072025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5093/ccf03072025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, se digne determinar a_x000D_
 realização de serviços de tapa buraco no final da rua Santo Antonio e início da rua Primo Spirandelli, principal via de acesso ao Núcleo Habitacional "Irmãos Franceschi”.</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5092/ccf03072025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5092/ccf03072025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao setor_x000D_
 competente da Prefeitura a realização do conserto do leito viário da Avenida_x000D_
 Comendador José Maria de Almeida Prado, mais exatamente estamos solicitando que seja feito o alinhamento dos bloquetes que formam a referida avenida.</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5091/ccf03072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5091/ccf03072025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, no sentido de mandar construir uma quadra de areia no bairro “Jardim Maria Rosária”, com o intuito de proporcionar aos moradores um pouco de lazer aos fins de tarde e finais de tarde e finais de semana.</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5109/ccf03072025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5109/ccf03072025_0053.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, no sentido de determinar ao Departamento de Vigilância Sanitária que tome as devidas providências em_x000D_
 relação a invasão de carrapatos que está ocorrendo no Bairro Jardim Bica de Pedra. Sugiro ainda que, se não for possível a dedetização deste bairro, que o município forneça aos moradores material para o combate dessa praga.</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5110/ccf03072025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5110/ccf03072025_0054.pdf</t>
   </si>
   <si>
     <t>instalação_x000D_
 Indico ao Senhor Prefeito Municipal, no sentido de determinar a_x000D_
  de placas que indique o nome das ruas em todos os bairros de nossa cidade,_x000D_
 para chegar_x000D_
  a fim de facilitar o acesso aos visitantes que encontram certa dificuldade</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5097/ccf03072025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5097/ccf03072025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, no sentido de determinar a_x000D_
 instalação de placas de sinalização no final da rua Luiz Teixeira, próximo ao Asilo_x000D_
 São Vicente de Paulo, atendendo as reivindicações dos moradores daquela rua.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5100/ccf03072025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5100/ccf03072025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de mandar construir uma Praça no bairro “Padre Arlindo José Zanotto"</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5099/ccf03072025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5099/ccf03072025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a instalação de braços de iluminação pública no final da rua XV de novembro, esquina com a_x000D_
 Avenida Comandante João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5226/ccf10072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5226/ccf10072025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que mande cortar as_x000D_
 primaveras existentes no canteiro central da Avenida do Porto. Claro que essas_x000D_
 plantas enfeitam e embelezam a Avenida, o problema é que a medida que elas vão_x000D_
 crescendo, os galhos se abrem ocupando parte da rua atrapalhando o tráfego e a_x000D_
 visibilidade. Requeiro, ainda que seja transferido os braços de iluminação pública_x000D_
 para o canteiro a que nos referimos, para que ilumine os dois lados da Avenida,_x000D_
 isto por que durante à noite os pedestres andam pela rua, e para os motoristas fica_x000D_
 difícil de enxerga-los.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5230/ccf10072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5230/ccf10072025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de conceder desconto na conta de água dos proprietários de imóveis dos bairros_x000D_
 Mar Azul II, Irmãos Franceschi e Maria Rosária, onde o fornecimento é_x000D_
 freqüentemente cortado em razão da falta d'água.</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5229/ccf10072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5229/ccf10072025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de celebrar convênio entre os funcionários e estabelecimentos comerciais de nossa cidade, como por exemplo: farmácia, supermercado, lojas, cabeleleiros, considerando que assim facilitaria a compra e garantiria a venda.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5228/ccf10072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5228/ccf10072025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providência no mandar construir uma cerca envolta da caixa d'água do Distrito Industrial, próximo à Danceteria Flash, com a finalidade de evitar atos de vandalismo durante as noites que são realizados eventos nesta danceteria.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5227/ccf10072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5227/ccf10072025_0027.pdf</t>
   </si>
   <si>
     <t>Da mesma forma que precisamos do desenvolvimento, de boa qualidade de vida, em razão disso tornou-se necessária a preocupação com o meio ambiente,  sendo assim a preservação é a principal arma que possuímos nessa luta. Diante do exposto, indico ao Senhor Prefeito Municipal, que proceda a limpeza dos córregos de nossa cidade, principalmente do córrego Bica de Pedra, o mais atingido   pelo progresso das industrias, dando maior atenção ao trecho próximo ao núcleo habitacional “Irmãos Franceschi".</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5224/ccf10072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5224/ccf10072025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido de_x000D_
 mandar  tampar todos os buracos existentes nas ruas do núcleo habitacional_x000D_
 "Irmãos  Franceschi”, considerando  que os buracos estão aumentando de tal forma que muito rapidamente não existirão mais asfalto nas ruas.</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5209/ccf10072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5209/ccf10072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades _x000D_
 para apreciação legislativa um projeto de lei que disponha sobre normas_x000D_
 de construção de logradouros, edificios de uso público e estabelecimentos comerciais, a_x000D_
 fim de garantir acesso adequado às pessoas portadoras de deficiência, garantidos pela Constituição Federal e pela Lei 7.853/89 de apoio às pessoas portadoras de deficiência.</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5208/ccf10072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5208/ccf10072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de conceder ao funcionário municipal uma gratificação àquele que não_x000D_
 tiver nenhuma falta durante o ano, excluindo aquele que tiver advertências ou_x000D_
 notificações, uma gratificação como por exemplo o 14º salário.</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5225/ccf10072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5225/ccf10072025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido de mandar tampar o buracos existente no inicio da Avenida do Porto, considerando que está pintando e arrumando  as ruas do centro da cidade mesmo com a crise em que se encontra a Prefeitura em razão dos precatórios.</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5212/ccf10072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5212/ccf10072025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido de mandar limpar e jogar cascalho ruas do Balneário Mar Azul II para amenizar o barro decorrente das chuvas nesta época.</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5211/ccf10072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5211/ccf10072025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido de_x000D_
 mandar limpar e tampar o bueiro da rua Angelo Caetano Gonçalves, na altura do número_x000D_
 135, a fim de evitar acidentes com as crianças que brincam nesta rua.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5210/ccf10072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5210/ccf10072025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades_x000D_
 de que a cesta básica dos funcionários sejam entregue na casa de cada um,. isto por que a_x000D_
 maioria dos funcionários não tem carro para busca-las na Prefeitura.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5001/ccf01072025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5001/ccf01072025_0055.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando cópia da licitação e do Convênio referente aos R$ 40.000,00, vindos do Governo do Estado para obras de ampliação da sede do Clube da Terceira Idade de Itapuí.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5018/ccf03072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5018/ccf03072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Gerente da AES Tietê_x000D_
 S/A, localizada na rodovia Bariri - Boracéia, km 12, CEР 17250-000, solicitando_x000D_
 informações sobre o custo mês ou anual, da balsa que faz a travessia Itapuí - Boracéia e_x000D_
 vice-versa, solicitando ainda a possibilidade de se estar colocando em operação uma_x000D_
 segunda balsa, para atender a grande demanda de veículos.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5019/ccf03072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5019/ccf03072025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao excelentíssimo senhor Doutor João Jorge Marques de Oliveira, digníssimo Promotor de Justiça e de proteção de proteção Ambiental da Comarca de Jaú, solicitando as providências cabíveis, sobre a_x000D_
 provável pesca irregular realizada no mês de janeiro de 2005, quando foram feitas algumas diligencias, onde foi constatado ocupação de APP (Área de Preservação Permanente), transporte irregular de pescado, provável uso de embarcações е_x000D_
 equipamentos em desacordo com a lei.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, José Antonio Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5020/ccf03072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5020/ccf03072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da Empresa Auto Ônibus Macacari Ltda., solicitando para que as linhas de ônibus que venham de Jaú com destino a Itapuí, realizem as seguintes paradas, antes de chegar ao terminal rodoviário:</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4947/ccf01072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4947/ccf01072025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando informações de como ficarão a situação dos mutuários do núcleo_x000D_
 habitacional "Cônego Arlindo José Zanotto”, cujas casas foram construídas na área que_x000D_
 esta sob litígio judicial, integrando o precatório que originou perigo de intervenção e uma_x000D_
 enorme dívida. Pergunta-se, após a quitação das moradias os mutuários terão titulo_x000D_
 definitivo de propriedade, ou seja direito a escritura?.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4981/ccf01072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4981/ccf01072025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja encaminhado ao Senhor Prefeito e_x000D_
 Diretor de Saúde do Município, cópia do aviso circular n° 013/GM, datado de_x000D_
 28/10/2004, documento subscrito pelo Senhor Humberto Costa, digníssimo Ministro de_x000D_
 Estado da Saúde, alertando que demissões com conotação política comprovada, poderão_x000D_
 gerar suspensão dos repasses financeiros dos programas citados no aviso anexo.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4980/ccf01072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4980/ccf01072025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados o Senhor Prefeito_x000D_
 Municipal e o Presidente da Cohab (Companhia de Habitações de Bauru), solicitando о_x000D_
 encaminhamento a esta Casa de Leis dos mapas e memoriais descritivos que originaram a_x000D_
 construção das casas do núcleo habitacional "Irmãos Franceschi”, apontando as áreas_x000D_
 institucionais e verdes do loteamento.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4979/ccf01072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4979/ccf01072025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados o Senhor Prefeito_x000D_
 Municipal e o Diretor Presidente da CDHU (Companhia de Desenvolvimento_x000D_
 Habitacional e Urbano), solicitando o encaminhamento a esta Casa de Leis dos mapas e_x000D_
 memoriais descritivos que originaram a construção das casas do núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto", apontando as áreas institucionais e verdes do_x000D_
 loteamento.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4977/ccf01072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4977/ccf01072025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, sejam oficiados o Senhor Prefeito_x000D_
 Municipal e o proprietário do loteamento “Balneário Mar Azul, solicitando os mapas e_x000D_
 memoriais descritivos que originaram a instalação do loteamento, com a indicação das_x000D_
 áreas institucionais e verdes referentes ao mesmo.</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4976/ccf01072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4976/ccf01072025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa, sejam oficiados o Senhor Prefeito Municipal e a proprietária do loteamento de parte da fazenda Vale do Arouca, divisando_x000D_
 com o núcleo habitacional “Irmãos Franceschi”, solicitando os mapas e memoriais_x000D_
 descritivos que originaram a instalação do loteamento, com a indicação das áreas institucionais e verdes referentes ao mesmo.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4975/ccf01072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4975/ccf01072025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, encaminhando cópia da Certidão expedida pelo 4° Ofiício de Justiça da_x000D_
 Comarca de Jaú, informando que os autos do Inquérito Policial nº 42/2004, que tramitou_x000D_
 pela Delegacia Seccional de Jaú, em conclusão a CEI instaurada nesta Casa de Leis para_x000D_
 apurar possíveis irregularidades nas contras do exercício de 2.002, da entidade_x000D_
 filantrópica APAE Renascer de Itapuí, foram encaminhados para o arquivamento pois na_x000D_
 conclusão não se apurou nenhuma irregularidade nas contas da entidade.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4952/ccf01072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4952/ccf01072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre o andamento do processo administrativo instaurado na Prefeitura Municipal, para apurar possíveis irregularidades cometidas pela funcionária pública municipal, ocupante do cargo de Assistente Social, Michelli Karen de Brunis Ferreira.</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4951/ccf01072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4951/ccf01072025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Excelentíssimo Senhor Doutor_x000D_
 Juíz de Direito da 4ª Vara da Comarca de Jaú, solicitando se digne informar a esta Casa_x000D_
 sobre o andamento do processo crime que tramita referente ao possível crime de peculato_x000D_
 cometido pela Assistente Social do município, a funcionária Michelle Karen de Brunis_x000D_
 Ferreira.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
     <t>Gilson Sebastião, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4950/ccf01072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4950/ccf01072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeremos, ouvida a Casa, seja oficiado ao Senhor Superintendente_x000D_
 Regional da Telefônica de Bauru, rua Araujo Leite, 19 - 70, 2º andar, CEP 17015-341,_x000D_
 solicitando a instalação de um telefone comunitário na sede nautica da Associação_x000D_
 Atlética Itapuí, localizada na Avenida Brasil.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4949/ccf01072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4949/ccf01072025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis do mapa do Distrito Industrial, com a_x000D_
 indicação das áreas ocupadas, o nome dos cessionários, as áreas construídas e as_x000D_
 atividades desenvolvidas no que tange a industrialização.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/6463/req_2005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/6463/req_2005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Excelentíssimo Senhor_x000D_
 Deputado Arnaldo Jardim solicitando vossos valiosos préstimos no que tange a viabilizar_x000D_
 os meios necessários junto ao setor de Governo competente, a fim de que proceder_x000D_
 reformas no telhado do Ginásio de Esportes, localizado no terreno da “Escola Estadual_x000D_
 Senador Vicente Prado”.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5022/ccf03072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5022/ccf03072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Excelentíssimo  Senhor Deputado Vitor Sapienza, solicitando  vossos valiosos préstimos no que tange a viabilizar os meios necessários  a fim de conseguir junto ao Governo de Estado, através da Secretaria competente, a realização de recape na estrada vicinal “Ângelo Poli” e, via de acesso "Prefeito Alberto Masso"</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5024/ccf03072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5024/ccf03072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Gestor Social solicitando o encaminhamento a esta Casa de Leis da relação  das pessoas beneficiadas com o Programa Bolsa Família em nosso município, com os nomes e endereços de todos.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5025/ccf03072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5025/ccf03072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis de todo o processo licitatório_x000D_
 envolvendo a compra das cestas básicas de alimentos destinadas aos funcionários_x000D_
 públicos municipais, para ciência da qualidade e procedência dos produtos nelas contidos.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5026/ccf03072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5026/ccf03072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre a data provável que pretende realizar a poda das árvores das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5047/ccf03072025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5047/ccf03072025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações do porque cortou o adicional de insalubridade aos funcionários_x000D_
 municipais que trabalham com máquina de cortar grama.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5046/ccf03072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5046/ccf03072025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da Empresa Auto Ônibus_x000D_
 Reunidas, solicitando a colocação de mais um horário de ônibus de Itapuí para Bauru,_x000D_
 principalmente nos finais de semana, dado ao contingente de pessoas que necessitam_x000D_
 deste meio de transporte para locomoção até aquela cidade.</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5038/ccf03072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5038/ccf03072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando o encaminhamento a esta Casa de Leis de cópia dos contratos_x000D_
 firmado entre a Prefeitura e as empresas que prestam serviços de transporte escolar para Jaú e Bauru, bem como os seus aditamentos.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5037/ccf03072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5037/ccf03072025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando o encaminhamento a esta Casa de Leis das cópias dos contratos_x000D_
 firmados entre a Prefeitura e os profissionais que prestam serviços de fisioterapia que prestam serviços aos munícipes.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5036/ccf03072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5036/ccf03072025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando seja encaminhado a esta Casa de Leis ,para afixação no mural de exposições da Câmara, cópia de todos os Editais, de licitações  e concursos promovidos pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5165/ccf08072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5165/ccf08072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa a apresentação pela Mesa da Câmara de_x000D_
 um Projeto de Decreto Legislativo, outorgando o título de Cidadão Itapuiense ao_x000D_
 Governador do Estado Dr. Geraldo José Rodrigues Alckmin Filho, pelos relevantes_x000D_
 trabalhos realizados em prol de nossa comunidade.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5164/ccf08072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5164/ccf08072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando explicações sobre o empenho 703 da Prefeitura Municipal de Itapuí, referente_x000D_
 ao pagamento de R$ 5.000,00 (cinco mil reais) a Rede Record de Televisão, quais os_x000D_
 benefícios desta negociação para o município de Itapuí?.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5163/ccf08072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5163/ccf08072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre o regime de adiantamento adotado pela Prefeitura_x000D_
 Municipal de Itapuí. O mesmo funciona sob a égide da lei municipal 1.831, de 24 de_x000D_
 junho de 1.996, ou se outro ordenamento jurídico norteia o regime?.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5162/ccf08072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5162/ccf08072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Superintendente_x000D_
 Regional da Telefônica de Bauru, rua Araujo Leite 19-70, 2º andar CEP 17015-341,_x000D_
 solicitando a instalação de um telefone público no km 2.5, da estrada municipal que liga_x000D_
 Itapuí ao bairro Baririzinho.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5161/ccf08072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5161/ccf08072025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da AES Tietê S/A,_x000D_
 solicitando informações sobre o porquê da balsa que faz a travessia Itapuí Boracéia e_x000D_
 vice-versa, sobre o rito Tietê na realizar os translados normais durante a madrugada.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5160/ccf08072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5160/ccf08072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Promotor de Justiça da_x000D_
 4ª Vara da Comarca de Jaú, Dr. Jorge João Marques de Oliveira, solicitando as_x000D_
 providências devidas para resolver o problema dos mutuários do núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto”, pois conforme documento anexo, vemos que por serem_x000D_
 construídas em área desapropriada e sob litígio judicial, as unidades habitacionais não_x000D_
 terão escrituras, mesmo após a sua quitação.</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5077/ccf03072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5077/ccf03072025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Superintendente Regional da_x000D_
 Tlefônica de Bauru, sito a rua Araujo Leite, 19-70 - 2º andar CEP: 17015-341, Bauru S/P,_x000D_
 solicitando se digne determinar a um agente da telefônica especializado em telefones_x000D_
 públicos para que possa visitar nossa cidade e realizar uma reunião com os Senhores_x000D_
 Vereadores, a fim de se encontrar juntos uma solução para os problemas.</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5078/ccf03072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5078/ccf03072025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre o total de cargos de confiança  existentes na Prefeitura Municipal de Itapuí,  quantos estão preenchidos e a referência a que pertence cada um.</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5079/ccf03072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5079/ccf03072025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando informações sobre os critérios utilizados no sistema de adiantamentos feitos_x000D_
 pela Prefeitura.</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5080/ccf03072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5080/ccf03072025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal,_x000D_
 solicitando o encaminhamento a esta Casa de Leis, da relação dos cargos de confiança_x000D_
 existentes, pois alguns foram extintos outros criados e não se sabe ao certo quantos são.</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5081/ccf03072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5081/ccf03072025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando o encaminhamento a esta Casa de Leis dos nomes e especialidade_x000D_
 dos médicos contratados pela Prefeitura.</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5082/ccf03072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5082/ccf03072025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quais as providências que esta tomando em relação ao_x000D_
 fornecimento de água e a construção de esgotos no loteamento “Balneário Mar Azul".</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5083/ccf03072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5083/ccf03072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando cópia  das Notas Fiscais (faturas de pagamentos) referente ao pagamento dos serviços de fisioterapia,  ao Senhor Marcos Augusto Catharini, a Senhora Andréia Conceição S. Catharini  e Ana Carla Fantin, bem como cópia dos respectivos atos licitatórios de autorização  para tal pagamento (contratos).</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5065/ccf03072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5065/ccf03072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando o encaminhamento a esta Casa de Leis de cópia do balancete analítico das receitas e despesas (pagas e empenhadas) a partir do mês de maio/2005, tendo em vista que a supressão do encaminhamento tem impedido a regular fiscalização dessa Casa de Leis quanto as receitas e despesas desta Prefeitura.</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5066/ccf03072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5066/ccf03072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiada a Diretoria da АРАE_x000D_
 Renascer de Itapuí, solicitando informações sobre o valor arrecadado com a venda dos_x000D_
 produtos doados pela Receita Federal, na loja provisória montada na rua XV de_x000D_
 Novembro.</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5067/ccf03072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5067/ccf03072025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, a Diretoria Municipal do Meio Ambiente e a Diretoria Municipal da Educação, para que em conjunto desenvolvam um plano de orientação na comunidade, visando que deixem de jogar lixo e entulhos nas margens de rios, córregos, estradas e rodovias do município, bem como para que a Prefeitura faça a limpeza desses locais.</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5068/ccf03072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5068/ccf03072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro,  ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre o seu posicionamento no que tange a mandar os proprietários que  margeiam  o córrego Robertão, para que retirem as cercas, no prazo de 15 dias, a fim de  que seja restabelecida a mata ciliar, como programa de recuperação ambiental.</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5069/ccf03072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5069/ccf03072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando informações  sobre o porquê alunos que frequentam cursos não existentes no município estão pagando pelo transporte coletivo, uma vez que é programa de governo desta administração, a gratuidade do transporte quando os cursos não existam no município.</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5070/ccf03072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5070/ccf03072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiada a Diretoria da AES Tietê S/A, solicitando seja marcado um dia para uma reunião com os Vereadores desta Casa,_x000D_
 para esclarecimentos sobre os problemas que estão ocorrendo na travessia das balsas que fazem a ligação Itapuí - Boracéia e vice-versa, pois estamos recebendo muitas reclamações de que os funcionários que operam as balsas não estão cumprindo com os horários, principalmente a noite e na madrugada, muitos usuários precisam retornar pois_x000D_
 não são atendidos, sem contar com o perigo de ficar num local ermo esperando durante longo tempo, sem segurança alguma.</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5123/ccf07072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5123/ccf07072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando informações sobre quando pretende realizar os serviços de tapa_x000D_
 buraco na estrada vicinal “Angelo Poli", uma vez que o último serviço de tapa buraco não_x000D_
 durou muito e a mesma encontra-se novamente em péssimas condições, colocando em_x000D_
 risco a vida de cidadãos itapuienses que trafegam diariamente por essa estrada.</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5124/ccf07072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5124/ccf07072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações do porquê ainda não atendeu as solicitações dos Vereadores, procedendo a instalação de braços de iluminação pública no Residencial "Jardim Maria Rosária” e solicito também informações sobre quais providências esta sendo tomadas em relação a falta d'agua no núcleo habitacional “Irmãos Franceschi".</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5125/ccf07072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5125/ccf07072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal e a Diretoria  de Saúde do município,  solicitando informações sobre a atual situação do Dr. Sixto Rony Martinez Ramos em relação a Prefeitura Municipal de Itapuí, ou seja se é funcionário da Prefeitura ou do Estado , se ainda está contratado pelo Programa Médico da Família,  e se o mesmo é plantonista no Pronto Socorra de nossa cidade.</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5126/ccf07072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5126/ccf07072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando informações se a Danceteria "Flash" esta devidamente_x000D_
 regulamentada, e principalmente se a mesma possui autorização do Corpo de Bombeiros_x000D_
 para funcionamento.</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5127/ccf07072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5127/ccf07072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia do Relatório de Gestão_x000D_
 Fiscal da Prefeitura Municipal até a presente data, considerando que na gestão anterior o_x000D_
 gasto com folha de pagamento dos funcionários municipais era de 38% das despesas.</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5089/ccf03072025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5089/ccf03072025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando informações do Diretor de Finanças do Município, Sr. Evandro_x000D_
 Miguel Azar, sobre quais foram os motivos que resultaram esse aumento.</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5088/ccf03072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5088/ccf03072025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa , seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre qual a forma legal de  contratação do veículo que presta serviço para Prefeitura , no transporte da merenda escolar que é produzida na Cozinha Piloto, considerando que o veículo em questão foi utilizado pelo Senhor Prefeito durante a campanha política na qual foi eleito, bem como  que envie a esta Casa de Leis cópia do referido contrato.</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5107/ccf03072025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5107/ccf03072025_0051.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Sergio Paiva, digníssimo Contador da Prefeitura Municipal de Itapuí, solicitando seja agendado uma data para que os Vereadores possam analisar o Balancete Analítico, considerando o artigo 14 da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5106/ccf03072025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5106/ccf03072025_0050.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Dr. Jorge João Marques de Oliveira, Digníssimo Promotor de Justiça da 4º Vara da Comarca  de Jaú, solicitando informações sobre  os processos que envolvem o ex-prefeito Antonio Cesar Simão, e о ех-vereador Carlos Adalberto Thomazella,  considerando  às várias condenações,  que apontam desvios de verbas públicas nas quais os munícipes itapuienses aguardam a devolução dos prejuízos,  tendo em vista  a crise que o país se encontra.</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5103/ccf03072025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5103/ccf03072025_0046.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Dr. Luiz Fernando Rosseto,  Digníssimo Promotor de Justiça da 4ª Vara  da Comarca de Jaú,  solicitando informações sobre o andamento do processo judicial que envolve os moradores do Bairro Mar Azul , no que se refere ao reajuste das parcelas dos terrenos  do bairro em questão, os quais eram atualizados conforme o aumento do salário mínimo vigente.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5102/ccf03072025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5102/ccf03072025_0045.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações se o  mesmo está cumprindo o que e odetermina a lei  municipal que  dispõe sobre  doação de caixas d' água aos moradores do bairro Mar Azul.</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5101/ccf03072025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5101/ccf03072025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe algum técnico  responsável pelos veículos da Prefeitura, em sendo afirmativa a resposta  solicitamos ainda que o mesmo emita um laudo sobre a real condição de uso das mesmas.</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5105/ccf03072025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5105/ccf03072025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações se para contratação do Senhor Adolfo Segundo Saggioro como Diretor de Obras do Município, cumpriu-se as exigências da Lei 1591 de 09 de abril de 1992, considerando que no anexo I desta lei o principal requisito para preenchimento deste cargo é que o contratado tenha conhecimentos específicos na área. Solicito ainda, informações sobre qual a formação escolar do funcionário em questão.</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5104/ccf03072025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5104/ccf03072025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Diretor e Obras do Município, Senhor Adolf  Segundo Saggioro, solicitando cópia  de toda documentação referente  a área localizada  na Avenida Brasil, entre a rua Jorge Chamas e a  Sede Naútica da Associação Atlética  como por exemplo título de propriedade,  comprovação de recolhimento de impostos, e demais documentos que se fizerem necessários.</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5214/ccf10072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5214/ccf10072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvido Douto Plenário, que seja oficiado ao Senhor Prefeito Municipal, convocando a presença do Diretor de Obras nesta Casa de Leis, para discorrer sobre assuntos gerais que envolvem sua secretaria, especialmente sobre limpeza pública, obras de drenagem, loteamentos, entre outros, tudo de conformidade com a Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5215/ccf10072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5215/ccf10072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvido Douto Plenário, que seja oficiado ao Senhor_x000D_
 Prefeito Municipal, com as seguintes indagações:_x000D_
 1º) Houve transferencia da Instituição Financeira através da qual a Prefeitura paga seus servidores?_x000D_
 2°) Em caso positivo, qual a vantagem auferida pela municipalidade? Inclusive os valores!_x000D_
 3°) Houve consulta formal junto aos servidores?_x000D_
 4°) Houve regular certame licitatório?_x000D_
 5°)- Quando (mês), que se iniciou o pagamento do funcionalismo através da nova_x000D_
 instituição financeira?</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5216/ccf10072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5216/ccf10072025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, que seja oficiado ao Senhor Prefeito_x000D_
 Municipal, solicitando as seguintes informações:_x000D_
 1°)- Quais foram os valores seqüestrados no início do ano em razão_x000D_
 2°)- De quais contas e agências foram sacado? dos precatórios?_x000D_
 3°)- Se verdade que os valores foram devolvidos aos cofres_x000D_
 públicos, que informe se voltaram para suas constas de origem, como por_x000D_
 exemplo o dinheiro que é depositado na conta vinculada com os_x000D_
 proprietários de terrenos do Distrito Industrial.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5217/ccf10072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5217/ccf10072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, que seja oficiado_x000D_
 ao Senhor Prefeito Municipal, solicitando cópia da relação de funcionários_x000D_
 que recebem o adicional de insalubridade, bem como os locais onde_x000D_
 trabalham e a porcentagem recebida por cada um. Solicita ainda um laudo_x000D_
 técnico das condições do ambiente de trabalho-LTCAT a que nos referimos.</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5206/ccf10072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5206/ccf10072025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja iniciado pela Mesa da Câmara, Projeto de Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Sargento da Polícia Militar, o Senhor Carlos Roberto Viana.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5213/ccf10072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5213/ccf10072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe algum funcionário responsável pela fiscalização dos bares e traillers de nossa cidade, conforme dispõe a Lei nº 2128/05. Requeiro ainda, seja encaminhado esta a  Casa de Leis cópia de todas as autuações realizadas durante o ano.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5204/ccf10072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5204/ccf10072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja iniciado pela Mesa da Câmara, Projeto de Decreto Legislativo outorgando Título de Filho Benemérito ao Dr. Antonio Carlos Piccino Filho, Delegado Seccional de Polícia de Jaú- SP, por ser filho de Itapuí e por sempre destacar-se na área jurídicа mostrando-se competente e apto a exercer esta função.</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5205/ccf10072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5205/ccf10072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal, convocando o Diretor de Finanças e o Diretor Adjunto, com respaudo no artigo 161 do Regimento Interno, para prestar esclarecimentos_x000D_
 aos Vereadores desta Casa sobre a atual situação financeira do município e_x000D_
 sobre os balancetes enviados à Câmara.</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5141/ccf07072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5141/ccf07072025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Diretor de Obras do_x000D_
 Município, solicitando informações sobre quais são as razões da obstrução_x000D_
 da rua Giusepe Tanganelli com montes de terra, ainda sim, seja qual for o_x000D_
 motivo, solicito que reveja a situação e determine a retirada da terra que está impedindo a passagem.</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5142/ccf07072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5142/ccf07072025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre quanto custou aos cofres_x000D_
 públicos a implantação do sistema de relógio de ponto na Prefeitura,_x000D_
 solicito também que informe se o mesmo está funcionando corretamente.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Gilson Sebastião, José Antonio Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5002/ccf01072025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5002/ccf01072025_0056.pdf</t>
   </si>
   <si>
     <t>regimentais, Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos o Senhor Prefeito Municipal para com e toda equipe organizadora do maravilhoso carnaval 2005, apresentado em nossa cidade.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5003/ccf01072025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5003/ccf01072025_0057.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
 regimentais, seja oficiado ao excelentíssimo senhor Doutor Geraldo Alckmin digníssimo_x000D_
 Governador do Estado de São Paulo, pela destinação de verbas para a Associação de Pais_x000D_
 e Amigos dos Excepcionais de Itapuí e para o setor de Saúde do município.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5004/ccf01072025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5004/ccf01072025_0058.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
 regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com_x000D_
 o Senhor Prefeito Municipal e pelos funcionários responsáveis pelo setor de compras da_x000D_
 Prefeitura pelo excelente trabalho realizado e pela sensível melhora na qualidade e_x000D_
 quantidade dos produtos apresentados na cesta básica dos servidores municipais.</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5005/ccf01072025_0059.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5005/ccf01072025_0059.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com_x000D_
 o Senhor Paulo Nelson de Melo pela excelente organização e apresentação da Escola de Samba Ponte Preta de Itapuí.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4948/ccf01072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4948/ccf01072025_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Dr. Sixto Rony_x000D_
 Martinez Ramos pela sua dedicação e competência quando integrou a equipe de trabalho_x000D_
 Médico da Família, instituída em nosso município.</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4974/ccf01072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4974/ccf01072025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com a Senhora Márcia_x000D_
 Boesso, pelo maravilhoso trabalho, empenho, dedicação e bom gosto na reforma das_x000D_
 instalações da escola municipal de educação infantil "Cara Pintada” de nossa cidade.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>José Antonio Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4973/ccf01072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4973/ccf01072025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata, votos de_x000D_
 congratulações para com a Senhora Rita de Cássia Sotto de Oliveira Silva Xavier, pela_x000D_
 sensível redução do valor das contas telefônicas da Câmara Municipal, demonstrando_x000D_
 seriedade e competência na administração desta Casa.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5027/ccf03072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5027/ccf03072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais seja consignado em ata votos de congratulações, agradecimentos e louvor pela substituição dos braços de iluminação pública de nossa cidade por mais longos e, pela troca da lâmpadas brancas por amarelas.</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4972/ccf01072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4972/ccf01072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de profundo pesar pelo falecimento do Senhor Lindo Lanza,_x000D_
 membro de tradicional e querida família itapuiense. Em Itapuí o Senhor Lindo Lanza_x000D_
 trabalhou por muitos anos como funcionário público municipal, constituiu família,_x000D_
 formou seus filhos, sendo um exemplo de uma existência altamente dignificante,_x000D_
 deixando saudades a todos.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5156/ccf08072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5156/ccf08072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em ata votos de louvor e agradecimentos para com o Deputado Federal_x000D_
 Ricardo Izar pelo seu grande trabalho na área da filantropia, ajudando as entidades_x000D_
 assistenciais de nosso país, principalmente as APAEs.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5191/ccf08072025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5191/ccf08072025_0039.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em ata, voto de protesto com a_x000D_
 Administração Pública Municipal, pois não fica afixado no quadro de avisos da Prefeitura_x000D_
 Municipal os Editais de licitações realizadas pelo município.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5190/ccf08072025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5190/ccf08072025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja consignado em ata votos de congratulações e elogios para com a equipe de futebol de salão de Itapuí, por ter conquistado o  4º lugar no Campeonato Estadual sub 21 da categoria.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5189/ccf08072025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5189/ccf08072025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
 regimentais, seja consignado em Ata votos de congratulações e agradecimentos para com_x000D_
 Senhor Adolfo Segundo Saggioro, Diretor de Obras da Prefeitura Municipal de Itapuí_x000D_
 pela desenvoltura com que administra a sua pasta, atendendo de pronto os pedidos feitos_x000D_
 pela população, resolvendo com estilo e dedicação dos problemas que afligem nossa_x000D_
 comunidade, proporcionando melhor qualidade de vida e a valorização urbanística de_x000D_
 uma cidade que vinha de a muito esquecida.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, Sebastião da Silva Fonseca Junior</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5084/ccf03072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5084/ccf03072025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em ata votos de congratulações e_x000D_
 agradecimentos para com a Diretoria da Pedreira Bica de Pedra, pela fornecimento_x000D_
 gratuito de piçarra que vem fazendo ao município de Itapuí, para conservação das_x000D_
 estradas municipais.</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5085/ccf03072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5085/ccf03072025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja consignado em ata, votos de_x000D_
 congratulações e agradecimentos para com a Diretoria do grupo COSAN, pela_x000D_
 colaboração prestada ao município de Itapuí, com a cessão de máquinas e mão de obra_x000D_
 para conservação das estradas municipais, bem como por terem cedido o caminhão pipa_x000D_
 para limpeza das ruas da cidade e desentupir os bueiros.</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5086/ccf03072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5086/ccf03072025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos  para com o empresário itapuiense Senhor  José Maurício Lenharo  pela grande ajuda que presta as entidades assistenciais  do município, sempre atendendo os pedidos e fazendo doações.</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5071/ccf03072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5071/ccf03072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações_x000D_
 e agradecimentos para com os Senhores Diretores da Reval Atacado em Papelaria, pelo_x000D_
 grande crescimento, empregando inúmeras pessoas e trazendo divisas para Itapuí,_x000D_
 despontando-se no cenário econômico nacional como uma das melhores empresas do_x000D_
 mercado.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5072/ccf03072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5072/ccf03072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações, agradecimentos e louvor para com o Cônego_x000D_
 José Pedro de Araujo, digníssimo Cônego de Itapuí, pelo maravilhoso trabalho de_x000D_
 evangelização, pela amizade que nutre por todos sempre alegre e comunicativo,_x000D_
 aconselhador e presente, celebrando as missas com muita competência e amor.</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5073/ccf03072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5073/ccf03072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com o Diretor,_x000D_
 Técnicos, Auditores e demais funcionários da Unidade Regional 2 Bauru, do Tribunal de_x000D_
 Contas do Estado de São Paulo, em especial a Dra. Nadir e ao Dr. Emerson, pela especial_x000D_
 atenção, simpatia, pronto atendimento e acolhida que proporcionaram aos Vereadores_x000D_
 desta Casa de Leis que visitaram aquela unidade.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5074/ccf03072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5074/ccf03072025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, sejа_x000D_
 consignado em Ata votos de protesto contra as pessoas de nossa comunidade,_x000D_
 indistintamente, que desejam a saída do Cônego José Pedro de Araujo da Paróquia de_x000D_
 nossa cidade.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5058/ccf03072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5058/ccf03072025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, sejа consignado em Ata votos de congratulações e agradecimentos para com a Diretoria da entidade APAE Renascer de Itapuí, pelo empenho demonstrado em angariar fundos através do Consulado Japonês no Brasil, para reforma de suas instalações, principalmente do refeitório.</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5075/ccf03072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5075/ccf03072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
 regimentais, seja consignado em Ata votos de júbilo para com a memória da Senhora_x000D_
 Maria Domiquili por ter sido Diretora e precursora na criação da APAE Renascer de_x000D_
 Itapuí, pois nesta data essa mulher lutadora e caridosa, completa um ano de falecimento,_x000D_
 pelo que apresentamos a todos que a amavam e admiravam nossos votos de sentidas_x000D_
 condolências.</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5076/ccf03072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5076/ccf03072025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais seja_x000D_
 consignado em Ata votos de congratulações e agradecimentos para com a Diretoria da_x000D_
 Trident, na pessoa de seu Diretor Presidente Senhor Paulo Ferraz Costa Negraes, pela_x000D_
 doação a esta Casa de Leis de um balcão com armários e gavetas, necessário para o_x000D_
 atendimento ao público. Pela atitude generosa parabenizamos e agradecemos.</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5128/ccf07072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5128/ccf07072025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com o Bispo Dom_x000D_
 Joviano, pela forma carinhosa que recebeu munícipes itapuienses na cidade de São Carlos_x000D_
 e principalmente por ter autorizado a permanência do Cônego José Pedro de Araújo em_x000D_
 nossa cidade por mais 03 anos.</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5129/ccf07072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5129/ccf07072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com o Senhor_x000D_
 Prefeito e com toda a equipe responsável pelas obras de conclusão, para inauguração da_x000D_
 Cozinha Piloto em nosso município.</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, José Antonio Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5130/ccf07072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5130/ccf07072025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com o Senhor Pedro_x000D_
 Luiz Poli, Diretor e Proprietário da Itabom Industria de Alimentos Ltda, pela expansão de_x000D_
 suas instalações, empregando inúmeras pessoas e trazendo divisas para nossa cidade,_x000D_
 despontando-se no cenário econômico como uma das melhores empresas do mercado.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5090/ccf03072025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5090/ccf03072025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja_x000D_
 consignado em Ata, votos de congratulações e agradecimentos para com o Senhor Altair_x000D_
 Lanza, pelo ato de extrema nobreza na doação de latas de tinta para pintura da fachada do_x000D_
 Cemitério Municipal, demonstrando seu interesse em contribuir com desenvolvimento de_x000D_
 nossa cidade.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5098/ccf03072025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5098/ccf03072025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata,  votos de congratulações  e agradecimentos para  com os Diretores e Funcionários  das Empresas:  Itabon, CDL Comercio,  Construção Civil, Móveis Galego, Móveis Lanza, Móveis Lindolar, Santa Cecília, Santa Fé, Souza, Reval, Supermercado Lenharo,  Trident e Prefeitura Municipal, pela participação na 5° Olimpíada dos Trabalhadores  tornando-o o maior evento esportivo realizado em nossa cidade.</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5223/ccf10072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5223/ccf10072025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata, votos de profundo pesar para com a família da menina Ana Elisa Rezende, que no dia 19 deste mês partiu deixando um vazio enorme no coração de sua mãe, a Sra. Marilza, que há anos lutou pela saúde da filha.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5203/ccf10072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5203/ccf10072025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em Ata, votos de congratulações e agradecimentos para com_x000D_
 o Deputado Marquinho Tortorello, pela vinda em nossa cidade para prestigiar a inauguração do refeitório da APAE Renascer,  pela doação de um Kit Esportivo e uma cadeira de rodas para ser  usada pela entidade.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5207/ccf10072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5207/ccf10072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades_x000D_
 regimentais, seja consignado em Ata, votos de congratulações e agradecimentos para com_x000D_
 o Senhor Prefeito, para com a Senhora Adriana Canella, Chefe da Cozinha Piloto e para_x000D_
 com as Cozinheiras pelo almoço servido durante a inauguração do refeitório da APAE.</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5183/ccf08072025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5183/ccf08072025_0031.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO GOVERNADOR DO ESTADO_x000D_
 DE SÃO PAULO DR. GERALDO JOSÉ RODRIGUES ALCKMIN FILHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5134/ccf07072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5134/ccf07072025_0022.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO ITAPUIENSE AO CÔNEGO JOSÉ PEDRO DE ARAUJO_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5135/ccf07072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5135/ccf07072025_0023.pdf</t>
   </si>
   <si>
     <t>OUTORGA O TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO VICE-GOVERNADOR DO ESTADO_x000D_
 DE SÃO PAULO, Dr. CLAUDIO LEMBO E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5108/ccf03072025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5108/ccf03072025_0052.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE FILHA BENEMÉRITA_x000D_
 DE ITAPUÍ A SENHORA NEUSA FACHIN PRADO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -4062,67 +4062,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5202/ccf10072025_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5180/ccf08072025_0028.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5178/ccf08072025_0026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5188/ccf08072025_0036.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5187/ccf08072025_0035.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4991/ccf01072025_0045.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5033/ccf03072025_0020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5222/ccf10072025_0024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5021/ccf03072025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5035/ccf03072025_0022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5034/ccf03072025_0021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5087/ccf03072025_0029.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5159/ccf08072025_0004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5045/ccf03072025_0032.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5044/ccf03072025_0031.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5032/ccf03072025_0019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5148/ccf07072025_0036.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5149/ccf07072025_0037.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5201/ccf10072025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4989/ccf01072025_0043.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4990/ccf01072025_0044.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4971/ccf01072025_0024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4970/ccf01072025_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4969/ccf01072025_0022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4968/ccf01072025_0021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4967/ccf01072025_0020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4966/ccf01072025_0019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5028/ccf03072025_0015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5043/ccf03072025_0030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5031/ccf03072025_0018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5179/ccf08072025_0027.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5173/ccf08072025_0021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5186/ccf08072025_0034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5157/ccf08072025_0006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5199/ccf08072025_0047.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5131/ccf07072025_0019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5185/ccf08072025_0033.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5184/ccf08072025_0032.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5111/ccf03072025_0055.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5151/ccf07072025_0039.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5218/ccf10072025_0018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5112/ccf07072025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5132/ccf07072025_0020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5133/ccf07072025_0021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5200/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4776/ccf25062025_0066.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5150/ccf07072025_0038.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5219/ccf10072025_0019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5220/ccf10072025_0020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5221/ccf10072025_0021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5143/ccf07072025_0031.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5144/ccf07072025_0032.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5145/ccf07072025_0033.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5146/ccf07072025_0034.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5147/ccf07072025_0035.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5006/ccf01072025_0060.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5029/ccf03072025_0016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4992/ccf01072025_0046.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4993/ccf01072025_0047.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4994/ccf01072025_0048.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4995/ccf01072025_0049.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4996/ccf01072025_0050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4997/ccf01072025_0051.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4998/ccf01072025_0052.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4999/ccf01072025_0053.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5000/ccf01072025_0054.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5007/ccf01072025_0061.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5008/ccf01072025_0062.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5009/ccf01072025_0063.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5010/ccf01072025_0064.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5011/ccf01072025_0065.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5012/ccf01072025_0066.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5013/ccf03072025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5014/ccf03072025_0001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5015/ccf03072025_0002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5016/ccf03072025_0003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5017/ccf03072025_0004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4988/ccf01072025_0042.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4987/ccf01072025_0041.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4978/ccf01072025_0040.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4986/ccf01072025_0039.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4985/ccf01072025_0038.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4984/ccf01072025_0037.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4983/ccf01072025_0036.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4982/ccf01072025_0035.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4965/ccf01072025_0018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4964/ccf01072025_0017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4963/ccf01072025_0016.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4962/ccf01072025_0015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4961/ccf01072025_0014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4960/ccf01072025_0013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4959/ccf01072025_0012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4958/ccf01072025_0011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4957/ccf01072025_0010.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4955/ccf01072025_0008.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4956/ccf01072025_0009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4954/ccf01072025_0007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4953/ccf01072025_0006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5023/ccf03072025_0009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5030/ccf03072025_0017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5057/ccf03072025_0044.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5056/ccf03072025_0043.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5055/ccf03072025_0042.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5054/ccf03072025_0041.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5053/ccf03072025_0040.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5052/ccf03072025_0039.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5048/ccf03072025_0038.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5049/ccf03072025_0037.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5050/ccf03072025_0036.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5051/ccf03072025_0035.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5042/ccf03072025_0029.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5041/ccf03072025_0028.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5040/ccf03072025_0027.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5039/ccf03072025_0026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5152/ccf08072025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5153/ccf08072025_0001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5154/ccf08072025_0002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5155/ccf08072025_0003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5172/ccf08072025_0020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5171/ccf08072025_0019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5170/ccf08072025_0018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5169/ccf08072025_0017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5168/ccf08072025_0016.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5167/ccf08072025_0015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5166/ccf08072025_0014.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5198/ccf08072025_0046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5197/ccf08072025_0045.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5196/ccf08072025_0044.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5195/ccf08072025_0043.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5194/ccf08072025_0042.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5193/ccf08072025_0041.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5192/ccf08072025_0040.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5182/ccf08072025_0030.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5181/ccf08072025_0029.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5177/ccf08072025_0025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5176/ccf08072025_0024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5175/ccf08072025_0023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5174/ccf08072025_0022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5059/ccf03072025_0001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5060/ccf03072025_0002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5061/ccf03072025_0003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5062/ccf03072025_0004.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5063/ccf03072025_0005.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5064/ccf03072025_0006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5114/ccf07072025_0002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5113/ccf07072025_0001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5115/ccf07072025_0003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5118/ccf07072025_0006.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5117/ccf07072025_0005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5116/ccf07072025_0004.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5119/ccf07072025_0007.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5121/ccf07072025_0009.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5120/ccf07072025_0008.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5122/ccf07072025_0011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5136/ccf07072025_0024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5137/ccf07072025_0025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5138/ccf07072025_0026.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5139/ccf07072025_0027.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5140/ccf07072025_0028.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5096/ccf03072025_0039.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5095/ccf03072025_0038.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5094/ccf03072025_0037.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5093/ccf03072025_0036.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5092/ccf03072025_0035.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5091/ccf03072025_0034.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5109/ccf03072025_0053.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5110/ccf03072025_0054.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5097/ccf03072025_0040.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5100/ccf03072025_0043.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5099/ccf03072025_0042.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5226/ccf10072025_0026.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5230/ccf10072025_0030.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5229/ccf10072025_0029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5228/ccf10072025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5227/ccf10072025_0027.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5224/ccf10072025_0023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5209/ccf10072025_0009.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5208/ccf10072025_0008.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5225/ccf10072025_0022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5212/ccf10072025_0012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5211/ccf10072025_0011.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5210/ccf10072025_0010.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5001/ccf01072025_0055.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5018/ccf03072025_0005.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5019/ccf03072025_0006.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5020/ccf03072025_0007.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4947/ccf01072025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4981/ccf01072025_0034.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4980/ccf01072025_0032.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4979/ccf01072025_0031.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4977/ccf01072025_0030.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4976/ccf01072025_0029.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4975/ccf01072025_0028.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4952/ccf01072025_0005.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4951/ccf01072025_0004.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4950/ccf01072025_0003.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4949/ccf01072025_0002.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/6463/req_2005.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5022/ccf03072025_0010.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5024/ccf03072025_0011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5025/ccf03072025_0012.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5026/ccf03072025_0013.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5047/ccf03072025_0034.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5046/ccf03072025_0033.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5038/ccf03072025_0025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5037/ccf03072025_0024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5036/ccf03072025_0023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5165/ccf08072025_0013.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5164/ccf08072025_0012.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5163/ccf08072025_0011.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5162/ccf08072025_0010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5161/ccf08072025_0009.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5160/ccf08072025_0008.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5077/ccf03072025_0019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5078/ccf03072025_0020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5079/ccf03072025_0021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5080/ccf03072025_0022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5081/ccf03072025_0023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5082/ccf03072025_0024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5083/ccf03072025_0025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5065/ccf03072025_0007.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5066/ccf03072025_0008.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5067/ccf03072025_0009.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5068/ccf03072025_0010.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5069/ccf03072025_0011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5070/ccf03072025_0012.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5123/ccf07072025_0010.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5124/ccf07072025_0012.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5125/ccf07072025_0013.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5126/ccf07072025_0014.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5127/ccf07072025_0015.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5089/ccf03072025_0032.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5088/ccf03072025_0031.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5107/ccf03072025_0051.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5106/ccf03072025_0050.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5103/ccf03072025_0046.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5102/ccf03072025_0045.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5101/ccf03072025_0044.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5105/ccf03072025_0049.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5104/ccf03072025_0048.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5214/ccf10072025_0014.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5215/ccf10072025_0015.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5216/ccf10072025_0016.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5217/ccf10072025_0017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5206/ccf10072025_0006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5213/ccf10072025_0013.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5204/ccf10072025_0003.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5205/ccf10072025_0005.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5141/ccf07072025_0029.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5142/ccf07072025_0030.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5002/ccf01072025_0056.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5003/ccf01072025_0057.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5004/ccf01072025_0058.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5005/ccf01072025_0059.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4948/ccf01072025_0001.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4974/ccf01072025_0027.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4973/ccf01072025_0026.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5027/ccf03072025_0014.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4972/ccf01072025_0025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5156/ccf08072025_0007.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5191/ccf08072025_0039.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5190/ccf08072025_0038.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5189/ccf08072025_0037.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5084/ccf03072025_0026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5085/ccf03072025_0027.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5086/ccf03072025_0028.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5071/ccf03072025_0013.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5072/ccf03072025_0014.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5073/ccf03072025_0015.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5074/ccf03072025_0016.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5058/ccf03072025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5075/ccf03072025_0017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5076/ccf03072025_0018.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5128/ccf07072025_0016.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5129/ccf07072025_0017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5130/ccf07072025_0018.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5090/ccf03072025_0033.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5098/ccf03072025_0041.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5223/ccf10072025_0025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5203/ccf10072025_0004.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5207/ccf10072025_0007.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5183/ccf08072025_0031.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5134/ccf07072025_0022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5135/ccf07072025_0023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5108/ccf03072025_0052.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5202/ccf10072025_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5180/ccf08072025_0028.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5178/ccf08072025_0026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5188/ccf08072025_0036.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5187/ccf08072025_0035.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4991/ccf01072025_0045.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5033/ccf03072025_0020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5222/ccf10072025_0024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5021/ccf03072025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5035/ccf03072025_0022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5034/ccf03072025_0021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5087/ccf03072025_0029.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5159/ccf08072025_0004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5045/ccf03072025_0032.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5044/ccf03072025_0031.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5032/ccf03072025_0019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5148/ccf07072025_0036.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5149/ccf07072025_0037.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5201/ccf10072025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4989/ccf01072025_0043.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4990/ccf01072025_0044.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4971/ccf01072025_0024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4970/ccf01072025_0023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4969/ccf01072025_0022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4968/ccf01072025_0021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4967/ccf01072025_0020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4966/ccf01072025_0019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5028/ccf03072025_0015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5043/ccf03072025_0030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5031/ccf03072025_0018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5179/ccf08072025_0027.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5173/ccf08072025_0021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5186/ccf08072025_0034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5157/ccf08072025_0006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5199/ccf08072025_0047.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5131/ccf07072025_0019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5185/ccf08072025_0033.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5184/ccf08072025_0032.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5111/ccf03072025_0055.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5151/ccf07072025_0039.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5218/ccf10072025_0018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5112/ccf07072025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5132/ccf07072025_0020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5133/ccf07072025_0021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5200/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4776/ccf25062025_0066.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5150/ccf07072025_0038.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5219/ccf10072025_0019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5220/ccf10072025_0020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5221/ccf10072025_0021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5143/ccf07072025_0031.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5144/ccf07072025_0032.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5145/ccf07072025_0033.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5146/ccf07072025_0034.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5147/ccf07072025_0035.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5006/ccf01072025_0060.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5029/ccf03072025_0016.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4992/ccf01072025_0046.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4993/ccf01072025_0047.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4994/ccf01072025_0048.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4995/ccf01072025_0049.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4996/ccf01072025_0050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4997/ccf01072025_0051.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4998/ccf01072025_0052.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4999/ccf01072025_0053.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5000/ccf01072025_0054.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5007/ccf01072025_0061.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5008/ccf01072025_0062.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5009/ccf01072025_0063.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5010/ccf01072025_0064.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5011/ccf01072025_0065.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5012/ccf01072025_0066.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5013/ccf03072025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5014/ccf03072025_0001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5015/ccf03072025_0002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5016/ccf03072025_0003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5017/ccf03072025_0004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4988/ccf01072025_0042.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4987/ccf01072025_0041.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4978/ccf01072025_0040.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4986/ccf01072025_0039.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4985/ccf01072025_0038.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4984/ccf01072025_0037.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4983/ccf01072025_0036.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4982/ccf01072025_0035.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4965/ccf01072025_0018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4964/ccf01072025_0017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4963/ccf01072025_0016.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4962/ccf01072025_0015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4961/ccf01072025_0014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4960/ccf01072025_0013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4959/ccf01072025_0012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4958/ccf01072025_0011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4957/ccf01072025_0010.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4955/ccf01072025_0008.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4956/ccf01072025_0009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4954/ccf01072025_0007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4953/ccf01072025_0006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5023/ccf03072025_0009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5030/ccf03072025_0017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5057/ccf03072025_0044.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5056/ccf03072025_0043.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5055/ccf03072025_0042.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5054/ccf03072025_0041.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5053/ccf03072025_0040.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5052/ccf03072025_0039.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5048/ccf03072025_0038.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5049/ccf03072025_0037.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5050/ccf03072025_0036.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5051/ccf03072025_0035.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5042/ccf03072025_0029.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5041/ccf03072025_0028.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5040/ccf03072025_0027.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5039/ccf03072025_0026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5152/ccf08072025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5153/ccf08072025_0001.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5154/ccf08072025_0002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5155/ccf08072025_0003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5172/ccf08072025_0020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5171/ccf08072025_0019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5170/ccf08072025_0018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5169/ccf08072025_0017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5168/ccf08072025_0016.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5167/ccf08072025_0015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5166/ccf08072025_0014.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5198/ccf08072025_0046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5197/ccf08072025_0045.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5196/ccf08072025_0044.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5195/ccf08072025_0043.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5194/ccf08072025_0042.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5193/ccf08072025_0041.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5192/ccf08072025_0040.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5182/ccf08072025_0030.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5181/ccf08072025_0029.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5177/ccf08072025_0025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5176/ccf08072025_0024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5175/ccf08072025_0023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5174/ccf08072025_0022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5059/ccf03072025_0001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5060/ccf03072025_0002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5061/ccf03072025_0003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5062/ccf03072025_0004.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5063/ccf03072025_0005.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5064/ccf03072025_0006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5114/ccf07072025_0002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5113/ccf07072025_0001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5115/ccf07072025_0003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5118/ccf07072025_0006.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5117/ccf07072025_0005.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5116/ccf07072025_0004.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5119/ccf07072025_0007.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5121/ccf07072025_0009.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5120/ccf07072025_0008.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5122/ccf07072025_0011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5136/ccf07072025_0024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5137/ccf07072025_0025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5138/ccf07072025_0026.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5139/ccf07072025_0027.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5140/ccf07072025_0028.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5096/ccf03072025_0039.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5095/ccf03072025_0038.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5094/ccf03072025_0037.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5093/ccf03072025_0036.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5092/ccf03072025_0035.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5091/ccf03072025_0034.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5109/ccf03072025_0053.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5110/ccf03072025_0054.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5097/ccf03072025_0040.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5100/ccf03072025_0043.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5099/ccf03072025_0042.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5226/ccf10072025_0026.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5230/ccf10072025_0030.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5229/ccf10072025_0029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5228/ccf10072025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5227/ccf10072025_0027.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5224/ccf10072025_0023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5209/ccf10072025_0009.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5208/ccf10072025_0008.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5225/ccf10072025_0022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5212/ccf10072025_0012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5211/ccf10072025_0011.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5210/ccf10072025_0010.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5001/ccf01072025_0055.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5018/ccf03072025_0005.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5019/ccf03072025_0006.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5020/ccf03072025_0007.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4947/ccf01072025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4981/ccf01072025_0034.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4980/ccf01072025_0032.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4979/ccf01072025_0031.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4977/ccf01072025_0030.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4976/ccf01072025_0029.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4975/ccf01072025_0028.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4952/ccf01072025_0005.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4951/ccf01072025_0004.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4950/ccf01072025_0003.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4949/ccf01072025_0002.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/6463/req_2005.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5022/ccf03072025_0010.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5024/ccf03072025_0011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5025/ccf03072025_0012.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5026/ccf03072025_0013.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5047/ccf03072025_0034.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5046/ccf03072025_0033.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5038/ccf03072025_0025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5037/ccf03072025_0024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5036/ccf03072025_0023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5165/ccf08072025_0013.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5164/ccf08072025_0012.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5163/ccf08072025_0011.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5162/ccf08072025_0010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5161/ccf08072025_0009.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5160/ccf08072025_0008.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5077/ccf03072025_0019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5078/ccf03072025_0020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5079/ccf03072025_0021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5080/ccf03072025_0022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5081/ccf03072025_0023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5082/ccf03072025_0024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5083/ccf03072025_0025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5065/ccf03072025_0007.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5066/ccf03072025_0008.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5067/ccf03072025_0009.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5068/ccf03072025_0010.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5069/ccf03072025_0011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5070/ccf03072025_0012.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5123/ccf07072025_0010.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5124/ccf07072025_0012.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5125/ccf07072025_0013.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5126/ccf07072025_0014.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5127/ccf07072025_0015.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5089/ccf03072025_0032.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5088/ccf03072025_0031.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5107/ccf03072025_0051.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5106/ccf03072025_0050.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5103/ccf03072025_0046.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5102/ccf03072025_0045.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5101/ccf03072025_0044.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5105/ccf03072025_0049.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5104/ccf03072025_0048.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5214/ccf10072025_0014.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5215/ccf10072025_0015.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5216/ccf10072025_0016.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5217/ccf10072025_0017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5206/ccf10072025_0006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5213/ccf10072025_0013.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5204/ccf10072025_0003.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5205/ccf10072025_0005.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5141/ccf07072025_0029.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5142/ccf07072025_0030.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5002/ccf01072025_0056.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5003/ccf01072025_0057.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5004/ccf01072025_0058.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5005/ccf01072025_0059.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4948/ccf01072025_0001.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4974/ccf01072025_0027.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4973/ccf01072025_0026.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5027/ccf03072025_0014.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/4972/ccf01072025_0025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5156/ccf08072025_0007.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5191/ccf08072025_0039.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5190/ccf08072025_0038.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5189/ccf08072025_0037.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5084/ccf03072025_0026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5085/ccf03072025_0027.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5086/ccf03072025_0028.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5071/ccf03072025_0013.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5072/ccf03072025_0014.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5073/ccf03072025_0015.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5074/ccf03072025_0016.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5058/ccf03072025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5075/ccf03072025_0017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5076/ccf03072025_0018.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5128/ccf07072025_0016.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5129/ccf07072025_0017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5130/ccf07072025_0018.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5090/ccf03072025_0033.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5098/ccf03072025_0041.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5223/ccf10072025_0025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5203/ccf10072025_0004.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5207/ccf10072025_0007.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5183/ccf08072025_0031.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5134/ccf07072025_0022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5135/ccf07072025_0023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2005/5108/ccf03072025_0052.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H286"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="205.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>