--- v0 (2025-10-27)
+++ v1 (2026-03-28)
@@ -10,2317 +10,6464 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1144" uniqueCount="598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3753" uniqueCount="1674">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Gilson Sebastião, Heros Ramos, Irineu Fabio Ferraz, Jesus Jocelim Curtolo, Pedro Aparecido Miranda, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4160/ccf05062025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4160/ccf05062025_0025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 31 da Lei Orgânica do_x000D_
 Município de Itapuí, dispondo sobre os_x000D_
 períodos de realização da Sessão_x000D_
 Legislativa Anual e dá outras providências</t>
   </si>
   <si>
+    <t>8000</t>
+  </si>
+  <si>
+    <t>PLCL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Legislativo</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Gilson Sebastião, Jesus Jocelim Curtolo, SILENE VALINI</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8000/ccf10122025_0106.pdf</t>
+  </si>
+  <si>
+    <t>A MESA DA CÂMARA MUNICIPAL DE_x000D_
+ITAPUÍ, nos termos do artigo 9°, III, е_x000D_
+25, II, letra “a”, da Lei Orgânica do_x000D_
+Municipio e artigo 5º, I, letra “c”, 1,_x000D_
+dispõe sobre a extinção e criação de_x000D_
+cargo comissionado e da outras_x000D_
+providencias.</t>
+  </si>
+  <si>
+    <t>7815</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, SILENE VALINI</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7815/ccf12122025_0011.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>4201</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>Airton Aparecido Grimaldi, Gilson Sebastião, Jesus Jocelim Curtolo, SILENE VALINI</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4201/ccf06062025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4201/ccf06062025_0011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE ANUAL_x000D_
 DOS SERVIDORES DA CÂMARA_x000D_
 MUNICIPAL DE ITAPUÍ E DÁ OUTRAS_x000D_
 OOPROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>7813</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7813/ccf12122025_0009.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS E_x000D_
+INCLUSÃO DE REFERENCIA SALARIAL NA_x000D_
+TABELA DE VENCIMENTOS E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7890</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7890/ccf16122025_0012.pdf</t>
+  </si>
+  <si>
+    <t>REVOGA DISPOSITIVOS ESPECIFICOS DA LEI COMPLEMENTAR N°. 02/2009.</t>
+  </si>
+  <si>
     <t>4203</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Airton Aparecido Grimaldi, SILENE VALINI</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4203/ccf06062025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4203/ccf06062025_0013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas de Agente_x000D_
 Comunitário de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4202/ccf06062025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4202/ccf06062025_0012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste anual da_x000D_
 remuneração dos servidores públicos_x000D_
 municipais.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4197/ccf06062025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4197/ccf06062025_0007.pdf</t>
   </si>
   <si>
     <t>2ОТO DISPÕE SOBRE A CRIAÇÃO DE VAGAS E DÁ ОАЗАROUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
+    <t>7957</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7957/ccf16122025_0035.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS E DÁ_x000D_
+OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>7956</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7956/ccf16122025_0034.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS E DÁ PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>7730</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>Irineu Fabio Ferraz</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7730/ccf10122025_0013.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece obrigatoriedade das agências_x000D_
+bancárias, no âmbito do Município de Itapuí, a_x000D_
+colocar a disposição dos usuários, pessoal_x000D_
+suficiente no setor de caixas, para que o_x000D_
+atendimento ao público seja feito em tempo_x000D_
+razoável e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7881</t>
+  </si>
+  <si>
+    <t>Heros Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7881/ccf16122025_0003.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição do comércio ambulante no Município de Itapuí e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7758</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7758/ccf10122025_0038.pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 1º da Lei n.º 2.310/2008 e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>7937</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7937/ccf16122025_0015.pdf</t>
+  </si>
+  <si>
+    <t>DA DENOMINAÇÃO AS RUAS E AVENIDAS DO BAIRRO “TERRAS DE SANTA MARIA".</t>
+  </si>
+  <si>
+    <t>7936</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7936/ccf16122025_0014.pdf</t>
+  </si>
+  <si>
+    <t>DENOMINA_x000D_
+ PROVIDÊNCIAS._x000D_
+ ESTRADA MUNICIPAL E DÁ</t>
+  </si>
+  <si>
+    <t>7967</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Irineu Fabio Ferraz</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7967/ccf16122025_0047.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PROIBIÇÃO DE FIXAÇÃO DE PROPAGANDA QUE ESPECIFICA PROVIDÊNCIAS. E DÁ OUTRAS</t>
+  </si>
+  <si>
+    <t>7958</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7958/ccf16122025_0036.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER_x000D_
+MUNIICPALA_x000D_
+EXECUTIVO_x000D_
+DESCONTAR_x000D_
+ADMINISTRAC_x000D_
+DIRETAMENTE EM FOLHA DE_x000D_
+PAGAMENTO DOS SERVIDORES_x000D_
+MUNICIPAIS VALORES REFERENTES_x000D_
+À AQUISIÇÃO DE CONVITES PARA A_x000D_
+11ª FESTA DO PEÃO DE ITAPUÍ.</t>
+  </si>
+  <si>
     <t>5894</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>PLOL</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5894/ccf04082025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5894/ccf04082025.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ARTIGO 2º DA LEI 2.208 DE 21 DE MARÇO DE 2007.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5938/ccf04082025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5938/ccf04082025_0045.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL_x000D_
 A REALIZAR DOAÇÃO DE BEM MÓVEL À_x000D_
 REDE DE COMBATE AO CÂNCER DE ITAPUÍ.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5937/ccf04082025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5937/ccf04082025_0044.pdf</t>
   </si>
   <si>
     <t>DISPÕE_x000D_
  DO_x000D_
 SOBRE_x000D_
 _x000D_
  PRORROGAÇÃO DO PRAZO DE PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS), INSTITUIDO PELA LEI N°. 2.334/2009.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5940/ccf04082025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5940/ccf04082025_0047.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DE CAÇAMBAS “CONTAINERS” NA DE ENTULHOS VIA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5895/ccf04082025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5895/ccf04082025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TARIFA DE CONSUMO DE ÁGUA E UTILIZAÇÃO DE REDE DE ESGO TO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
+    <t>8001</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>PREFEITO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8001/ccf18122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE NORMAS PARA RECEBIMENTOS E_x000D_
+PRESTAÇÕES DE CONTAS DOS RECURSOS_x000D_
+DESTINADOS AS ENTIDADES SEM FINS_x000D_
+LUCRATIVOS.</t>
+  </si>
+  <si>
+    <t>7911</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7911/ccf16122025_0033.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA E REGULAMENTAO_x000D_
+FORNECIMENTO DE CESTA_x000D_
+BASICA DE ALIMENTOS AOS_x000D_
+SERVIDORES MUNICIPAIS, E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7814</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7814/ccf12122025_0010.pdf</t>
+  </si>
+  <si>
+    <t>REGULAMENTА_x000D_
+SEC_x000D_
+A2_x000D_
+TAPUT_x000D_
+DISPOSITIVOS_x000D_
+ADMINISTRAÇÃO_x000D_
+ESPECIFICOS SOBRE O CARTÃO DE_x000D_
+PONTO FORNECIDO AOS SERVIDORES_x000D_
+PUBLICOS MUNICIPAIS_x000D_
+OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>7882</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7882/ccf16122025_0004.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+CONCEDER SUBVENÇÃO E EFETUAR_x000D_
+REPASSE À CASA DA CRIANÇA SÃO_x000D_
+JOSÉ DE ITAPUÍ E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7892</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7892/ccf16122025_0014.pdf</t>
+  </si>
+  <si>
+    <t>REVOGA A LEI 2.303 DE 26 DE NOVEMBRO_x000D_
+DE 2008, ESPECIFICA TABELA CONSTANTE_x000D_
+DO ARTIGO 17 PARÁGRAFO PRIMEIRO DA LEI_x000D_
+2.298 DE 16 DE SETEMBRO DE 2008 E DÁ_x000D_
+OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>7883</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7883/ccf16122025_0005.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+CONCEDER SUBVENÇÃO AO PROJETO_x000D_
+PAZ, RECUPERANDO JOVENS DE ITAPUÍ_x000D_
+E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7884</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7884/ccf16122025_0006.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+CONCEDER SUBVENÇÃO A VILA SÃ_x000D_
+VICENTE DE PAULO DE ITAPUÍ E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7885</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7885/ccf16122025_0007.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+CONCEDER SUBVENÇÃO E EFETUAR_x000D_
+MATERNIDADE_x000D_
+REPASSE AO HOSPITAL E_x000D_
+ SÃO JOSÉ DE ITAPUÍ E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7886</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7886/ccf16122025_0008.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVOA_x000D_
+CONDEDER SUBVENÇÃO AO HOSPITAL_x000D_
+SANTA CASA - JAU E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7888</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7888/ccf16122025_0010.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+CONCEDER SUBVENÇÃO E EFETUAR_x000D_
+REPASSE A APAE DE ITAPUÍ E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7889</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7889/ccf16122025_0011.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA DE UTILIDADE PÚBLICA A_x000D_
+ASSOCIAÇÃO DOS VOLUNTÁRIOS DE_x000D_
+COMBATE AO CÂNCER DE ITAPUÍ.</t>
+  </si>
+  <si>
+    <t>7908</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7908/ccf16122025_0030.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+TRANSFERIR RECURSOS FINANCEIROS À_x000D_
+CASA DA CRIANÇA SÃO JOSÉ DE_x000D_
+ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7909</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7909/ccf16122025_0031.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO А_x000D_
+TRANSFERIR RECURSOS FINANCEIROS À_x000D_
+VILA SÃO VICENTE DE PAULO DE_x000D_
+ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7910</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7910/ccf16122025_0032.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+TRANSFERIR RECURSOS FINANCEIROS À_x000D_
+VILA SÃO VICENTE DE PAULO DE_x000D_
+ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7899</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7899/ccf16122025_0021.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A_x000D_
+TRANSFERIR RECURSOS FINANCEIROS À_x000D_
+APAE DE ITAPUÍ E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7891</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7891/ccf16122025_0013.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL_x000D_
+CELEBRAR CONVÊNIO DE LINHA DE CRÉDITO_x000D_
+COM O BANCO BRADESCO S/A E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7733</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7733/ccf10122025_0016.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS_x000D_
+ESPECIFICOS DA LEI N°. 2.305_x000D_
+DE 26 DE NOVEMBRO DE 2008 E_x000D_
+DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>7732</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7732/ccf10122025_0015.pdf</t>
+  </si>
+  <si>
+    <t>AUTPRIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL A SUPLEMENTAR AS_x000D_
+DOTAÇÕES ORÇAMENTÁRIAS DO_x000D_
+EXERCICIO DE 2009 DA CAMARA_x000D_
+MUNICIPAL DE ITAPUI E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7731</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7731/ccf10122025_0014.pdf</t>
+  </si>
+  <si>
+    <t>AUTPRIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL REALIZAR REPASSE DE_x000D_
+RECURSOS ADVINDOS DO FUNDO DE_x000D_
+MANUTENÇÃO E DESENVOLVIMENTO_x000D_
+DA EDUCAÇÃO BÁSICA E DE_x000D_
+VALORIZAÇÃO DOS PROFISSIONAIS_x000D_
+DA EDUCAÇÃO FUNDEB А_x000D_
+ENTIDADES ESPECIFÍCAS E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7757</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7757/ccf10122025_0037.pdf</t>
+  </si>
+  <si>
+    <t>AUTPRIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL REALIZAR REPASSE a_x000D_
+TITULO DE SUBVENÇÃO AO_x000D_
+HOSPITAL MATERNIDADE SÃO JOSÉ_x000D_
+DE ITAPUÍ E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7876</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7876/ccf10122025_0085.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS) NO ÂMBITO DO MUNICÍPIO DE ITAPUÍ.</t>
+  </si>
+  <si>
+    <t>7914</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7914/ccf10122025_0107.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA_x000D_
+A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO_x000D_
+DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7983</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7983/ccf10122025_0077.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL A CONTRATAR_x000D_
+FINANCIAMENTO JUNTO AO BANCO DO_x000D_
+BRASIL S.A. E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>4204</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>PLOE</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4204/ccf06062025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4204/ccf06062025_0014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A CELEBRAR CONVÊNIO COM_x000D_
 O ESTADO DE SÃO PAULO, POR_x000D_
 INTERMÉDIO DA SECRETÁRIA ESTADUAL_x000D_
 DA EDUCAÇÃO, OBJETIVANDO A_x000D_
 IMPLANTAÇÃO DE PROGRAMAS NA ÁREA15163_x000D_
 DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4147/ccf05062025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4147/ccf05062025_0012.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI Nº. 2.167 DE_x000D_
 21 DE MARÇO DE 2006.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4139/ccf05062025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4139/ccf05062025_0004.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO PARÁGRAFO 1º DO_x000D_
 ARTIGO 2º DA LEI Nº. 2.234 DE 28 DE_x000D_
 ABRIL DE 2009.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4138/ccf05062025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4138/ccf05062025_0003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL EFETUAR O_x000D_
 PAGAMENTO DE COMPENSAÇÃO INDENIZATÓRIA DE_x000D_
 DESAPROPRIAÇÃO.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4137/ccf05062025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4137/ccf05062025_0002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação da licença maternidade_x000D_
 das servidoras públicas do Município de Itapuí.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4199/ccf06062025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4199/ccf06062025_0009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PRORROGAÇÃO DO PRAZO DE_x000D_
 ADESÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL_x000D_
 (REFIS), INSTITUIDO PELA LEI N°. 2.334/2009,_x000D_
 ALTERADO PELA LEI 2.339/2009 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4200/ccf06062025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4200/ccf06062025_0010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A_x000D_
 REPASSAR MENSALMENTE SOBRE O REGIME DE_x000D_
 ADIANTAMENTO O VALOR DE ATÉ 127 UFESP_x000D_
 PARA A SECRETÁRIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4198/ccf06062025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4198/ccf06062025_0008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DEMOLIÇÃO_x000D_
 DE IMÓVEL PÚBLICO LOCALIZADO NA RUA PRIMO_x000D_
 SPIRANDELLI, S/N, ESQUINA COM A RUA CECILIA_x000D_
 BUENO DO PRADO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4196/ccf06062025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4196/ccf06062025_0006.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Itapuí a_x000D_
 receber, mediante repasse efetuado pelo_x000D_
 Governo do Estado de São Paulo, recursos_x000D_
 financeiros a fundo perdido.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4195/ccf06062025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4195/ccf06062025_0005.pdf</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4194/ccf06062025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4194/ccf06062025_0004.pdf</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
-    <t>39</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5847/ccf01082025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5847/ccf01082025_0061.pdf</t>
   </si>
   <si>
     <t>LTERA DENOMINAÇÃO DE PRÉDIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5929/ccf04082025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5929/ccf04082025_0036.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO COM О FUNDO DE SOLIDARIEDADE E DESENVOLVIMENTO_x000D_
 SOCIAL E CULTURAL DO ESTADO DE SÃO PAULOE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
+    <t>8097</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8097/ccf18122025_0040.pdf</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
+MUNICIPIO DE ITAPUÍ, PARA O EXERCÍCIO DE_x000D_
+2009.</t>
+  </si>
+  <si>
+    <t>8098</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8098/ccf18122025_0041.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREFEITURA MUNICIPAL DE ITAPUI A_x000D_
+CEDER, A TITULO ONEROSO, A POSSE DE ÁREAS DE_x000D_
+TERRAS, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>7812</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7812/ccf12122025_0008.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de_x000D_
+encaminhar para apreciação Legislativa Projeto de Lei que incentive a população em pagar_x000D_
+em no prazo de vencimento o IPTU- Imposto Predial e Territorial Urbano, retribuindo a_x000D_
+pontualidade do contribuinte com o sorteio de prêmios, seguindo o exemplo do município_x000D_
+de Bocaina._x000D_
+Dessa forma, a cada parcela paga o contribuinte receberia um cupom eо_x000D_
+sorteio dos prêmios seria realizado no mês do vencimento da última parcela, contudo, só_x000D_
+tem direito ao cupom àquele que efetuar o pagamento na data de vencimento.</t>
+  </si>
+  <si>
+    <t>7860</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7860/ccf12122025_0041.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no_x000D_
+avenidas_x000D_
+sentido de_x000D_
+ abaixo_x000D_
+ determinar_x000D_
+ relacionadas,_x000D_
+ ao Setor Competente para que mande tampar os buracos das ruas e_x000D_
+ analisando cada caso de maneira a tomar providências_x000D_
+buracos_x000D_
+adequadas para solucionar o problema de forma definitiva, ou seja, naquelas em que tampar não resolve mais, que se providencie o recape da via. Avenida Comendador José Maria de Almeida Prado;_x000D_
+Rua Alfredo Pignatari;_x000D_
+Rua Maestro José Scciaca, altura do nº 118; e_x000D_
+Rua Lourenço Neto de Almeida Prado.</t>
+  </si>
+  <si>
+    <t>7859</t>
+  </si>
+  <si>
+    <t>SILENE VALINI</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7859/ccf12122025_0040.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências, o_x000D_
+mais urgente possível, no sentido de determinar que seja realizada uma operação tapa_x000D_
+buracos na Avenida do Porto. Devendo considerar que esta Avenida é a principal via de_x000D_
+acesso ao bairro que mais cresceu em nossa cidade nos últimos anos, e que merece toda_x000D_
+atenção.</t>
+  </si>
+  <si>
+    <t>7858</t>
+  </si>
+  <si>
+    <t>Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7858/ccf12122025_0039.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no_x000D_
+sentido de entrar em contato com a CPFL- Companhia Paulista de Força e Luz afim de_x000D_
+mudar para o canteiro central da Avenida do Porto a instalação dos braços de_x000D_
+iluminação com o objetivo de melhorar a iluminação no local. Ainda neste, solicito do_x000D_
+Senhor Prefeito Municipal que determine a construção de obstáculos redutores de_x000D_
+velocidade nesta Avenida.</t>
+  </si>
+  <si>
+    <t>7857</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7857/ccf12122025_0038.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de realizar_x000D_
+o mais urgente possível a reforma da Praça da Bíblia, localizada próximo ao terminal_x000D_
+Rodoviário de nossa cidade, considerando que há tanto os Evangélicos aguardam poder_x000D_
+usufruir daquele local de forma digna.</t>
+  </si>
+  <si>
+    <t>7841</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7841/ccf12122025_0034.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no_x000D_
+sentido de mandar instalar placas proibindo estacionar de um dos lados da rua Luiz_x000D_
+Teixeira.</t>
+  </si>
+  <si>
+    <t>7842</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7842/ccf12122025_0035.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de criar uma classe no curso de informática ministrado no Info- Centro para_x000D_
+pessoas com idade superior a 40 anos</t>
+  </si>
+  <si>
+    <t>7855</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7855/ccf12122025_0036.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que entre em contato com a Secretaria_x000D_
+de Saúde do Município e identifique quais dos motoristas das ambulâncias possuem curso_x000D_
+de primeiros socorros, e para aqueles que não possui que seja providenciado o mais urgente_x000D_
+possível, dado a importância da ação correta no momento exato em se tratando de primeiros_x000D_
+socorros.</t>
+  </si>
+  <si>
+    <t>7856</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7856/ccf12122025_0037.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que agende uma reunião com a_x000D_
+Secretaria de Educação e o Secretario de Esportes do Município com o objetivo de_x000D_
+solucionar a deficiência em que nos encontramos com relação a Professor de Educação_x000D_
+Física._x000D_
+Como sugestão, o ideal seria separar as duas Secretarias criando empregos_x000D_
+de Professor de Educação Física no Setor de Esportes e na Educação para que um Setor não_x000D_
+prejudique o outro._x000D_
+Diante do expostos, solicito de Vossa Excelência que encaminhe para_x000D_
+apreciação legislativa um Projeto de Lei criando vagas de Professor de Educação Física e_x000D_
+que seja realizado concurso público para contratação desses profissionais o mais urgente_x000D_
+possível, considerando que retorno ao ano letivo está próximo.</t>
+  </si>
+  <si>
+    <t>7811</t>
+  </si>
+  <si>
+    <t>Gilson Sebastião, Irineu Fabio Ferraz</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7811/ccf12122025_0007.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que encaminhe a esta Casa de Leis,_x000D_
+Projeto de Lei para criação de cargos de gari e ajudante geral, e que se realize concurso_x000D_
+público para contratação desses cargos com a máxima urgência._x000D_
+Caso exista concursos em andamento para esses cargos, que seja feita_x000D_
+contratação dos aprovados a necessidade do município.</t>
+  </si>
+  <si>
+    <t>7837</t>
+  </si>
+  <si>
+    <t>Gilson Sebastião</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7837/ccf12122025_0031.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estudes as possibilidades de criar em nossa cidade a "Guarda Municipal", para que o Município possa contribuir com a_x000D_
+assustador_x000D_
+Policia Militar para segurança da população que anda amedrontada com o numero de furtos registrados nos últimos meses.</t>
+  </si>
+  <si>
+    <t>7838</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7838/ccf12122025_0032.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que entre em contato com a Secretaria_x000D_
+de Educação, Esportes e Cultura para que se elabore de um Projeto que atenda os_x000D_
+estudantes em período diferente ao o horário de aula, evitando que nossas crianças passem_x000D_
+o resto do dia na rua, adquirindo na maioria das vezes conceitos de moral e ética contrários_x000D_
+aos bons costumes.</t>
+  </si>
+  <si>
+    <t>7834</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7834/ccf12122025_0028.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de para o Terminal Rodoviário de nossa cidade o ponto de Embarque e_x000D_
+Desembarque dos Estudantes.</t>
+  </si>
+  <si>
+    <t>7835</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7835/ccf12122025_0029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que entre em contato com a Secretaria_x000D_
+de Meio Ambiente do Município a fim de solicitar ao Órgão Competente para que seja_x000D_
+realizada uma vistoria dos pinheiros e árvores de grande porte da Praça da Matriz,_x000D_
+especificando se existe risco de queda. Caso exista a possibilidade de cair alguma dessas_x000D_
+árvores que o Município providencie o corte das mesmas o mais urgente possível.</t>
+  </si>
+  <si>
+    <t>7829</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7829/ccf12122025_0024.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar terminar o serviço de limpeza da Rua Manoel Martins, bem como determine que seja feito o alinhamento dos bloquetes que se encontram em terrível estado de conservação.</t>
+  </si>
+  <si>
+    <t>7830</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7830/ccf12122025_0025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de_x000D_
+determinar ao Setor Competente que realize obras de melhoria no Ponto de Embarque e_x000D_
+Desembarque de Passageiros, localizado próxima a Praça “São Bendito", como por_x000D_
+exemplo: ampliação e cobertura suficiente para proteger do sol e da chuva os usuários de_x000D_
+transporte coletivo.</t>
+  </si>
+  <si>
+    <t>7828</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7828/ccf12122025_0023.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de elaborar um projeto de lei proibindo o trafego de caminhões nas proximidades do Hospital e Maternidade São José de Itapuí, com o objetivo de garantir maior tranqüilidade aos enfermos.</t>
+  </si>
+  <si>
+    <t>7921</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7921/ccf16122025_0042.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de conceder uma reajuste de 15%(quinze) nos vencimentos dos funcionários públicos municipais.</t>
+  </si>
+  <si>
+    <t>7920</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7920/ccf16122025_0041.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, providencias no sentido de mandar_x000D_
+recapear as ruas: Lourenço Neto de Almeida Prado, Avenida do Porto, Ângelo Caetano_x000D_
+Gonçalves e Antonio Cairrão.</t>
+  </si>
+  <si>
+    <t>7919</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7919/ccf16122025_0040.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, providencias no sentido de realizar melhorias no Campo de Futebol “Dr. José Miraglia”. Como sugestão para melhorar o_x000D_
+acesso e a qualidade do local, solicito:_x000D_
+- a substituição do portão de madeira por outro de ferro:_x000D_
+- a construção de uma rampa para deficientes;_x000D_
+- reforma da bilheteria;_x000D_
+corte dos eucaliptos que rodeiam o campo, substituindo-os por outra espécie que não exista risco de queda; e_x000D_
+- reforma da cobertura das arquibancadas.</t>
+  </si>
+  <si>
+    <t>7871</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7871/ccf12122025_0051.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de mandar_x000D_
+instalar placas de sinalização na rua Coronel Frederico Ferraz, no quarteirão onde se_x000D_
+encontra a EMEI Cara Pintada, proibindo estacionar do lado esquerdo no horário_x000D_
+escolar, ou seja, das 7:00 às 17:00 horas.</t>
+  </si>
+  <si>
+    <t>7870</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7870/ccf12122025_0050.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no_x000D_
+sentido de melhorar o acostamento da Avenida Jorge Chammas tornando-o adequado_x000D_
+para aqueles que utilizam o local para fazer caminhadas, evitando assim que os_x000D_
+pedestres disputem espaço com os carros.</t>
+  </si>
+  <si>
+    <t>7869</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7869/ccf12122025_0049.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que entre em contato com a CPFL com_x000D_
+o objetivo de providenciar a instalação de braços de iluminação pública na Travessa_x000D_
+Bica de Pedra, considerando o número de famílias que residem nesta rua e o alto índice_x000D_
+de furtos que vem ocorrendo no município.</t>
+  </si>
+  <si>
+    <t>7868</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7868/ccf12122025_0048.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no_x000D_
+sentido de mandar cortar as arvores localizadas na rua José Zentti, próximo ao_x000D_
+Restaurante da Dona Joana._x000D_
+Essas arvores não são recomendável para área urbana por que não possui_x000D_
+raiz para suportar seu porte colocando em risco os pedestres e veículos.</t>
+  </si>
+  <si>
+    <t>7867</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Jesus Jocelim Curtolo</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7867/ccf12122025_0047.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades de disponibilizar aos funcionários de trabalham no setor de água e esgoto_x000D_
+uma armação de ferro com cobertura, para que durante a execução do serviço os_x000D_
+servidores fiquem protegidos do sol.</t>
+  </si>
+  <si>
+    <t>7866</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7866/ccf12122025_0046.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades de providenciar uniforme aos funcionários que exercem suas funções_x000D_
+expostos ao sol. Sugiro ainda, que seja feita pesquisa entre os funcionários para definir_x000D_
+a cor dos uniformes e que as camisas sejam de manga longa evitando o risco de_x000D_
+desenvolver o câncer de pele..</t>
+  </si>
+  <si>
+    <t>7865</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7865/ccf12122025_0045.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades de realizar uma vistoria em todas as ruas de paralelepípedos de nossa_x000D_
+cidade identificando os pontos de grande desnivelamento, e determine o alinhamento_x000D_
+dos mesmos o mais urgente possível._x000D_
+Ocorre que, o esse desnível no leito viário provoca maior_x000D_
+impacto dos pneus no solo e consequentemente compromete o sistema de distribuição_x000D_
+de água, pois o atrito pode provocar o rompimentos dos canos se considerarmos que_x000D_
+com o impacto de cada veiculo equivale ao dobro do peso do veiculo.</t>
+  </si>
+  <si>
+    <t>7863</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7863/ccf12122025_0044.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades de adquirir mais um receptor de sinal de TV para que a população possa_x000D_
+desfrutar de mais três canais, sendo eles: Rede Record News, TV Gazeta e MTV como_x000D_
+nas cidades da região.</t>
+  </si>
+  <si>
+    <t>7862</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7862/ccf12122025_0043.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades de encaminhar para apreciação legislativa um projeto de lei que eleve_x000D_
+para 13 (treze) metros a largura mínima das estradas rurais municipais.</t>
+  </si>
+  <si>
+    <t>7861</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7861/ccf12122025_0042.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que determine ao Setor_x000D_
+cidade_x000D_
+de Meio Ambiente do Município, para que entre em contato com as Empresas de nossa com o objetivo de conseguir a doação de tambores para que sejam usados como lixeiras_x000D_
+"Prefeito nas_x000D_
+ Alberto_x000D_
+ estradas rurais e vicinais de nossa cidade, principalmente na via de acesso Massoni".</t>
+  </si>
+  <si>
+    <t>7896</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7896/ccf16122025_0018.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que entre em contato_x000D_
+urgente_x000D_
+ a Secretaria de Educação do Município, para que seja providenciado o mais possível uma cobertura no portão de entrada e saída da Escola “Geraldo Arhur Fantin", como existe na EMEI “Cara Pintada". Solicito também, que estude as possibilidades_x000D_
+acomodar de instalar bancos de concreto em frete das escolas municipais para os pais dos alunos enquanto esperam o şinal.</t>
+  </si>
+  <si>
+    <t>7894</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7894/ccf16122025_0016.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as possibilidades de encaminhar para apreciação legislativa um projeto de lei que limite em 50% (cinqüenta) a obstrução das calçadas, por mesas e cadeiras dos bares de nossa cidade, respeitando o transito de pedestres. Sugiro ainda, que faça parte dessa lei, dispositivo obrigando os municipes a construir canaletas ao invés de barreiras, porque estas dificultam muito a passagem de carrinho de bebe e cadeirantes.</t>
+  </si>
+  <si>
+    <t>7913</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7913/ccf16122025_0035.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que tome as devidas_x000D_
+instalado no_x000D_
+ de mandar construir calçadas ao redor do Prédio onde está Setor de Assistência Social do Município.</t>
+  </si>
+  <si>
+    <t>7912</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7912/ccf16122025_0034.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal os valiosos préstimos no_x000D_
+sentido de determinar a construção de um obstáculo redutor de velocidade na rua_x000D_
+Antonio da Costa Sobrinho, localizada no bairro Mar Azul.</t>
+  </si>
+  <si>
+    <t>7918</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7918/ccf16122025_0039.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que estude as possibilidades de aumentar o valor dos plantões que são pagos aos Médicos Plantonistas do Município, no que for possível aproximar ao máximo aos valores pagos pela região que gira em torno de R$ 600,0( seiscentos reais).</t>
+  </si>
+  <si>
+    <t>7916</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7916/ccf16122025_0037.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que entre em contato com a Secretaria de Meio Ambiente do Município, para que unam esforços no sentido_x000D_
+um_x000D_
+de solucionar o problema do lixo em nossa cidade, como por exemplo, a elaboração de Projeto de Coleta Seletiva e de Reciclagem do nosso lixo.</t>
+  </si>
+  <si>
+    <t>7917</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7917/ccf16122025_0038.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que tome as devidas_x000D_
+velocidade_x000D_
+providências no sentido de determinar a construção de obstáculos redutores de no leito viário da Avenida do Porto.</t>
+  </si>
+  <si>
+    <t>7915</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7915/ccf16122025_0036.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal viabilizar os meios_x000D_
+necessários no sentido de mandar pintar faixas paralelas ao redor da Praça da Matriz_x000D_
+para que os carros possam estacionar lado a lado.</t>
+  </si>
+  <si>
+    <t>7897</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7897/ccf16122025_0019.pdf</t>
+  </si>
+  <si>
+    <t>Competente Indico ao Senhor Prefeito Municipal que determine ao Setor que realize a limpeza das ruas e do mato do canteiro central da Avenida Brasil, bem como que mande limpar e cortar a grama da "Prainha"</t>
+  </si>
+  <si>
+    <t>7831</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7831/ccf12122025_0026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que determine ao Setor_x000D_
+de Vigilância Sanitária do Município que tome providências com relação à invasão de_x000D_
+caramujos africanos em nossa cidade.</t>
+  </si>
+  <si>
+    <t>7833</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7833/ccf12122025_0027.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que tome as devidas providências no sentido de determinar ao Setor Competente que reduza o obstáculo redutor de velocidade existente na Avenida Comendador José Maria de Almeida Prado, considerando que a mesma dificulta a passagem e danifica os carros que por ali trafegam.</t>
+  </si>
+  <si>
+    <t>7836</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7836/ccf12122025_0030.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí a necessidade urgente da limpeza dos_x000D_
+córregos Bica de Pedra e Robertão, com o objetivo de evitar criadouros do mosquito "Aedes_x000D_
+Aegipt" e mau cheiro nas imediações.</t>
+  </si>
+  <si>
+    <t>7827</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7827/ccf12122025_0022.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que providencie a instalação de braços_x000D_
+de iluminação pública na Rua Itapuí e Bica de Pedra, ruas estas próximas ao Cemitério_x000D_
+Municipal e que possuem uma grande quantidade de residências construídas e em fase de_x000D_
+acabamento.</t>
+  </si>
+  <si>
+    <t>7818</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7818/ccf12122025_0014.pdf</t>
+  </si>
+  <si>
+    <t>Indico_x000D_
+de mandar_x000D_
+ ao Senhor Prefeito Municipal de Itapuí que tome as devidas providências no_x000D_
+quatro anos foi_x000D_
+ construir obstáculos redutores de velocidade na Avenida Brasil, que a_x000D_
+ prometido a uma moradora do local e até o momento nada foi feito.</t>
+  </si>
+  <si>
+    <t>7895</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7895/ccf16122025_0017.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que tome as devidas providências no_x000D_
+sentido de mandar recapear a rua Santo Antonio, da altura do nº 306 ao número 567. Sala das Sessões, 16 de março de 2009.</t>
+  </si>
+  <si>
+    <t>7898</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7898/ccf16122025_0020.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que exija do Setor_x000D_
+de Água e Esgoto do Município, que tome as devidas providências com relação ao vazamento de esgoto nas ruas do bairro que é conhecido como "Vila da Minhoca”, e se houver necessidade que seja realizada a troca das manilhas que não comportam o fluxo do esgoto no_x000D_
+local._x000D_
+Sala</t>
+  </si>
+  <si>
+    <t>7748</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7748/ccf10122025_0028.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine a_x000D_
+limpeza imediata dos galhos que estão se acumulando nas ruas do bairro Mar Azul II,_x000D_
+principalmente na rua Alexandre Cincotto. Sugiro ainda, que determine seja tomado as_x000D_
+devidas providências no que tange mandar passar a máquina Patrol nas ruas daquele bairro_x000D_
+com o objetivo de tornar o transito pelo local menos penoso do que costuma ser.</t>
+  </si>
+  <si>
+    <t>7747</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7747/ccf10122025_0027.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí providências no_x000D_
+sentido de mandar capinar o mato que cresceu em toda a extensão da calçada e do leito viário_x000D_
+da rua Frederico Ozanan, pois os moradores do local expressam indignação com relação a_x000D_
+falta de providência dos órgãos competentes</t>
+  </si>
+  <si>
+    <t>7746</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7746/ccf10122025_0026.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que tome as devidas providências no sentido de melhorar a visão das placas de sinalização das ruas de_x000D_
+e_x000D_
+nossa_x000D_
+ nos locais_x000D_
+cidade. Ocorre que, em vários pontos da cidade nota-se a ausência de placas de PARE, que existem as mesmas estão apagadas e cobertas por galhos das árvores.</t>
+  </si>
+  <si>
+    <t>7744</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7744/ccf10122025_0025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que tome as_x000D_
+devidas providências no sentido de mandar instalar braços de iluminação pública no final da_x000D_
+Avenida Comendador José Maria de Almeida Prado, com a rua Tirso Dias do Prado.</t>
+  </si>
+  <si>
+    <t>7784</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7784/ccf10122025_0045.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí que tome as_x000D_
+devidas providências no sentido de mandar instalar barras de proteção nas esquinas das ruas:_x000D_
+rua Feliz Salles, com a rua Joaquim Brás;о_x000D_
+Avenida do Porto, com a rua Nicolau Russo; e_x000D_
+Rua Prudente de Moraes, com a Avenida Paes de Barros.</t>
+  </si>
+  <si>
+    <t>7783</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7783/ccf10122025_0044.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de fazer cumprir a Lei que proíbe o trafego de bicicletas na_x000D_
+Praça da Matriz.</t>
+  </si>
+  <si>
+    <t>7782</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7782/ccf10122025_0043.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mandar construir uma área de laser externa e um playgrond na creche_x000D_
+"DONA MULATА".</t>
+  </si>
+  <si>
+    <t>7781</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7781/ccf10122025_0042.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mandar abrir a rua XV de novembro interligando-a com o núcleo_x000D_
+habitacional “Jardim Maria Rosaria”, bem como que seja feita instalação de iluminação_x000D_
+pública adequada no local.</t>
+  </si>
+  <si>
+    <t>7780</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7780/ccf10122025_0041.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude possibilidades de encaminhar para apreciação legislativa um projeto de lei que aumente de para as Sala das Sessões, 16 de março de 2009.</t>
+  </si>
+  <si>
+    <t>7761</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7761/ccf10122025_0040.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Fiscal de Obras do Município, que localize e oriente o proprietário do imóvel localizado na_x000D_
+esquina da rua XV de novembro, em frente da Praça Governador Pedro de Toledo, para que_x000D_
+tome as devidas providências no sentido de manter o referido imóvel e o terreno limpo.</t>
+  </si>
+  <si>
+    <t>7759</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7759/ccf10122025_0039.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
+contato com a Receita Federal e cadastre o município de Itapuí no Programa de Doação de_x000D_
+Veículos apreendidos.</t>
+  </si>
+  <si>
+    <t>7788</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7788/ccf10122025_0049.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mandar construir um obstáculo redutor de velocidade na rua 13 de maio,_x000D_
+próximo ao cruzamento com a rua Floriano Peixoto</t>
+  </si>
+  <si>
+    <t>7787</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7787/ccf10122025_0048.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar limpar a confluência da rua Floriano Peixoto com a rua Manoel Rodrigues Martins, pois no local acumula muita sujeira e água parada causando mal cheiro no local.</t>
+  </si>
+  <si>
+    <t>7756</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7756/ccf10122025_0036.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de mandar diminuir a profundidade das valetas de_x000D_
+escoamento de água da Rua Francisco Rota esquina Rua José Antonio.</t>
+  </si>
+  <si>
+    <t>7755</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7755/ccf10122025_0035.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no que tange mandar capinar o mato que cresceu na calçada da rua_x000D_
+Carlos Brás, bem como mandar tampar os buracos de grandes proporções que existe no local.</t>
+  </si>
+  <si>
+    <t>7754</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7754/ccf10122025_0034.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, providências no_x000D_
+sentido de determinar que seja concluída as obras de reforma da Rodoviária, como por_x000D_
+exemplo, mandar instalar bancos, vasos sanitários e válvulas de descarga nos banheiros que_x000D_
+atualmente não possui condições de uso</t>
+  </si>
+  <si>
+    <t>7753</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7753/ccf10122025_0033.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, quе_x000D_
+providências urgentes no sentido de mandar recapear Avenida do Porto, principalmente no_x000D_
+inicio da avenida sentido bairro Mar Azul.</t>
+  </si>
+  <si>
+    <t>7752</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7752/ccf10122025_0032.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de mandar tampar os buracos existente no leito viário da rua_x000D_
+Nabor Romanini, localizada no bairro Irmãos Franceschi.</t>
+  </si>
+  <si>
+    <t>7751</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7751/ccf10122025_0031.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades da viabilidade de contratar uma empresa de ônibus circular para o transporte_x000D_
+dos munícipes que residem nos bairros mais distantes do Centro da cidade.</t>
+  </si>
+  <si>
+    <t>7750</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7750/ccf10122025_0030.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de encaminhar para apreciação legislativa um projeto de lei que conceda 30%_x000D_
+(trinta) de bolsa de estudo aos funcionários públicos municipais, que fazem cursos técnicos_x000D_
+reconhecidos pelo MЕС.</t>
+  </si>
+  <si>
+    <t>7749</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7749/ccf10122025_0029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de incluir o município de Itapuí ao Programa Estadual de Regularização de_x000D_
+Núcleos Habitacionais- “Cidade Legal".</t>
+  </si>
+  <si>
+    <t>7777</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7777/ccf10122025_0066.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor Competente que mande tampar o mais urgente possível, os buracos do leito viário das_x000D_
+ruas de nossa cidade, que são resultados da abertura ou corte do asfalto para conserto е_x000D_
+manutenção das tubulações de água e esgoto.</t>
+  </si>
+  <si>
+    <t>7766</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7766/ccf10122025_0055.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de melhorar a sinalização da rotatória que dá acesso a três das principais Avenidas de nossa cidade, sendo elas, a Avenida do Porto, Avenida Jorge Chammas e_x000D_
+Avenida Comendador José Maria de Almeida Prado.</t>
+  </si>
+  <si>
+    <t>7765</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7765/ccf10122025_0054.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades realizar benfeitorias na Pista de Motocross localizada na Prainha, com a_x000D_
+finalidade de tornar o local mais atrativo a população, como por exemplo: o plantio de árvores_x000D_
+no local, a instalação de bancos e cobertura de proteção do sol e da chuva, bem como_x000D_
+incentivar o esporte durante os finais de semana.</t>
+  </si>
+  <si>
+    <t>7801</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7801/ccf10122025_0084.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor Competente que instale braços de iluminação pública na rua Sete de Setembro,_x000D_
+principalmente no quarteirão onde está localizado o Laboratório.</t>
+  </si>
+  <si>
+    <t>7800</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7800/ccf10122025_0083.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+decidas providências no sentido de mandar instalar obstáculos redutores de velocidade na_x000D_
+Avenida do Porto.</t>
+  </si>
+  <si>
+    <t>7799</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7799/ccf10122025_0082.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de abrir a rua Sebastião Zago, interligando-a com a rua José Gerônimo Videira,_x000D_
+com a finalidade de melhorar a locomoção dos veículos que trafegam pelo local.</t>
+  </si>
+  <si>
+    <t>7722</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7722/ccf10122025_0006.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de instalar urnas, bem como a elaboração de formulários, para que a população_x000D_
+possa fazer sugestões e criticas sobre o atendimento em todos os Setores da Prefeitura_x000D_
+Municipal.</t>
+  </si>
+  <si>
+    <t>7721</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7721/ccf10122025_0005.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor Competente que providencie, o mais urgente possível, a instalação de placas de_x000D_
+sinalização proibindo a entrada de veículos na “Prainha”, bem como placas educativas e de_x000D_
+conscientização à população com relação a preservação do local. Ainda neste, solicito seja_x000D_
+construído obstáculos redutores de velocidade na Avenida Brasil para diminuir o abuso de_x000D_
+velocidade durante os finais de semana.</t>
+  </si>
+  <si>
+    <t>7720</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7720/ccf10122025_0004.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
+contato com a Funcionária Responsável Pela Cozinha Piloto, e estude as possibilidades de_x000D_
+manter lanches e sucos nas ambulâncias que transportam pacientes para atendimento médicohospitalar na região, considerando que muitos passam o dia sem nenhuma refeição.</t>
+  </si>
+  <si>
+    <t>7719</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7719/ccf10122025_0003.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de mandar limpar as ruas do Jardim Primavera, pois_x000D_
+quantidade de entulho espalhado causa revolta e vergonha aos itapuineses que reside naquele_x000D_
+bairro.</t>
+  </si>
+  <si>
+    <t>7718</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7718/ccf10122025_0002.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de mandar recapear o leito viário da Avenida Ignez_x000D_
+Romanini, pois o tamanho e a profundidade dos buracos causam revolta aos cidadãos_x000D_
+itapuienses, principalmente aos moradores do núcleo habitacional "Padre Arlindo José_x000D_
+Zanotto".</t>
+  </si>
+  <si>
+    <t>7717</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7717/ccf10122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
+contato com a CPFL- Companhia Paulista de Força e Luz com o objetivo de transferir para о_x000D_
+canteiro central da Avenida do Porto, os braços de iluminação pública que existem no local._x000D_
+Ainda neste, solicito a construção de calçadas em toda a extensão da Avenida melhorando a_x000D_
+segurança dos pedestres.</t>
+  </si>
+  <si>
+    <t>7715</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7715/ccf10122025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, entre em contato_x000D_
+com o Setor de Água e Esgoto do Município cobrando solução para o problema de vazamento_x000D_
+e acumulo de esgoto nos lotes 3 e 4, da quadra 23, localizada na rua das Palmeiras, bairro Mar_x000D_
+Azul. Ocorre que, todo o esgoto e a água da chuva que escorre pelas ruas estão se acumulando_x000D_
+nesses terrenos, impedindo o proprietário de construir e causando mau cheiro que incomoda_x000D_
+os moradores do local</t>
+  </si>
+  <si>
+    <t>7874</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7874/ccf10122025_0104.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor Competentes que tome as devidas providências no sentido de jogar cascalho na rua José_x000D_
+Carlos Brás, localizada no Distrito Industrial, e instalar braços de iluminação pública pois_x000D_
+além do barro e da poeira o local é bastante escuro e propício para atos ilícitos.</t>
+  </si>
+  <si>
+    <t>7864</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7864/ccf10122025_0103.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar tampar os buracos da rua João Fantin, altura do número 69, bem como entrar em contato com a CPFL- Companhia Paulista de Força e Luz, para que seja instalado o mais urgente possível os braços de iluminação pública necessários para iluminar essa via.</t>
+  </si>
+  <si>
+    <t>7854</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7854/ccf10122025_0102.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar tampar os buracos da rua Maestro José Scciaса, altura do número 88, localizado no bairro “Mar Azul”, considerando que o leito viário da referida rua encontra-se intransitável.</t>
+  </si>
+  <si>
+    <t>7853</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7853/ccf10122025_0101.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de mandar limpar o mato e retirar os entulhos que estão se_x000D_
+acumulando nas calçadas da Avenida do Porto, facilitando o transito dos pedestres e evitando_x000D_
+o risco de acidentes.</t>
+  </si>
+  <si>
+    <t>7852</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7852/ccf10122025_0100.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de entrar em contato com as Faculdades da Região com o_x000D_
+objetivo de cadastrar o Município de Itapuí, no Programa do Governo “Jovens Acolhedoras". Esse projeto, fornece bolsa de estudo por um período de 06 meses aos universitários em troca de prestação de serviço para o município.</t>
+  </si>
+  <si>
+    <t>7849</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7849/ccf10122025_0097.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de elaborar um projeto de lei que institui o beneficio do 14° salário aos_x000D_
+servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>7851</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7851/ccf10122025_0099.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no que tange mandar cortar as árvores localizadas na rua José Zenatti,_x000D_
+bem como a construção de galerias de captação de água para melhorar o escoamento,_x000D_
+principalmente em época de chuva.</t>
+  </si>
+  <si>
+    <t>7850</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7850/ccf10122025_0098.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de demolir o Prédio Públicos, localizado na rua Cecília Bueno do Prado, no_x000D_
+núcleo habitacional Irmãos Franceschi, pois o local há anos está abandonado e nos últimos_x000D_
+tempos vem sendo utilizado para atos de vandalismo e uso de drogas.</t>
+  </si>
+  <si>
+    <t>7848</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7848/ccf10122025_0096.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades elaborar e encaminhar para apreciação Legislativa, o mais breve possível, um_x000D_
+projeto de lei que institui no âmbito do município de Itapuí, critérios para expedição de_x000D_
+Alvará de Funcionamento aos estabelecimentos comerciais de nossa cidade, como por_x000D_
+exemplo: estar inscrito no Cadastro Nacional de Pessoa Jurídica; Possuir Inscrição Estadual, e_x000D_
+principalmente estar em dia com impostos e taxas municipais (IPTU, ISS, Água).</t>
+  </si>
+  <si>
+    <t>7847</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7847/ccf10122025_0095.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências no sentido de fazer os reparos necessários no leito viário da rua Tito_x000D_
+Luiz Ferreira, que dá acesso ao bairro “Terras de Santa Maria”, a fim de melhorar o trafego de_x000D_
+veículos no local.</t>
+  </si>
+  <si>
+    <t>7846</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7846/ccf10122025_0094.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
+contato com a Secretaria de Educação, com o objetivo de agendar uma reunião com os_x000D_
+Diretores das Escolas de nossa cidade e com as Empresas que prestam Serviços de Transporte_x000D_
+Escolar no Município a fim de solucionar o problema do atraso dos ônibus e peruas, como_x000D_
+exemplo do que vem acontecendo na Escola Senador Vicente Prado, onde os alunos esperam_x000D_
+o transporte até às 18:50 na calçada, correndo risco de acidentes.</t>
+  </si>
+  <si>
+    <t>7763</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7763/ccf10122025_0052.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de mandar construir pontos de embarque e desembarque de passageiros em todos os bairros de nossa cidade, com o objetivo de proteger os estudantes que aguardam o_x000D_
+transporte escolar do sol e da chuva.</t>
+  </si>
+  <si>
+    <t>7762</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7762/ccf10122025_0051.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
+contato com a CPFL- Companhia Paulista de Força e Luz, para que sejam tomadas as devidas providências no sentido de instalar braços de iluminação pública no trevo de acesso a Rodovia Comandante João Ribeiro de Barros, principalmente próximo aos pontos de embarque e_x000D_
+desembarque de passageiros e em frente à Capela “São José da Barra Mansa".</t>
+  </si>
+  <si>
+    <t>7760</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7760/ccf10122025_0050.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de firmar convenio com as Instituições Bancárias de nossa cidade para que os_x000D_
+Impostos e Taxas de Água e Esgoto possam ser pagos em qualquer um deles, gerando mais_x000D_
+comodidade aos contribuintes.</t>
+  </si>
+  <si>
+    <t>7845</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7845/ccf10122025_0093.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providencias no sentido de mandar construir obstáculos redutores de velocidade na_x000D_
+Avenida do Porto, devido ao intenso fluxo de veiculo e de pedestres que circulam por essa_x000D_
+via.</t>
+  </si>
+  <si>
+    <t>7844</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7844/ccf10122025_0092.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providencias no sentido de determinar ao Setor de Assistência Social do Município,_x000D_
+que inicie o mais rápido possível a “Campanha do Agasalho” em nossa cidade.</t>
+  </si>
+  <si>
+    <t>7843</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7843/ccf10122025_0091.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome_x000D_
+providencias no sentido de mandar tampa os buracos do leito viário na rua José Antonio, no_x000D_
+trecho próximo ao prédio da Garagem Municipal, por se tratar de uma das principais ruas de_x000D_
+nossa cidade que dá acesso ao núcleo habitacional “Padre Arlindo José Zanotto” e a via de_x000D_
+acesso "Prefeito Alberto Massoni”</t>
+  </si>
+  <si>
+    <t>7840</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7840/ccf10122025_0090.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de adquirir um computador e uma impressora para o Conselho Tutelar, a fim_x000D_
+de que os Conselheiros tenham melhores condições de trabalho.</t>
+  </si>
+  <si>
+    <t>7832</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7832/ccf10122025_0089.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de firmar convenio médico de qualidade, como por exemplo UNIMED, para_x000D_
+os funcionários públicos municipais como ocorre na maioria dos municípios de nossa região.</t>
+  </si>
+  <si>
+    <t>7820</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7820/ccf10122025_0088.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+devidas providências a fim de fazer cumprir a lei que proíbe o trafego de bicicletas na Praça_x000D_
+da Matriz, se possível realizar uma reunião com os guardas municipais que trabalham no local_x000D_
+para que se discuta as maiores dificuldades e encontrar a solução mais adequada para o_x000D_
+problema.</t>
+  </si>
+  <si>
     <t>4172</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>IND</t>
-[...8 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4172/ccf05062025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4172/ccf05062025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de instituir em nossa cidade o "Programa Cidade Digital", como vem sendo_x000D_
 implantado na maioria das cidades da região, como por exemplo, o projeto de lei em anexo,_x000D_
 do município de Bariri que fornece internet gratuita a toda população que estiver em dia com_x000D_
 os impostos municipais e que disponha de equipamento necessário para ter acesso à internet_x000D_
 (computador, kit wireless, placa PCI WI-FI, conectores, cabos e antena receptora).</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>Pedro Aparecido Miranda</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4171/ccf05062025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4171/ccf05062025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
 contato com a CPFL- Companhia Paulista de Força e Luz para que instale braços de_x000D_
 iluminação pública na Avenida Ignês Romanini Fachim, principalmente no trecho próximo a_x000D_
 via de acesso "Prefeito Alberto Massoni” e acesso ao núcleo habitacional "Waldomiro_x000D_
 Guarinon". Sugiro ainda, a construção de ponto de embarque e desembarque de passageiro no_x000D_
 mesmo local, para proteção de estudantes e trabalhadores rurais.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>Jesus Jocelim Curtolo</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4170/ccf05062025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4170/ccf05062025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine_x000D_
 ao Departamento de Água e Esgoto do Município que realize a limpeza e o desentupimento_x000D_
 das caixas de decantação que atende os bairro Jardim Maria Rosária e núcleo habitacional_x000D_
 Irmãos Franceschi. Ocorre que, frequentemente as caixas se enche e transborda exalando mau_x000D_
 cheiro e percorrendo sobre a superficie tornando alvo fácil de contaminação o poço artesiano_x000D_
 próximo ao local.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Irineu Fabio Ferraz, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4169/ccf05062025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4169/ccf05062025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de construir o mais urgente possível guias e sarjetas nas ruas_x000D_
 do novo Distrito Industrial.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>Irineu Fabio Ferraz</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4168/ccf05062025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4168/ccf05062025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao setor competente que efetue a instalação de fotocélulas na área externa de todos os prédios municipais, com a finalidade de diminuir o consumo excessivo de energia.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>Heros Ramos</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4167/ccf05062025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4167/ccf05062025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de entrar em contato com o Diretor do SENAI, com o objetivo de conseguir a_x000D_
 instalação de uma unidade em nossa cidade, como sendo mais uma alternativa de ensino para_x000D_
 nossos adolescentes.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>Ademir Aparecido Castelani</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4159/ccf05062025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4159/ccf05062025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí no sentido de que_x000D_
 tome as devidas providências no que tange a viabilizar os meios necessários junto ao Setor de_x000D_
 Engenharia e Vigilância Sanitária do Município, objetivando laudos técnicos que constatem o_x000D_
 estado de abandono do prédio localizado na Praça Governador Pedro de Toledo, esquina com_x000D_
 rua XV de novembro e extensão da rua XI de setembro, notificando posteriormente os_x000D_
 proprietários do imóvel para que adote as providências necessárias para reforma ou demolição</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4158/ccf05062025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4158/ccf05062025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí no sentido de que_x000D_
 tome as devidas providências no que tange a viabilizar os meios necessários junto ao Setor de_x000D_
 Obras do Município, objetivando a construção de um obstáculo redutor de velocidade no leito_x000D_
 viário da Praça da Matriz, em frente a Agencia do Banco Santander BanespaS/A.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4157/ccf05062025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4157/ccf05062025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de determinar ao Setor de Obras do Município que realize a_x000D_
 pintura das fixas de sinalização e dos obstáculos redutores de velocidade das ruas de nossa cidade, bem como que se faça uma vistoria nos bairros Irmãos Franceschi, Jardim Maria Rosária, Jardim Bica de Pedra e Cônego Arlindo José Zanotto identificando as placas que_x000D_
 estão instaladas no interior de residências e re-instale nas calçadas para maior visibilidade.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4156/ccf05062025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4156/ccf05062025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de agendar uma reunião com todos Empresários, com o objetivo de_x000D_
 conscientiza-los sobre as condições que serão exigidas para o bom funcionamento da Estação_x000D_
 de Tratamento de Esgoto que será construída em nossa cidade, orientado em como as_x000D_
 Empresas deverão se adequar no sentido de não descartar produtos químicos na rede de_x000D_
 esgoto municipal, pois não será mais permitido após a construção desta</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Heros Ramos, Pedro Aparecido Miranda</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4155/ccf05062025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4155/ccf05062025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de mandar construir um Canil em nossa cidade, para acolher_x000D_
 a imensa quantidade de gatos e cachorros que vivem pelas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4154/ccf05062025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4154/ccf05062025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de instalar placas proibindo estacionar do lado direito da rua_x000D_
 Luiz Teixeira, pois o trafego de veículos nessa via, que é mão dupla de direção e com carros_x000D_
 estacionados em ambos os lados, está quase impossível para trafegar.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4153/ccf05062025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4153/ccf05062025_0018.pdf</t>
   </si>
   <si>
     <t>devidas providências_x000D_
 Indico ao Senhor Prefeito Municipal de Itapuí, que tome as no sentido de mandar limpar e tampar os buracos da rua Antonio Speltri, bem como_x000D_
 Sala_x000D_
  notificar_x000D_
  das_x000D_
  os proprietários de terrenos para que os mantenham limpos. Sessões, 08 de junho de 2009.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4152/ccf05062025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4152/ccf05062025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar alinhar os paralelepípedos de toda extensão da rua José Antonio, pois é uma das ruas do município com maior fluxo de veículos.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>Gilson Sebastião</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4136/ccf05062025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4136/ccf05062025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude com_x000D_
 carinho a possibilidade de conceder um reajuste nos vencimentos dos funcionários públicos_x000D_
 municipais, pelo menos o índice da inflação dos últimos doze meses.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4135/ccf05062025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4135/ccf05062025.pdf</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4173/ccf05062025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4173/ccf05062025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que providencie_x000D_
 o mais urgente possível a instalação de bancos e um toldo no portão de entrada da Escola Municipal "Geraldo Arthur Fantin", para abrigar e acomodar os pais dos alunos enquanto esperam as crianças.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4175/ccf05062025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4175/ccf05062025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de terminar o asfalto da Avenida Comendador José Maria de Almeida Prado,_x000D_
 no trecho próximo a Avenida Ignez Romanini, sendo que dessa forma o trafego de veículos_x000D_
 pesados poderia ser distribuído para essa via aliviando as ruas do centro da cidade.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4174/ccf05062025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4174/ccf05062025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de determinar ao Setor Competente que realize uma reforma na_x000D_
 meses._x000D_
  Praça da Matriz, tão necessária após todos os eventos que foram realizados nos últimos</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4176/ccf05062025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4176/ccf05062025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que solicite_x000D_
 alinhamento dos_x000D_
  ao Setor de Obras e Melhoramentos do Município, para que realize as obras de_x000D_
 via o trafego_x000D_
  broquetes da Avenida Comendador José Maria de Almeida Prado, pois nesta_x000D_
 que estão desalinhados_x000D_
  de veículos pesados é bastante intenso o que acabam quebrando os broquetes piorando o dificultando o trafego no local.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4177/ccf05062025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4177/ccf05062025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de orientar a população itapuiense, através de faixas,_x000D_
 panfletos ou carro de som, da importância do DISK- Denuncia - 190 no sentido de registrar_x000D_
 todas as ocorrências para que se possa reivindicar junto a Secretaria de Segurança Pública do_x000D_
 Estado mais policiais e melhorar a segurança de nossa cidade.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4178/ccf05062025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4178/ccf05062025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de adquirir dois caminhões novos para melhorar a qualidade da frota_x000D_
 municipal, bem como agilizar os serviços diários necessários no município.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4193/ccf06062025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4193/ccf06062025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido interceder junto ao Governo do Estado a fim de angariar_x000D_
 recursos para obras de recape da Avenida Paes de Barros.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4192/ccf06062025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4192/ccf06062025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de mandar limpar as ruas do bairro Santa Clara, mais_x000D_
 conhecido como "Vila da Minhoca".</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>SILENE VALINI</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4191/ccf06062025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4191/ccf06062025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
 contato com a CPFL- Companhia Paulista de Força e Luz e solicite que seja substituído_x000D_
 mais urgente possível o poste de iluminação pública localizado na rua José Bueno do Prado_x000D_
 por o mesmo está tomado por cupins.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4190/ccf06062025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4190/ccf06062025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor Competente que realize o mais rápido possível a reforma da lateral da ponte localizada_x000D_
 na rua Nestor Cardoso, bem como tome as devidas providências com relação ao acumulo de_x000D_
 água que se forma em frente ao estabelecimento comercial existente nesta mesma rua, esquina com a rua Arricieri Francischini.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4189/ccf05062025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4189/ccf05062025_0054.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de mandar construir uma rotatória na confluência das Avenidas Jorge_x000D_
 Chammas, Avenida do Porto e Avenida Comendador José Maria de Almeida Prado,_x000D_
 facilitando assim o transito neste ponto de junção das três principais Avenidas de nossa_x000D_
 cidade.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4188/ccf05062025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4188/ccf05062025_0053.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades_x000D_
 Municipal,_x000D_
  de adotar o uso de papeis reciclados em todos os setores da Prefeitura como forma de colaborar e incentivar a população sobre a responsabilidade que temos em preservar a natureza.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4187/ccf05062025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4187/ccf05062025_0052.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
 devidas providências no sentido de terminar as obras de melhorias no Campinho de Futebol_x000D_
 do núcleo habitacional "Irmãos Franceschi".</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4186/ccf05062025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4186/ccf05062025_0051.pdf</t>
   </si>
   <si>
     <t>possibilidades Indico ao Senhor Prefeito Municipal de Itapuí, que estude as de determinar ao Setor Competente que faça o plantio de grama nos canteiros_x000D_
 excessivo._x000D_
 da Praça da Matriz, nos pontos em que as mesmas foram destruídas em razão do pisoteamento_x000D_
 Sala das Sessões, 03 de agosto de 2009.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4185/ccf05062025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4185/ccf05062025_0050.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em_x000D_
 contato com o Gerente Regional dos Correios e Telégrafos com o objetivo de unir esforços no_x000D_
 sentido de realizar as obras necessárias para ampliação do prédio onde está localizado а_x000D_
 Agencia dos Correios em nossa cidade.</t>
   </si>
   <si>
+    <t>7965</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7965/ccf16122025_0045.pdf</t>
+  </si>
+  <si>
+    <t>devidas providências Indico ao Senhor Prefeito Municipal de Itapuí, que tome as no sentido de mandar construir dois obstáculos redutores de velocidade na Avenida do Porto, no trecho após a rua Padre Manoel da Costa Gomes, com inclinação de 160° considerando o canteiro central, com o objetivo de diminuir o risco de acidentes pois os veículos trafegam pelo local em alta velocidade.</t>
+  </si>
+  <si>
+    <t>7935</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7935/ccf16122025_0013.pdf</t>
+  </si>
+  <si>
+    <t>devidas providências com_x000D_
+Indico ao Senhor Prefeito Municipal de Itapuí, que tome as_x000D_
+localizado_x000D_
+relação ao acumulo de água existente em frente do terreno_x000D_
+empossamento_x000D_
+ na_x000D_
+_x000D_
+rua_x000D_
+de água_x000D_
+ Padre_x000D_
+ está_x000D_
+ José_x000D_
+ comprometendo_x000D_
+ Ap. Chio, bairro Álvaro Beltrame de Souza, por que о_x000D_
+ a estrutura dos imóveis vizinho.</t>
+  </si>
+  <si>
+    <t>7960</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7960/ccf16122025_0038.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mudar a mão de estacionamento da rua Rui Barbosa para o lado direito, a_x000D_
+fim de diminuir o risco de acidentes com passageiros.</t>
+  </si>
+  <si>
+    <t>7934</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7934/ccf16122025_0012.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor de Compras e ao Setor de Obras que adquira materiais de boa qualidade para serviço de_x000D_
+tapa buraco nas ruas de nossa cidade, com o objetivo de diminuir o desperdício do dinheiro_x000D_
+publico.</t>
+  </si>
+  <si>
+    <t>7932</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7932/ccf16122025_0010.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao_x000D_
+Setor Competente que construa obstáculos redutores de velocidade nas duas principais ruas_x000D_
+do núcleo habitacional Irmãos Franceschi: rua Salma Simão Azar e Anacleto Fachim.</t>
+  </si>
+  <si>
+    <t>7931</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7931/ccf16122025_0009.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades e a legalidade de o Município estender o beneficio da cesta básica à todos os_x000D_
+funcionários das entidades de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7930</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7930/ccf16122025_0008.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de realizar um Programa de Plantio de Mudas de Arvores nas ruas de nossa_x000D_
+cidade, principalmente nos bairros mais novos e no Distrito Industrial.</t>
+  </si>
+  <si>
+    <t>7929</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7929/ccf16122025_0007.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de tornar mão única de direção as ruas: Ro_x000D_
+rua Candido Ferreira Dias, sentido rua José Geronimo Videira;_x000D_
+rua Floriano Peixoto, sentido rua Manoel Rodrigues Martins;_x000D_
+rua Sete de Setembro, sentido Avenida Comendador José Maria de Almeida Prado;_x000D_
+rua Prudente de Moraes, sentido rua 13 de maio;_x000D_
+rua Campo Salles, sentido Avenida Comendador José Maria de Almeida Prado.</t>
+  </si>
+  <si>
+    <t>7928</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7928/ccf16122025_0006.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de fazer uma reestruturação no quadro de funcionários públicos municipais, e por consequencia diminuir os contratos de prestação de serviço, objetivando reduzir os gastos do município devido à queda na arrecadação de recursos financeiros.</t>
+  </si>
+  <si>
+    <t>7927</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7927/ccf16122025_0005.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato_x000D_
+com a Secretaria de Saúde do Município, objetivando a elaboração de informativos para_x000D_
+população sobre a Gripe H1N1, bem como a criação de uma Central de Atendimento para_x000D_
+tirar as dúvidas da população sobre o assunto.</t>
+  </si>
+  <si>
+    <t>7926</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7926/ccf16122025_0004.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de determinar que seja aplicado piso sintético na outra cancha de Bocha do Centro de Lazer do Trabalhador “Ciro Portieri”, bem como que mande finalizar_x000D_
+as obras de construção da cancha de malha.</t>
+  </si>
+  <si>
+    <t>7925</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7925/ccf16122025_0003.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
+providências com relação à água que escorre e se acumula na rua Felix Sales, em frente a_x000D_
+propriedade do Senhor Pedro Barbosa.</t>
+  </si>
+  <si>
+    <t>7924</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7924/ccf16122025_0002.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar construir obstáculos redutores de velocidade na_x000D_
+Avenida do Porto.</t>
+  </si>
+  <si>
+    <t>7923</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7923/ccf16122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
+providências no sentido de mandar que seja efetuado os reparos necessário na valeta de_x000D_
+escoamento de água da rua Candido Ferreira Dias, cruzamento com a rua José Antonio,_x000D_
+pois os veículos que passam pelo local, frequentemente batem o cárter tendo prejuízos</t>
+  </si>
+  <si>
+    <t>7922</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7922/ccf16122025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar alinhar os paralelepípedos da Avenida Antonio Fachim, em frente ao estabelecimento comercial de materiais para construção, pois tenho recebido diversas reclamações dos condutores de veículos que tiveram seus carros danificados no local.</t>
+  </si>
+  <si>
+    <t>7955</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7955/ccf16122025_0033.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas no sentido de realizar a municipalização do transito em nossa cidade._x000D_
+técnico, por meio_x000D_
+A municipalização do transito é o processo legal, administrativo e_x000D_
+de engenharia,_x000D_
+ do qual o município assume integralmente a responsabilidade pelos serviços fiscalização, e educação do transito._x000D_
+cidade_x000D_
+Municipalizar é, portanto, passar a realizar a gestão do trânsito de sua_x000D_
+estacionamento_x000D_
+ de forma_x000D_
+ e_x000D_
+ completa, assumindo as questões relacionadas ao pedestre, à circulação, ao_x000D_
+entre outras._x000D_
+ à parada de veículos e animais, à implantação e manutenção da sinalização,_x000D_
+relacionadas aos_x000D_
+Com o Departamento Estadual de Trânsito - Detran ficam as questões_x000D_
+veículos automotores_x000D_
+ condutores_x000D_
+ (registro,_x000D_
+ (formação, CNH, permissão para dirigir, Renach etc.) e aos licenciamento, documentação, Renavan etc.) entre outras._x000D_
+atender, de forma_x000D_
+É a melhor forma de garantir ao município melhores condições de direta, as necessidades da população.</t>
+  </si>
+  <si>
+    <t>7954</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7954/ccf16122025_0032.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+que entre me contato com o Departamento Jurídico e o Setor de Recursos Humanos do_x000D_
+Município para que estude as possibilidades e a legalidade de conceder aos servidores_x000D_
+públicos municipais um convênio médico de boa qualidade.</t>
+  </si>
+  <si>
+    <t>7953</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7953/ccf16122025_0031.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+que entre estude as possibilidades de mandar o Setor de Obras do Município que realize a_x000D_
+construção de um ponto de embarque e desembarque de passageiros no núcleo habitacional_x000D_
+"Waldomiro Guarinon”, próximo à via de acesso "Prefeito Alberto Massoni".</t>
+  </si>
+  <si>
+    <t>7952</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7952/ccf16122025_0030.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+que tome as devidas providências no sentido de adquirir e instalar luminárias de emergência,_x000D_
+em todos os prédios públicos municipais.</t>
+  </si>
+  <si>
+    <t>7951</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7951/ccf16122025_0029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+fim de agendar no sentido de entrar em contato com o Cartório Eleitoral a_x000D_
+títulos em nossa_x000D_
+ uma data para realizar um mutirão para transferência e retirada de novos</t>
+  </si>
+  <si>
+    <t>7981</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7981/ccf16122025_0061.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar instalar placas proibindo o trafego de caminhões nas proximidades do Hospital e Maternidade Sala das Sessões, São José de Itapuí.</t>
+  </si>
+  <si>
+    <t>7999</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7999/ccf16122025_0078.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar construir outro abrigo de embarque e_x000D_
+desembarque de passageiros na via de acesso “Prefeito Alberto Massoni", com o objetivo de evitar que os moradores do local atravessem a pista correndo risco de vida.</t>
+  </si>
+  <si>
+    <t>7998</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7998/ccf16122025_0077.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+que tome as devidas providências no sentido de mandar alinhar os bloquets da rua Ernesto_x000D_
+Cafeu, próximo ao nº 70, o mais urgente possível.</t>
+  </si>
+  <si>
+    <t>7997</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7997/ccf16122025_0076.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
+que tome as devidas providências no sentido de mandar passar a maquina PATROL nas ruas_x000D_
+do bairro Balneário Mar Azul.</t>
+  </si>
+  <si>
+    <t>7996</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7996/ccf16122025_0075.pdf</t>
+  </si>
+  <si>
+    <t>que tome as devidas providências_x000D_
+Indico ao Senhor Prefeito Municipal de Itapuí, no sentido de recapear a estrada municipal "Feres Simão". localizada no bairro Baririzinho._x000D_
+Sala das Sessões, 21 de setem</t>
+  </si>
+  <si>
+    <t>7995</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7995/ccf16122025_0074.pdf</t>
+  </si>
+  <si>
+    <t>que entre em_x000D_
+Indico ao Senhor Prefeito Municipal de Itapuí, contato com as Agencias Bancárias de nossa cidade, para que se estude as possibilidades de instalar um caixa de auto-atendimento na Prefeitura Municipal para facilitar que a população efetue o pagamento de taxas e impostos municipais.</t>
+  </si>
+  <si>
+    <t>7994</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7994/ccf16122025_0073.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato com o Prefeito Municipal de Boracéia e com o Diretor da AES Tietê, com o objetivo de melhorar a segurança da população que faz a travessia Itapuí- Boracéia através da balsa, como por exemplo, melhorar a iluminação nos pontos de embarque e_x000D_
+desembarque dos veículos e instalação de redes de proteção na lateral da balsa para evitar a_x000D_
+queda de criança</t>
+  </si>
+  <si>
+    <t>7993</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7993/ccf16122025_0072.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome providencias o mais urgente possível, no sentido de determinar que seja realizada_x000D_
+uma reforma nos brinquedos do parquinho localizado na Prainha de nossa cidade</t>
+  </si>
+  <si>
+    <t>7992</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7992/ccf16122025_0071.pdf</t>
+  </si>
+  <si>
+    <t>que tome providencias Indico ao Senhor Prefeito Municipal de Itapuí, no sentido de mandar instalar braços de iluminação pública nas ruas utilizam_x000D_
+Tito Livio_x000D_
+ para_x000D_
+ Ferreira_x000D_
+ retornar_x000D_
+ e na_x000D_
+ pra_x000D_
+ rua Tirso Dias do Prado, pois este é o caminho que muitos estudantes casa e durante à noite o local é muito escuro e coloca em risco a_x000D_
+vida dessas pessoas.</t>
+  </si>
+  <si>
+    <t>7990</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7990/ccf16122025_0069.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato com o Município de Bariri, e se informe dos beneficios de Bolsa Escola_x000D_
+funcionários_x000D_
+e Vale Alimentação, adotado naquela cidade e estude as possibilidades de conceder aos públicos e aos alunos da rede municipal de ensino esses beneficios.</t>
+  </si>
+  <si>
     <t>5928</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5928/ccf04082025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5928/ccf04082025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
 que tome a devida providência no sentido de mandar o Setor Competente realizar limpeza das_x000D_
 ruas e terrenos baldios do bairro “Jardim Primavera"</t>
   </si>
   <si>
     <t>5927</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Jesus Jocelim Curtolo, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5927/ccf04082025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5927/ccf04082025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
 que determine ao Setor Competente que efetue a limpeza das margens do córrego “Robertão",_x000D_
 no trecho que se inicia na rua Lourenço Neto de Almeida Prado", pois no local existe um_x000D_
 acumulo de água parada que propicia a proliferação do mosquito da dengue e insetos_x000D_
 hematófagos. Ainda neste, solicito a limpeza dos entulhos acumulados no leito viário do_x000D_
 referido bairro.</t>
   </si>
   <si>
     <t>5926</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5926/ccf04082025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5926/ccf04082025_0032.pdf</t>
   </si>
   <si>
     <t>,Indico ao Senhor Prefeito Municipal de Itapui_x000D_
 que tome as devidas providências no sentido de tampar os buracos e realizar a limpeza do_x000D_
 acostamento da Avenida Jorge Chamas o mais urgente possível, pois os munícipes utilizam-se_x000D_
 dessa via para fazer caminhada e precisam disputar o local com galhos de arvores.</t>
   </si>
   <si>
     <t>5925</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5925/ccf04082025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5925/ccf04082025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí,_x000D_
 que tome as devidas providências no sentido de tampar os buracos e alinhar os bloquetes da_x000D_
 rua José Zenatti, cruzamento com a rua José da Silva Fonseca.</t>
   </si>
   <si>
     <t>5924</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5924/ccf04082025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5924/ccf04082025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar construir guias e sarjetas, bem como fazer o asfalto da rua José Castelani o mais urgente possível.</t>
   </si>
   <si>
     <t>5923</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5923/ccf04082025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5923/ccf04082025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar tampar os buracos das ruas:_x000D_
 Rua José Antonio, no trecho compreendido entre as ruas_x000D_
 Comendador José Maria de Almeida Prado cruzamento com a rua Ignês. Romanini._x000D_
 Rua XV de Novembro, em frente ao número 155.</t>
   </si>
   <si>
     <t>5922</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5922/ccf04082025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5922/ccf04082025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato_x000D_
 com a Secretária de Educação, para que estude as possibilidades de incluir o Município de_x000D_
 Itapuí no Programa da Secretaria de Meio Ambiente do Estado-“Projeto Criança Ecológica".</t>
   </si>
   <si>
     <t>5908</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5908/ccf04082025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5908/ccf04082025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, estude as possibilidades_x000D_
 amenizando_x000D_
 de mandar_x000D_
 _x000D_
 jogar_x000D_
 o_x000D_
  piçarra no trecho sem asfalto da estrada municipal "Feres Simão", sofrimento dos moradores do local.</t>
   </si>
   <si>
     <t>5907</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5907/ccf04082025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5907/ccf04082025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, estude as possibilidades_x000D_
 de isentar os templos religiosos com sede em nossa cidade do pagamento de impostos e tarifas_x000D_
 municipais, considerando o artigo 9°, inciso IV, alínea B, do Código do Tributário Nacional,_x000D_
 conforme segue:_x000D_
 "Art. 9° É vedado à União, aos Estados, ao Distrito Federal e aos Municípios:_x000D_
 IV- cobrar imposto sobre:_x000D_
 b) templos de qualquer culto;"</t>
   </si>
   <si>
     <t>5906</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5906/ccf04082025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5906/ccf04082025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
 providências no sentido de mandar tampar o buraco existente no inicio da ponte localizada na_x000D_
 estrada vicinal “Ângelo Poli”, sentido Itapuí-Bariri, pois existem reclamações de munícipes_x000D_
 que tiveram seus veículos danificados no local.</t>
   </si>
   <si>
     <t>5905</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5905/ccf04082025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5905/ccf04082025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de pagar aos motoristas da área da saúde o adicional de insalubridade sobre о_x000D_
 valor total de seus subsídios, e não sobre o salário mínimo como ocorre.</t>
   </si>
   <si>
     <t>5904</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5904/ccf04082025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5904/ccf04082025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de encaminhar um oficio ao Presidente desta Casa, solicitando a retirada do_x000D_
 Projeto de Lei n°050/2009, para que seja realizado um novo estudo sobre o valor do_x000D_
 acréscimo dado à tarifa de água e esgoto. Sugiro ainda, que se possível seja fixado o mesmo_x000D_
 índice utilizado para a revisão dos vencimentos dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5933/ccf04082025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5933/ccf04082025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de mandar RECAPEAR todas as ruas de nossa cidade, para resolver_x000D_
 definitivamente o problema das ruas de nossa cidade uma vez que tampar buraco já não é_x000D_
 suficiente para resolver a situação em que o município de Itapuí se encontra.</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5932/ccf04082025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5932/ccf04082025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de mandar instalar placas de sinalização e com o nome das ruas do bairro_x000D_
 "Balneário Mar Azul I e II".</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5931/ccf04082025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5931/ccf04082025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as possibilidades de determinar que seja realizado o mais urgente possível uma reforma completa no banheiro público, localizado na Praça Governador Pedro de Toledo.</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5930/ccf04082025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5930/ccf04082025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de tornar mão única de direção a rua Sete de Setembro, no sentido rua 13 de_x000D_
 maio para a Avenida Paes de Barros facilitando o fluxo de veículos no local</t>
   </si>
   <si>
     <t>5955</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5955/ccf04082025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5955/ccf04082025_0061.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato_x000D_
 com o setor competente, e solicite deste maior agilidade no que se refere ao fornecimento de_x000D_
 caminhões de terra para a população carente de nossa cidade.</t>
   </si>
   <si>
     <t>5954</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5954/ccf04082025_0060.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5954/ccf04082025_0060.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor_x000D_
 Competente que instale dois braços de iluminação pública na rua Francisco Artioli, principal_x000D_
 rua de acesso ao bairro Jardim Maria Rosaria e caminho percorrido por muitos dos moradores_x000D_
 do local.</t>
   </si>
   <si>
     <t>5953</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5953/ccf04082025_0059.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5953/ccf04082025_0059.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor_x000D_
 Competente a realização de serviço de tapa buraco com massa asfaltica de boa qualidade, nas_x000D_
 ruas Antonio Checheto- Jd Maria Rosaria e Nabor Romanini- Núcleo Habitacional Irmãos_x000D_
 Franceschi.</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5952/ccf04082025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5952/ccf04082025_0058.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor Competente que realize a manutenção necessária para colocar em funcionamento o_x000D_
 tratorzinho- roçadeira de grama, que há quase um ano se encontra quebrado.</t>
   </si>
   <si>
     <t>5951</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5951/ccf04082025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5951/ccf04082025_0057.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 possibilidades de elaborar um Projeto de Lei no sentido de conceder aos portadores de_x000D_
 doenças como câncer ou outras doenças graves da isenção de Impostos Municipais, como por_x000D_
 exemplo: IPTU e ISS.</t>
   </si>
   <si>
     <t>5950</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5950/ccf04082025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5950/ccf04082025_0056.pdf</t>
   </si>
   <si>
     <t>possibilidades de utilizar_x000D_
 Indico_x000D_
 _x000D_
  ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
 devolvido no_x000D_
 o saldo do duodécimo da Câmara Municipal de Itapuí que será_x000D_
 de tapa buraco_x000D_
 final_x000D_
  na cidade._x000D_
  do ano, para obras de recape na rua Ângelo Caetano Gonsalves e serviços_x000D_
 Sala das Sessões, 09 de novembro de 2009.</t>
   </si>
   <si>
     <t>5956</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5956/ccf04082025_0062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5956/ccf04082025_0062.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato com todos os Empresários cuja às empresas estão instaladas em nossa cidade, com objetivo de unir_x000D_
 garantir esforços_x000D_
  auxilio_x000D_
  no sentido de instalar pontos de hidrantes em todo o Distrito Industrial, para imediato em caso de incêndio.</t>
   </si>
   <si>
+    <t>8086</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8086/ccf18122025_0039.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
+providências no sentido de mandar construir guias e sarjeta, limpar e instalar braços de_x000D_
+iluminação pública na rua José Castelani.</t>
+  </si>
+  <si>
+    <t>8085</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8085/ccf18122025_0038.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mandar construir obstáculos redutores de velocidade no leito viário da Praça_x000D_
+Joaquim Silva e na rua Cesarino Speltri próximo ao Estádio Municipal “José Miraglia".</t>
+  </si>
+  <si>
+    <t>8084</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8084/ccf18122025_0037.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de mandar construir galerias de captação de águas pluviais na rua Ignes_x000D_
+Romanini, próximo ao cruzamento com a rua Sebastião Ferreira Dias, pois no local existem_x000D_
+buracos de grandes proporções que já foram tampados e devido a água que se acumula no_x000D_
+local o serviço foi todo desfeito.</t>
+  </si>
+  <si>
+    <t>8082</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8082/ccf18122025_0035.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, providências no sentido de mandar substituir a placa de sinalização existente na rua XV de novembro, cruzamento com a rua Floriano Peixoto, pois a mesma encontra-se sem condições visual.</t>
+  </si>
+  <si>
+    <t>8081</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8081/ccf18122025_0034.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de estender o beneficio da bolsa de estude dos funcionários públicos municipais aos seus dependentes.</t>
+  </si>
+  <si>
+    <t>8080</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8080/ccf18122025_0033.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor Competente que construa rampas de acesso para deficiente fisico nas salas do Velório Municipal de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8079</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8079/ccf18122025_0032.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor_x000D_
+Competente que faça o mais urgente possível o alinhamento dos bloquetes das ruas José Zenati e Ernesto Cafeu.</t>
+  </si>
+  <si>
+    <t>8078</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8078/ccf18122025_0031.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
+providências no sentido de mandar construir calçada ao redor do Prédio da Assistência Social_x000D_
+de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8077</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8077/ccf18122025_0030.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de mandar pintar faixas de pedestre no leito viário da Praça Joaquim da Silva, cruzamento com a Avenida Paes de Barros, próximo ao Estádio Municipal José Miraglia e da Casa da Lavoura.</t>
+  </si>
+  <si>
+    <t>8076</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8076/ccf18122025_0029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que estude as_x000D_
+possibilidades de prover o cargo de Engenheiro Agrônomo existente para substituir a_x000D_
+funcionária da Casa da Lavoura que esta prestes à se aposentar.</t>
+  </si>
+  <si>
+    <t>8072</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8072/ccf18122025_0025.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que determine ao Setor_x000D_
+Competente que efetue a limpeza do mato da calçada da Escola Senador Vicente Prado,_x000D_
+principalmente em frente ao Laboratório do Hospital e Maternidade São José. Solicito ainda,_x000D_
+que seja feita uma avaliação em toda a extensão do muro que cerca essa escola e aponte se_x000D_
+existe risco de desabar.</t>
+  </si>
+  <si>
+    <t>8071</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8071/ccf18122025_0024.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de ampliar a área do Cemitério Municipal “Dona Tinda", ou que estude a possibilidade de construir um novo Cemitério pois o atual já esta saturado.</t>
+  </si>
+  <si>
+    <t>8070</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8070/ccf18122025_0023.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas_x000D_
+providências no sentido de exigir do Diretor de Obras do Município que oriente os_x000D_
+funcionários que realizam serviços de tapa buraco a maneira correta de usar o material, pois_x000D_
+da forma que vem sendo realizado após a primeira chuva o serviço se desfaz.</t>
+  </si>
+  <si>
+    <t>8069</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8069/ccf18122025_0022.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, providências no sentido de resolver de maneira mais eficaz o problema dos buracos que se formam na Avenida do Porto, no trecho que se encontra sem asfalto, em razão das chuvas.  Ocorre que, em conseqüência das fortes chuvas o terreno cede e se formam  buracos de grandes proporções, tornando impossível o trafego de veículos de qualquer espécie.</t>
+  </si>
+  <si>
+    <t>8068</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8068/ccf18122025_0021.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que entre em contato_x000D_
+com a CPFL- Companhia Paulista de Força e Luz objetivando a instalação de braços de_x000D_
+iluminação pública na Travessa Itapuí, pois no local foram construídas varias moradias e a_x000D_
+grande maioria delas estão ocupadas.</t>
+  </si>
+  <si>
+    <t>8091</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8091/ccf18122025_0046.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Itapuí, que tome as devidas providências no sentido de realizar uma reforma na quadra poli-esportiva, localizada ao lado da piscina municipal, bem como nos banheiros e demais instalações utilizadas pelos usuários do local.</t>
+  </si>
+  <si>
+    <t>7872</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7872/ccf12122025_0052.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Excelentíssimo Senhor Doutor_x000D_
+RONALDO AUGUSTO BRETAS MARZAGĀO, digníssimo Secretário de Estado da_x000D_
+Segurança Pública, solicitando os valiosos préstimos no que tange a viabilizar os meios_x000D_
+necessários a fim de transformar a Delegacia de Polícia de Itapuí da 4ª para 3ª classe.</t>
+  </si>
+  <si>
+    <t>7807</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7807/ccf12122025_0004.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado a Diretoria regional dos_x000D_
+Correios e a Diretoria Regional da Caixa Econômica Federal, solicitando seja marcada uma_x000D_
+reunião para que os Vereadores possam transmitir aos responsáveis dessas instituições_x000D_
+sobre as reclamações da população com relação ao atendimento, segurança e o espaço_x000D_
+físico do local, bem como saber se existe pretensão de melhoria nas edificações localizadas_x000D_
+em nosso município.</t>
+  </si>
+  <si>
+    <t>7808</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7808/ccf12122025_0005.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito e ao Departamento Jurídico do Município, solicitando informações se no contrato firmado com a_x000D_
+Empresa JAUPAVI, que realizou as obras de asfalto no bairro Mar Azul, existe clausulas prevendo_x000D_
+o asfalto_x000D_
+ as garantias nos serviços executados no respectivo logradouro, considerando que vem apresentando deformações e rachaduras. Solicito ainda, que entre em contato_x000D_
+problema_x000D_
+o mais rápido_x000D_
+ se_x000D_
+ possível com esta Empresa para solucionar essa questão, antes que o</t>
+  </si>
+  <si>
+    <t>7809</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7809/ccf12122025_0006.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito e ao_x000D_
+Departamento de Água e Esgoto do Município, solicitando informações sobre a instalação_x000D_
+da rede de esgoto do bairro Mar Azul, ou seja, por quais motivos as obras estão paradas e_x000D_
+qual o prazo para o termino da mesma.</t>
+  </si>
+  <si>
+    <t>7804</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7804/ccf12122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito solicitando_x000D_
+informações se existe a possibilidade de instituir em nossa cidade a obrigatoriedade do uso_x000D_
+de caçambas em obras e construções.</t>
+  </si>
+  <si>
+    <t>7805</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7805/ccf12122025_0002.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
+solicitando informações se pretender dar continuidade nas obras de construção da Praça_x000D_
+Pública, localizada no núcleo habitacional "Padre Arlindo José Zanotto".</t>
+  </si>
+  <si>
+    <t>7806</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7806/ccf12122025_0003.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
+solicitando que encaminhe a esta Casa de Leis a relação de veículos que compõem a frota_x000D_
+do município. Solicito também, que especifique quais estão em condições de uso e se existe_x000D_
+a possibilidades de mandar para o conserto o mais urgente possível os veículos ou_x000D_
+maquinas essenciais para a continuação das obras de infra-estrutura de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7803</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7803/ccf12122025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
+ao Departamento Jurídico do Município solicitando informações se existe a possibilidade_x000D_
+de conceder os benefícios da Lei nº 2.231/2007, que institui auxilio pecuniário para_x000D_
+transporte de estudantes, para um grupo de alunos que fazem curso profissionalizante no_x000D_
+município de Boracéia.</t>
+  </si>
+  <si>
+    <t>7817</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7817/ccf12122025_0013.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Delegado de Policia e ao_x000D_
+Sargento da Policia Militar, solicitando os valiosos préstimos no sentido de encaminhar a_x000D_
+esta Casa de Leis a relação de todas as ocorrências registradas nos últimos seis meses, e_x000D_
+quais providências serão tomadas para diminuir a quantidade de furtos que vem ocorrendo_x000D_
+em nossa cidade.</t>
+  </si>
+  <si>
+    <t>7816</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7816/ccf12122025_0012.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
+foram concluídas,_x000D_
+ informações se as obras de reforma do Terminal Rodoviário de nossa cidade já_x000D_
+a iluminação_x000D_
+ por que segundo reclamações da população os banheiros não funcionam, é precária e não foram instaladas as cadeiras.</t>
+  </si>
+  <si>
+    <t>7906</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7906/ccf16122025_0028.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quais foram os motivos que levaram a interrupção das obras de construção da Praça do núcleo habitacional "Cônego Arlindo José Zanotto". Solicito ainda, informações sobre qual a data prevista para a retomada das obras.</t>
+  </si>
+  <si>
+    <t>7904</t>
+  </si>
+  <si>
+    <t>Irineu Fabio Ferraz, Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7904/ccf16122025_0026.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado à Secretária de Educação do Município Sra. Márcia Goreti Boesso, solicitando informações por que razão nossa cidade não está cadastrada no Projeto "Caravanas do Conhecimento" do CEPAM- Fundação Prefeito Faria Lima, bem como se existe a possibilidade de realizar esse cadastro ainda esse ano.</t>
+  </si>
+  <si>
+    <t>7905</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7905/ccf16122025_0027.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
+comparando Humanos do Município, solicitando seja feito um relatório quanto gera de despesa o serviço de coleta do lixo durante o dia e quanto seria gasto pelo município se o serviço fosse no período noturno. Bem como, seja encaminhada uma declaração_x000D_
+Sala_x000D_
+ da viabilidade, ou não, da alteração do horário aos cofres municipais.</t>
+  </si>
+  <si>
+    <t>7903</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7903/ccf16122025_0025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Gerente da Agencia da_x000D_
+Nossa Caixa S/A de nossa cidade, solicitando os valiosos préstimos no sentido de melhorar_x000D_
+a qualidade do atendimento aos clientes no que tange a melhoria nas instalações do prédio_x000D_
+onde está instalada essa instituição, como por exemplo, a instalação de mais cadeiras e de_x000D_
+ar condicionado por que em dia de maior movimento o calor e o ar, torna ainda mais_x000D_
+insuportável a permanência na fila.</t>
+  </si>
+  <si>
+    <t>7902</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7902/ccf16122025_0024.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações se existe algum projeto para criação do Departamento Municipal_x000D_
+de Trânsito. Se negativa a resposta, solicito de Vossa Excelência que estude as_x000D_
+possibilidades de criar o mais urgente possível esse Setor em nosso município.</t>
+  </si>
+  <si>
+    <t>7901</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Gilson Sebastião, Irineu Fabio Ferraz</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7901/ccf16122025_0023.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe a possibilidade de contratar, por tempo determinado, empresa que preste serviço de mão-de-obra na limpeza das ruas de nossa cidade, até que sejam contratados aqueles que passaram nos concursos realizados.</t>
+  </si>
+  <si>
+    <t>7900</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7900/ccf16122025_0022.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
+obras_x000D_
+solicitando_x000D_
+ de_x000D_
+ informações se não seria mais vantajoso aos cofres públicos municipais se as_x000D_
+Município,_x000D_
+ recape e tapa buraco das ruas fossem feitas com máquinas e mão-de-obra do_x000D_
+serviço. adquirindo-se apenas a matéria prima, ao invés de terceirizar totalmente o</t>
+  </si>
+  <si>
+    <t>7823</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7823/ccf12122025_0018.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado a Diretoria da Casa de Criança_x000D_
+São José de Itapuí, solicitando as seguintes informações:_x000D_
+qual o número de alunos atendidos por esta entidade;_x000D_
+relação de todos os funcionários que trabalham no local, especificando àqueles que_x000D_
+são remuneradas pela entidade e àquelas que são cedidos pelo município;_x000D_
+qual a quantidade de merenda escolar e material de consumo fornecida a entidade_x000D_
+pelo município.</t>
+  </si>
+  <si>
+    <t>7824</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7824/ccf12122025_0019.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações se o sistema de cartão de ponto também é aplicado aos Secretários_x000D_
+e Chefes de Setor do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>7825</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7825/ccf12122025_0020.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal,_x000D_
+solicitando informações sobre quando pretende realizar os processos licitatorios para cessão_x000D_
+de uso dos prédios públicos municipais.</t>
+  </si>
+  <si>
+    <t>7826</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7826/ccf12122025_0021.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado a_x000D_
+Diretoria da APAE Renascer de Itapuí solicitando seja encaminhado a esta Casa de Leis cópia_x000D_
+das Notas Fiscais que comprovem todas as despesas que a entidade teve até a presente data_x000D_
+com a construção da piscina de hidroterapia.</t>
+  </si>
+  <si>
+    <t>7887</t>
+  </si>
+  <si>
+    <t>SILENE VALINI, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7887/ccf16122025_0009.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor_x000D_
+Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do processo_x000D_
+licitatório de contratação da empresa responsável pela construção do prédio do PSF do Bairro_x000D_
+Mar Azul, e também laudo técnico do engenheiro da Prefeitura Municipal, informando as_x000D_
+condições em que se encontra referido prédio.</t>
+  </si>
+  <si>
+    <t>7873</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7873/ccf12122025_0053.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor_x000D_
+Prefeito Municipal solicitando informações sobre quando pretende cumprir o disposto no_x000D_
+artigo 70, incisos X e XXV, da Seção II, da Lei Orgânica do Município de Itapuí, que assim_x000D_
+dispõe:_x000D_
+Artigo 70-– Compete ao Prefeito, entre outras, as seguintes atribuições:_x000D_
+X- apresentar à Câmara Municipal, na sua sessão inaugural,mensagem sobre a situação do_x000D_
+Município, solicitando medidas de interesse do governo:_x000D_
+XXV - apresentar à Câmara Municipal o Projeto do Plano Diretor.</t>
+  </si>
+  <si>
+    <t>7878</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7878/ccf16122025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor_x000D_
+Prefeito Municipal solicitando informações sobre quanto o município já arrecadou com o_x000D_
+IPVA, e se existe a possibilidade de investir esses valores no recape das ruas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7879</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7879/ccf16122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor_x000D_
+Prefeito Municipal solicitando que encaminhe a esta Casa Legislativa cópia dos processos_x000D_
+licitatorios para contratação de empresa de transporte escolar e na área da Saude.</t>
+  </si>
+  <si>
+    <t>7880</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7880/ccf16122025_0002.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor_x000D_
+Prefeito Municipal solicitando que encaminhe a esta Casa Legislativa cópia de todos os_x000D_
+decretos e editais de concursos e licitações que serão realizados pelo Poder Executivo.</t>
+  </si>
+  <si>
+    <t>7786</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7786/ccf10122025_0047.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que informe esta Casa de Leis se foi tomado alguma providência com relação aos casos de Nepotismo em nosso município.</t>
+  </si>
+  <si>
+    <t>7785</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7785/ccf10122025_0046.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre por quais motivos_x000D_
+foi encaminhado a esta Casa de Leis um projeto de lei reduzindo os valores da subvenção do_x000D_
+Asilo São Vicente de Paulo de 84 mil para 72 mil reais.</t>
+  </si>
+  <si>
+    <t>7764</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Gilson Sebastião, Heros Ramos, Irineu Fabio Ferraz, Jesus Jocelim Curtolo, Pedro Aparecido Miranda, SILENE VALINI, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7764/ccf10122025_0053.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Presidente desta Casa de Leis, que estude as possibilidades de adquirir um veiculo para Câmara Municipal de Itapuí, possibilitando o deslocamento para atividades externas.</t>
+  </si>
+  <si>
+    <t>7738</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7738/ccf10122025_0020.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe pretensão em_x000D_
+mandar reformar a "Vaca Mecanica". Se positivo, solicito que estude as possibilidades de_x000D_
+construir um lugar apropriado para instalação da mesma, e que haja espaço para instalação da_x000D_
+padaria artesanal e de uma câmara fria para o acondicionamento dos alimentos utilizados pela_x000D_
+Cozinha Piloto.</t>
+  </si>
+  <si>
+    <t>7737</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7737/ccf10122025_0019.pdf</t>
+  </si>
+  <si>
+    <t>equeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidades de prorrogar o prazo do contrato firmado com a empresa que está fazendo a limpeza das ruas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7736</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7736/ccf10122025_0018.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre qual destino foi_x000D_
+dado a verba de R$ 50.000,00 (cinqüenta mil reais) que foi encaminhado ao nosso município_x000D_
+pelo Deputado Jorge Caruzo, para aquisição de uma ambulância.</t>
+  </si>
+  <si>
+    <t>7734</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7734/ccf10122025_0017.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+Casa_x000D_
+seja oficiado_x000D_
+ de Leis_x000D_
+a_x000D_
+a_x000D_
+AES_x000D_
+relação_x000D_
+ Tietê, solicitando os valiosos préstimos no sentido de encaminhar a esta do horário da balsa que faz a travessia entre o município de Itapuí- Boracéia.</t>
+  </si>
+  <si>
+    <t>7776</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7776/ccf10122025_0065.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações sobre quando_x000D_
+pretende construir um abrigo de proteção do sol e da chuva na entrada da Escola Municipal_x000D_
+"Geraldo Arthur Fantin"</t>
+  </si>
+  <si>
+    <t>7775</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7775/ccf10122025_0064.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe  a esta Casa de Leis cópia do contrato firmado com a empresa Brasix, e uma relação de todos os serviços prestados  por esta empresa nos últimos 02 anos.</t>
+  </si>
+  <si>
+    <t>7774</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7774/ccf10122025_0063.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis_x000D_
+copia do processo licitatorio, referente ao contrato firmado com a empresa URBEPLAN que_x000D_
+realizou as obras de reforma da Rodoviária Municipal.</t>
+  </si>
+  <si>
+    <t>7773</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7773/ccf10122025_0062.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado a Telefônica, solicitando informações se existe a possibilidade de melhorar o_x000D_
+serviço de Speedy nas Agencias Bancárias de nossa cidade. Ocorre que, os sistemas_x000D_
+costumam cair frequentemente, prejudicando o atendimento a população.</t>
+  </si>
+  <si>
+    <t>7772</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7772/ccf10122025_0061.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal, solicitando informações se o Município possui_x000D_
+disponibilidade financeira para aquisição de uma máquina Patrol, uma pá carregadeira, um_x000D_
+caminhão de coleta de lixo, um caminhão vasculante e um caminhão de carroceria para_x000D_
+auxiliar nas obras e serviços em andamento  no município.</t>
+  </si>
+  <si>
+    <t>7771</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7771/ccf10122025_0060.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe a possibilidade_x000D_
+de criar uma Comissão Especial, para acompanhar e fiscalizar a aplicação das provas no_x000D_
+concurso público que está em andamento.</t>
+  </si>
+  <si>
+    <t>7770</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7770/ccf10122025_0059.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais,_x000D_
+seja oficiado ao Senhor Presidente da Câmara, solicitando seja elaborado Projeto de Decreto_x000D_
+Legislativo, que outorga título de Cidadão Itapuiense ao Cônego Romeu Antonio Parolise,_x000D_
+pelo excelente trabalho a frente da Paróquia Santo Antonio de Itapuí.</t>
+  </si>
+  <si>
+    <t>7769</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7769/ccf10122025_0058.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+possibilidade de construir um abrigo no ponto de embarque da balsa que faz a travessia_x000D_
+Itapuí-Boraceia, para proteger a população da exposição ao sol e a chuva enquanto aguardam_x000D_
+para atravessar.</t>
+  </si>
+  <si>
+    <t>7768</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7768/ccf10122025_0057.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende realizar as obras de reparo e alinhamento dos paralelepípedos e dos bloquetes das_x000D_
+ruas de nossa cidade, matéria da Indicação nº 027/2009, A situação é bastante critica, se_x000D_
+usarmos como exemplo a rua Manoel Rodrigues Martins, mas fácil de resolver pois é um serviço simples e que não gera nenhum custo absurdo para o município.</t>
+  </si>
+  <si>
+    <t>7767</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7767/ccf10122025_0056.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações do por que_x000D_
+não atendeu a Indicação nº 043/2009, de 02/03/2009, o que solicita a instalação de braços de_x000D_
+iluminação pública na Rua Bica de Pedra e Rua Itapuí._x000D_
+Caso não haja disponibilidade financeira para aquisição e_x000D_
+instalação desses braços, sugiro que entre em contato com a CPFL e solicite o serviço o mais_x000D_
+urgente possível, incluindo a Travessa 21 de abril que é carente de iluminação.</t>
+  </si>
+  <si>
+    <t>7726</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7726/ccf10122025_0010.pdf</t>
+  </si>
+  <si>
+    <t>regimentais, seja_x000D_
+Requeiro, ouvida a Casa, e dispensadas as formalidades oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis, cópia de todos os pagamentos feitos por RPA- Recibo de Pagamento Autônomo pela Prefeitura Municipal nos últimos 12 meses. Sala das Sessões, 27 de abril de 2009.</t>
+  </si>
+  <si>
+    <t>7725</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7725/ccf10122025_0009.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Gerente Regional do D.E.R- Departamento de Estradas e_x000D_
+Rodagens, solicitando os valiosos préstimos no sentido de mandar instalar placas_x000D_
+determinando seja de 80 Km/hr (oitenta) o limite máximo de velocidade na via de acesso "Prefeito Alberto Massoni"</t>
+  </si>
+  <si>
+    <t>7724</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7724/ccf10122025_0008.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal e a Secretária de Educação do_x000D_
+Município, solicitando informações se existe a possibilidade de contratar Professores de_x000D_
+Inglês para dar cursos aos alunos da rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>7723</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7723/ccf10122025_0007.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre que_x000D_
+providências pretende tomar com relação aos prédios públicos municipais que há muitos anos_x000D_
+são utilizados por terceiros sem o devido procedimento legal.</t>
+  </si>
+  <si>
+    <t>7743</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7743/ccf10122025_0024.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Presidente da Câmara Municipal de Itapuí, solicitando os_x000D_
+valiosos préstimos no sentido de agendar uma reunião com todos os Vereadores e demais_x000D_
+interessados, bem como convidar o Senhor Sebastião da Silva Fonseca Junior para explicar sobre o Projeto de Tratamento de Água e Esgoto que será implantado em nosso município.</t>
+  </si>
+  <si>
+    <t>7742</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7742/ccf10122025_0023.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+motivos o impede_x000D_
+ seja oficiado_x000D_
+ de atender_x000D_
+ ao Senhor Prefeito Municipal, solicitando informações sobre quais confecção de uniformes para_x000D_
+ a Indicação nº 026/2009, de 16/02/2009, que solicitava a_x000D_
+Sala das Sessões,_x000D_
+ os funcionários que trabalham expostos ao sol.</t>
+  </si>
+  <si>
+    <t>7741</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7741/ccf10122025_0022.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+providências_x000D_
+_x000D_
+ tem_x000D_
+seja_x000D_
+_x000D_
+oficiado_x000D_
+tomado_x000D_
+ ao Senhor Prefeito Municipal, solicitando informações sobre quais_x000D_
+relação à obstrução_x000D_
+ a fim de atender a Indicação nº 032/2009, que solicita medidas com das calçadas próximas de estabelecimentos comerciais que ocupam todo o_x000D_
+espaço destinado à passagem de pedestres com mesas e cadeiras.</t>
+  </si>
+  <si>
+    <t>7740</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7740/ccf10122025_0021.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado à Diretoria da Casa da Criança São José de Itapuí, solicitando informações sobre o horário de entrada e saída dos alunos na entidade. Solicito ainda, informações se existe a possibilidade de estender o horário de saída para às 17:00 horas, horário que termina o expediente_x000D_
+Sala das nas empresas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7810</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7810/ccf10122025_0087.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, solicito da Presidência desta Casa, a elaboração de um Projeto de Decreto_x000D_
+Legislativo que outorgue Título de Filho Benemérito ao Senhor ADELINO ROSA DE_x000D_
+MELO, considerando que este ilustre itapuiense por anos participou e incentivou o Esporte_x000D_
+em nossa cidade, e esteve a frente do restaurante mais antigo de nossa cidade, atendendo a_x000D_
+todos com carinho e respeito por mais de 70(setenta) anos.</t>
+  </si>
+  <si>
+    <t>7802</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7802/ccf10122025_0086.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações_x000D_
+sobre quais providências estão sendo tomadas com relação ao problema do aterro sanitário de_x000D_
+nossa cidade.</t>
+  </si>
+  <si>
+    <t>7794</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7794/ccf10122025_0074.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações sobre quando pretende adquirir os equipamentos para as ambulâncias de nossa cidade, necessários para se prestar os primeiros socorros.</t>
+  </si>
+  <si>
+    <t>7793</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Jesus Jocelim Curtolo, Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7793/ccf10122025_0073.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Diretor do D.E.R.- Departamento de Estradas e Rodagens solicitando os valiosos préstimos no sentido de rebaixar o canteiro localizado na confluência do trevo de acesso a via de acesso Prefeito Alberto Massoni, sentido de quem vem de Jáu e Bauru para Itapuí, pois dificulta a visão dos motoristas e facilita ação indesejada de maus elementos.</t>
+  </si>
+  <si>
+    <t>7792</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7792/ccf10122025_0072.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Diretor do D.E.R.- Departamento de  Estradas e Rodagens solicitando os valiosos préstimos no sentido de recapear a via  de acesso "Prefeito Alberto Massoni", e com o objetivo   de melhorar o transito e diminuir o risco de acidentes construir a 3ª faixa no trecho próximo ao bairro do “Campinho”.</t>
+  </si>
+  <si>
+    <t>7791</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7791/ccf10122025_0071.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre o_x000D_
+prédio localizado nos fundos da Câmara Municipal de Itapuí, ou seja, se o mesmo é do_x000D_
+município e se foi doado que encaminhe a esta Casa de Leis toda documentação referente ao_x000D_
+processo de doação</t>
+  </si>
+  <si>
+    <t>7790</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7790/ccf10122025_0070.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia de todas as despesas da Secretaria de Esportes do Município, empenhadas_x000D_
+e pagas no exercício de 2008</t>
+  </si>
+  <si>
+    <t>7789</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Heros Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7789/ccf10122025_0069.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado aos Presidentes dos Conselhos Municipais de Saúde, Educação,_x000D_
+Alimentação, Segurança, Assistência Social e Meio Ambiente que encaminhe a esta Casa de_x000D_
+Leis, com antecedência mínima de 48(quarenta e oito) horas, para que os representantes do_x000D_
+Poder Legislativo possam participar.</t>
+  </si>
+  <si>
+    <t>7779</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7779/ccf10122025_0068.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações se já tomou as devidas providências no sentido de fazer valer em nossa cidade a Lei de Nepotismo, se negativa a resposta, que informe esta Casa de Leis que motivos o impede de agir conforme determina a Lei.</t>
+  </si>
+  <si>
+    <t>7778</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7778/ccf10122025_0067.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí aos Responsáveis pelo_x000D_
+Departamento de Obras e Posturas de nossa cidade, solicitando seja agendado uma reunião na_x000D_
+Câmara Municipal de Itapuí, com o objetivo de estudar a possibilidade de se elaborar um_x000D_
+novo Código de Posturas, sendo este atualizado as reais necessidades de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7798</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7798/ccf10122025_0081.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações_x000D_
+sobre quando serão tomadas as devidas providências no sentido de colocar em funcionamento_x000D_
+o Ambulatório, localizado no núcleo Habitacional Irmãos Franceschi, e o Tele-Centro que_x000D_
+está instalado no prédio da Assistência Social.</t>
+  </si>
+  <si>
+    <t>7797</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7797/ccf10122025_0080.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidade regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí e ao Engenheiro Responsável do Município, solicitando seja marcado uma reunião na Câmara Municipal de Itapuí, com o objetivo de discutir se existe leis que determine metragem mínima para construção de calçadas, se não houver estudar a elaboração de um projeto de lei o mais  urgente possível pois as calçadas de nossa cidade estão cada vez menos transitável.</t>
+  </si>
+  <si>
+    <t>7796</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7796/ccf10122025_0079.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí solicitando informações se_x000D_
+existem critérios para autorização de feiras dentro da Praça da Matriz, e se antes disso os_x000D_
+Comerciantes e a População é consultada sobre as vantagens e desvantagens dessas feiras em_x000D_
+nossa cidade.</t>
+  </si>
+  <si>
     <t>4165</t>
   </si>
   <si>
-    <t>68</t>
-[...8 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4165/ccf05062025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4165/ccf05062025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Presidente desta Casa e toda Mesa Diretora, solicitando_x000D_
 os valiosos préstimos no sentido de elaborar um Projeto de Decreto Legislativo, que outorga_x000D_
 Título de Cidadão Itapuíense ao Deputado Estadual Campos Machado, pelo apoio que vem dando ao desenvolvimento de nossa cidade destinando recursos para diversas área e entidades_x000D_
 de nossa cidade.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
-    <t>69</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4164/ccf05062025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4164/ccf05062025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações se_x000D_
 vem sendo realizado acompanhamento e fiscalização por parte do Município dos prazos para_x000D_
 construção nos lotes que foram doados para os Empresários de nossa cidade, e ainda, quais_x000D_
 providências estão sendo tomadas com relação aos proprietários que ainda não deram inicio_x000D_
 às obras.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>70</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4163/ccf05062025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4163/ccf05062025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe_x000D_
 alguma previsão para inicio das obras de recape da estrada do bairro “Baririzinho”.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>71</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4162/ccf05062025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4162/ccf05062025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, seja oficiado ao Senhor Prefeito Municipal, que encaminhe a esta Casa de Leis a_x000D_
 relação de todos os recursos que foram encaminhados para nossa cidade pelas duas esferas do_x000D_
 Governo, inclusive àqueles que estão em andamento especificando por quais motivos ainda_x000D_
 não foram encaminhados.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>72</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4161/ccf05062025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4161/ccf05062025_0026.pdf</t>
   </si>
   <si>
     <t>OFICIADO O GERENTE DO BANCO NOSSA CAIXA</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>73</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4150/ccf05062025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4150/ccf05062025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, seja oficiado ao Senhor Prefeito Municipal, solicitando as seguintes informações_x000D_
 sobre as Obras de Reforma da Rodoviária:_x000D_
 Qual empresa realizou às Obras;_x000D_
 Descrição dos serviços realizados;_x000D_
 Qual o valor total da obra;_x000D_
 Cópia do processo licitatório de contratação da empresa e cópia das notas fiscais de_x000D_
 aquisição de material de construção utilizados na obra.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>74</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4149/ccf05062025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4149/ccf05062025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Presidente da Associação Comercial e Industrial de Bauru-ACIB,_x000D_
 demonstrando o apoio desta Casa de Leis às propostas elaboradas e encaminhadas ao_x000D_
 Deputado Pedro Tobias para que interceda junto ao Governo do Estado no sentido de_x000D_
 altear a data de vencimento do IPVA para os meses de março, abril e maio ou o aumento_x000D_
 do número de parcelas, iniciando o vencimento no mês fevereiro e termino no mês de_x000D_
 julho do referente exercício.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>75</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4148/ccf05062025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4148/ccf05062025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 seja oficiado ao Gerente Regional da Centrovias solicitando os valiosos préstimos no_x000D_
 sentido de doar ao município de Itapuí a terra que está sendo retirada do canteiro do trevo_x000D_
 de acesso a Rodovia Comendador João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>76</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4146/ccf05062025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4146/ccf05062025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal, solicitando informações se existe a_x000D_
 possibilidades de adquirir uniformes, cacetetes, faroletes e rádios de comunicação para os vigias da Prefeitura Municipal que trabalham no período noturno.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>77</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4145/ccf05062025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4145/ccf05062025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre qual é o_x000D_
 prazo de entrega de caminhões de terra aos munícipes que já recolheram a taxa referente_x000D_
 ao valor do serviço na Prefeitura Municipal.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>78</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4144/ccf05062025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4144/ccf05062025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando será realizadas as obras de tapa buracos do leito viário e do acostamento da Avenida Jorge Chammas. Sugiro ainda, que seja recolhido o mais urgente possível o entulho que está se acumulando em toda a extensão dessa via.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>79</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4143/ccf05062025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4143/ccf05062025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 uma_x000D_
  ao Diretor da CPFL- Companhia Paulista de Força e Luz solicitando_x000D_
 quais_x000D_
  vistoria_x000D_
  razões_x000D_
 _x000D_
 energia_x000D_
 na rede de iluminação do bairro Jardim Bica de Pedra, para verificar por desse bairro cai em dias de chuva e de vento.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>80</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4141/ccf05062025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4141/ccf05062025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
 os_x000D_
 possibilidade_x000D_
  bicos de luz_x000D_
  de_x000D_
  por_x000D_
  refazer_x000D_
  refletores_x000D_
  a instalação da rede elétrica do Cemitério Municipal, substituindo para melhorar a iluminação e a segurança do local.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>81</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4142/ccf05062025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4142/ccf05062025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro,_x000D_
  ao_x000D_
  ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 os Municípios que_x000D_
  Senhor Prefeito Municipal solicitando que entre em contato com esforços no sentido_x000D_
 _x000D_
 _x000D_
 fazem_x000D_
 de_x000D_
  parte do Comitê de Bacias Hidrográficas Tietê- Jacaré, para unir_x000D_
 Pública dessa região,_x000D_
  buscar junto ao Governo Estadual melhorias na área da Segurança_x000D_
 veículos, equipamentoscomo_x000D_
  de_x000D_
  por exemplo, mais funcionários para Policia Civil e Militar, seguranças, bafômetro, etc.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>82</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4184/ccf05062025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4184/ccf05062025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando que informe esta Casa de_x000D_
 Leis quais são os motivos pelo qual ainda não atendeu o pedido feito através do_x000D_
 Requerimento nº 045/2009, que solicitava a instalação de braços de iluminação pública na_x000D_
 rua Bica de Pedra e rua Itapuí.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>83</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4183/ccf05062025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4183/ccf05062025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando que informe esta Casa de_x000D_
 leis se existe a possibilidade de elaborar um Projeto de Lei instituindo o fornecimento de_x000D_
 Vale Alimentação- TICKET aos servidores públicos municipais além da cesta básica que_x000D_
 já é fornecida, uma vez que o valor do vale alimentação da região está muito acima do_x000D_
 valor da cesta básica que é fornecida aos funcionários da Prefeitura de Itap</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4182/ccf05062025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4182/ccf05062025_0047.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
 possibilidade de proibir o tráfegos de veículos pesados na Avenida Paes de Barros,_x000D_
 principalmente nos quarteirões onde estão instaladas as Escolas e o Hospital, bem como_x000D_
 que informe sobre quais providências tem tomado com relação ao trafego de veículos da_x000D_
 rua Luiz Teixeira.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>85</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4181/ccf05062025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4181/ccf05062025_0046.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
 possibilidade de marcar uma reunião o mais breve possível nesta Casa de Leis, com os_x000D_
 Diretores e Chefes desta Prefeitura para que nós Vereadores possamos esclarecer alguns_x000D_
 pontos importantes para administração, bem como dar sugestões para melhorar a_x000D_
 qualidade dos serviços públicos prestados.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
-    <t>86</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4212/ccf06062025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4212/ccf06062025_0023.pdf</t>
   </si>
   <si>
     <t>solicito Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
 possibilidade_x000D_
 para_x000D_
  de contratar o mais urgente possível mais professores de educação física, que seja possível a ampliação de modalidades esportivas em nossa cidade.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
-    <t>87</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4211/ccf06062025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4211/ccf06062025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa_x000D_
 de Leis copia do ultimo processo licitatorio realizado para contratação de empresa que_x000D_
 prestam serviço de transporte para o município nas áreas da saúde e educação.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
-    <t>88</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4210/ccf06062025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4210/ccf06062025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
 possibilidade de reformar o piso do Ginásio de esportes de nossa cidade, ampliando,_x000D_
 lixando, aplicando sinteco e demarcando, pois o mesmo encontra-se se nenhuma_x000D_
 manutenção desde sua inauguração que se realizou às 20 anos.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
-    <t>89</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4209/ccf06062025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4209/ccf06062025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando_x000D_
 se iniciará as obras para abertura da rua XV de novembro interligando-a ao Residencial_x000D_
 Jardim Maria Rosaria.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>90</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4208/ccf06062025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4208/ccf06062025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre o_x000D_
 Projeto Agua Limpa que será instituído em nossa cidade, como por exemplo, em que fase_x000D_
 se encontra, se houve alguma mudança no projeto, e qual o prazo para o inicio das obras.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>91</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4207/ccf06062025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4207/ccf06062025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre a_x000D_
 construção de casas populares em nossa cidade, como por exemplo, se já houve aquisição_x000D_
 construção_x000D_
  de terreno e se existe algum convenio ou contrato firmado para iniciar destas casas.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>92</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4206/ccf06062025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4206/ccf06062025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se o_x000D_
 município já tomou alguma providência com relação ao afundamento do asfalto que há_x000D_
 pouco foi aplicado nas ruas do bairro Mar Azul, pois essa obra vem causando admiração_x000D_
 aos moradores do local pois em tão pouco tempo o mesmo vem afundando. Ainda neste,_x000D_
 solicito por gentileza que informe sobre quando será realizada as obras de ligação do_x000D_
 esgoto deste mesmo bairro, pois a população local reclama e cobra tais informações.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
-    <t>93</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4205/ccf06062025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4205/ccf06062025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 solicito seja oficiado ao Setor de Assistência Social do Município, para encaminhe a esta_x000D_
 Casa de Leis cópia da relação das famílias que recebem a doação de cestas básicas do_x000D_
 município.</t>
   </si>
   <si>
+    <t>7961</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7961/ccf16122025_0039.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quais são os impedimentos para a instalação do Banco do Povo em nossa cidade.</t>
+  </si>
+  <si>
+    <t>7944</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7944/ccf16122025_0022.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando serão iniciadas as obras para construção da Estação de Tratamento de Água e Esgoto.</t>
+  </si>
+  <si>
+    <t>7942</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7942/ccf16122025_0020.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre a_x000D_
+demora na entrega de caminhões de terra para a população, e sugerir que sejam tomadas_x000D_
+as devidas providências no sentido de solucionar o problema.</t>
+  </si>
+  <si>
+    <t>7943</t>
+  </si>
+  <si>
+    <t>Heros Ramos, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7943/ccf16122025_0021.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se os Setores_x000D_
+de Vigilância Sanitária e Meio Ambiente do Município foram consultados e se os mesmos_x000D_
+autorizaram que o Circo que esteve recentemente em nossa cidade se instalasse próximo_x000D_
+ao córrego "Robertão", área esta considerada como APP- Área de Preservação_x000D_
+Permanente.</t>
+  </si>
+  <si>
+    <t>7941</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7941/ccf16122025_0019.pdf</t>
+  </si>
+  <si>
+    <t>solicito Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+possibilidade de realizar uma vistoria em todas as galerias de captação de água das ruas de nossa cidade, realizando as obras de manutenção necessárias, bem como procedendo à_x000D_
+limpeza e o desentupimento de todas elas antes do inicio da temporada de chuva.</t>
+  </si>
+  <si>
+    <t>7940</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7940/ccf16122025_0018.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se o_x000D_
+Município vem contribuindo com o Grupo de Dança de Rua – HIP HOP, ou seja, uma vez_x000D_
+que este grupo faz um trabalho voluntário com os jovens de nossa cidade seria justo se o_x000D_
+Município incentivasse esse trabalho fornecendo os materiais necessários para o_x000D_
+desenvolvimento deste projeto.</t>
+  </si>
+  <si>
+    <t>7939</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7939/ccf16122025_0017.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito do Senhor Presidente desta Casa a elaboração de um Projeto de Decreto_x000D_
+Legislativo, que outorga título de Cidadão Itapuiense ao Senador Romeu Tuma pelos_x000D_
+relevantes trabalhos prestados a população.</t>
+  </si>
+  <si>
+    <t>7938</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7938/ccf16122025_0016.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Diretor da Empresa Auto Ônibus Macacari S/A, solicitando que_x000D_
+estude as possibilidades de criar uma linha Itapuí- Bariri para atender as necessidades da_x000D_
+população de ambos os municípios</t>
+  </si>
+  <si>
+    <t>7949</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7949/ccf16122025_0027.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+possibilidade_x000D_
+ seja_x000D_
+_x000D_
+oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+de o Município adquirir um pasteurizador de leite com o objetivo de aproveitar_x000D_
+o leite industrializado. o leite produzido pelos produtores rurais de nossa cidade, ao invés de comprar</t>
+  </si>
+  <si>
+    <t>7948</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7948/ccf16122025_0026.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se costuma_x000D_
+exigir dos Secretários e dos Chefes de Setor que cobre dos funcionários públicos_x000D_
+municipais que respeite o horário de trabalho.</t>
+  </si>
+  <si>
+    <t>7947</t>
+  </si>
+  <si>
+    <t>Gilson Sebastião, Pedro Aparecido Miranda</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7947/ccf16122025_0025.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal informação se existe a possibilidade de_x000D_
+construir a pista de motocross ao lado do Camping de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7946</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7946/ccf16122025_0024.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+possibilidade de fazer a doação das telhas que foram retiradas da Escola Municipal_x000D_
+"Manoel Rodrigues Ferreira” à população carente do município.</t>
+  </si>
+  <si>
+    <t>7959</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7959/ccf16122025_0037.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+possibilidades de efetuar a troca das lâmpadas dos postes de iluminação pública das ruas_x000D_
+de nossa cidade, que são de vapor de mercúrio por lâmpadas de vapor de sódio, por que_x000D_
+além de ser mais econômica melhora a iluminação e a segurança da população.</t>
+  </si>
+  <si>
+    <t>7979</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7979/ccf16122025_0059.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quais_x000D_
+são os impedimentos com relação a demora na implantação do programa internet para_x000D_
+todos em nossa cidade, como já existe em todos os município da região.</t>
+  </si>
+  <si>
+    <t>7978</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7978/ccf16122025_0058.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+andamento do_x000D_
+_x000D_
+_x000D_
+oficiado_x000D_
+Projeto_x000D_
+ ao Senhor Prefeito Municipal solicitando informações sobre o_x000D_
+ do Governo “Minha Casa, Minha Vida".</t>
+  </si>
+  <si>
+    <t>7977</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7977/ccf16122025_0057.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+irá atender as Indicações_x000D_
+ ao Senhor Prefeito Municipal solicitando informações sobre quando encaminhadas por esta Casa de Leis, que solicita a construção de obstáculos redutores de velocidade na Avenida do Porto.</t>
+  </si>
+  <si>
+    <t>7976</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7976/ccf16122025_0056.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal e a Policia Militar, solicitando informações, bem como as devidas providências, no sentido de fazer cumprir a Lei Municipal nº 2.281 de 09/04/08, que dispõe sobre a poluição sonora em nossa cidade, atendendo o pedido da população e moradores vizinhos de estabelecimentos comerciais_x000D_
+que não suportam mais o volume excessivo dos auto-falantes.</t>
+  </si>
+  <si>
+    <t>7974</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7974/ccf16122025_0054.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal, para que entre em contato com o_x000D_
+Secretário Municipal de Meio Ambiente, solicitando informações se existe as_x000D_
+possibilidade de realizar uma triagem nas ruas de nossa cidade, com o objetivo de_x000D_
+identificar as árvores doentes e substituindo-as por mudas saudáveis.</t>
+  </si>
+  <si>
+    <t>7975</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7975/ccf16122025_0055.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Diretor da Escola Estadual “Senador Vicente Prado", solicitando informações sobre a atual situação das obras de reforma do Ginásio de Esportes desta escola, por exemplo, em que fase está a reforma e quanto tempo ainda vai demorar sua conclusão para que os alunos possam usufruir do local.</t>
+  </si>
+  <si>
+    <t>7973</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7973/ccf16122025_0053.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Gerente do Banco Nossa Caixa S/A, solicitando informações se existe a possibilidade de aumentar o horário de atendimento do caixa eletrônico, ou seja, das 6:00 horas às 22:00 horas, a fim de melhorar o acesso a esse serviço para os clientes desse banco.</t>
+  </si>
+  <si>
+    <t>7972</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7972/ccf16122025_0052.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando_x000D_
+serão realizadas as obras para o termino da instalação da rede de esgoto do bairro_x000D_
+“Balneário Mar Azul”</t>
+  </si>
+  <si>
+    <t>7971</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Heros Ramos, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7971/ccf16122025_0051.pdf</t>
+  </si>
+  <si>
+    <t>Diante das inúmeras Indicações encaminhadas por esta Casa de solicitado do Senhor Prefeito Municipal obras de melhoria no bairro Robertão e suas proximidades, como por exemplo, reforma da ponte localizada na rua Dr. Nestor Cardoso, corte das arvores da rua Eliseu Spuri, construção de galerias de captação de água, etc._x000D_
+formalidades_x000D_
+Outrossim, Requeiro, ouvida a Casa, e dispensadas as regimentais, solicito seja oficiado ao Senhor Prefeito Municipal, solicitando informações_x000D_
+realização_x000D_
+ sobre quando pretende atender as solicitações desta Casa de Leis, com relação a_x000D_
+ de benfeitorias no bairro “Robertão”.</t>
+  </si>
+  <si>
+    <t>7970</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7970/ccf16122025_0050.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal e ao Gerente do Banco Nossa Caixa S/A, solicitando informações sobre por quais motivos estão sendo cobradas taxas nas contas salário dos funcionários públicos municipais. Ainda neste, solicito providências no sentido de sanar essa questão considerando a dificuldade financeira que enfrentamos no dia-а- dia.</t>
+  </si>
+  <si>
+    <t>7969</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7969/ccf16122025_0049.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Prefeito Municipal, informações se existe a possibilidade de instalação de câmeras de monitoramento nas principais vias pública de nossa cidade, priorizando os locais com maior fluxo de pessoas e as entradas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7968</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7968/ccf16122025_0048.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Prefeito Municipal, informações se existe algum projeto em andamento para ampliação do Velório de do Cemitério Municipal.</t>
+  </si>
+  <si>
+    <t>7987</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7987/ccf16122025_0066.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, solicito do Senhor Prefeito Municipal, informações sobre quais providências_x000D_
+pretende tomar com relação ao prédio público localizado na Prainha, conhecido como_x000D_
+"Castelinho". Esse imóvel, há anos está abandonado e atualmente está sendo habitado por_x000D_
+várias pessoas de conduta duvidosa, sendo assim é importante que seja tomada providências_x000D_
+para garantir o sossego dos moradores vizinhos do local.</t>
+  </si>
+  <si>
+    <t>7986</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7986/ccf16122025_0065.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa seja oficiado ao Dr. Luiz Roberto Pagani, Diretor Regional da Empresa Brasileira de Correios e Telégrafos – Diretoria Regional - São Paulo - Interior, sita a Praça Dom Pedro II, 4 - 55, centro, 17015-905, Bauru - SP,_x000D_
+Correios_x000D_
+solicitando um agente de segurança especializado para permanecer na agência dos de Itapuí.</t>
+  </si>
+  <si>
+    <t>7985</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7985/ccf16122025_0064.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Prefeito Municipal se existe a possibilidades de entrar em contato com a Policia Militar solicitando que seja feita uma vistoria em todos os veículos de transporte_x000D_
+Sala_x000D_
+ escolar municipal, prestadores de serviços e particulares.</t>
+  </si>
+  <si>
+    <t>7984</t>
+  </si>
+  <si>
+    <t>Pedro Aparecido Miranda, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7984/ccf16122025_0063.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
+regimentais, solicito do Senhor Prefeito Municipal informações se existe a possibilidade de_x000D_
+realizar uma reforma na Praça da Bíblia, antes do dia 13 de dezembro, data em que os_x000D_
+Evangélicos comemoram do Dia da Bíblia, e que se pretende realizar um evento no local.</t>
+  </si>
+  <si>
+    <t>7982</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7982/ccf16122025_0062.pdf</t>
+  </si>
+  <si>
+    <t>d</t>
+  </si>
+  <si>
     <t>5935</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5935/ccf04082025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5935/ccf04082025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado à Diretoria da Casa de Criança São José de Itapuí, solicitando as seguintes informações:_x000D_
 qual o número de alunos atendidos por esta entidade; relação_x000D_
 são remuneradas_x000D_
  de todos_x000D_
 _x000D_
 _x000D_
 pela_x000D_
 os funcionários_x000D_
 _x000D_
  que trabalham no local, especificando àqueles que entidade e àquelas que são cedidos pelo município;_x000D_
 município._x000D_
 qual a quantidade de merenda escolar e material de consumo fornecida a entidade pelo</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5934/ccf04082025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5934/ccf04082025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal se_x000D_
 existe a possibilidades de colocar uma placa, em todos os Postos de Saúde, Hospital e no_x000D_
 Centro de Especialidades, indicando qual é o médico ou o dentista, qual é a especialidade e_x000D_
 qual o horário de atendimento do profissional que prestará atendimento à população. Ainda_x000D_
 neste, solicito de Vossa Excelência que encaminhe cópia do cartão de ponto de todos os_x000D_
 médicos e dentistas que trabalham no município.</t>
   </si>
   <si>
     <t>5919</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5919/ccf04082025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5919/ccf04082025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito do Senhor Prefeito Municipal que informe esta Casa de Leis se existe as_x000D_
 possibilidades de contratar uma empresa para realizar as obras de tapa buraco em nossa_x000D_
 cidade. Caso o Município já tenha tomado alguma providência com relação a este problema,_x000D_
 que informe esta Casa quando serão iniciadas as obras.</t>
   </si>
   <si>
     <t>5918</t>
   </si>
   <si>
-    <t>Airton Aparecido Grimaldi</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5918/ccf04082025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5918/ccf04082025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja encaminhado ao Secretario de Meio Ambiente do Município,_x000D_
 solicitando que encaminhe a esta Casa de Leis uma relação de todas as atividades_x000D_
 desenvolvidas por esta Secretaria durante o ano.</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5917/ccf04082025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5917/ccf04082025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja encaminhado ao Secretario de Meio Ambiente do Município,_x000D_
 solicitando que informações sobre quais atividades vem sendo desenvolvido pelo Município_x000D_
 para acumular pontuação no “Plano de Ação Ambiental de Protocolo do Projeto Município_x000D_
 Verde". Solicito ainda, que encaminhe a esta Casa de Leis cópia de todas as atas de reunião_x000D_
 do CONDEMA.</t>
   </si>
   <si>
     <t>5916</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5916/ccf04082025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5916/ccf04082025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja encaminhado ao Secretario de Meio Ambiente do Município, e para_x000D_
 os Presidentes da Ong Verde é Vida e Instituto Eco Vida, solicitando informações sobre qual_x000D_
 é o procedimento necessário para realizar o corte das arvores localizadas na rua José Zenati,_x000D_
 próximo ao Restaurante da D. Joana.</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
-    <t>138</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5915/ccf04082025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5915/ccf04082025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 uma_x000D_
 regimentais,_x000D_
  avaliação_x000D_
  solicito seja oficiado ao Engenheiro da Prefeitura solicitando que o mesmo faça_x000D_
 por_x000D_
  e emita um laudo atestando a segurança da ponte do bairro “Marambaia", isto_x000D_
 relacionado_x000D_
  que no_x000D_
 _x000D_
 _x000D_
 à_x000D_
 inicio_x000D_
 barranca_x000D_
  da referida ponte está se iniciando um afundamento que pode estar do rio.</t>
   </si>
   <si>
     <t>5914</t>
   </si>
   <si>
-    <t>139</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5914/ccf04082025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5914/ccf04082025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Prefeito Municipal para que agende uma reunião com_x000D_
 todos os Chefes de Setor do Município para tratar de assuntos referentes ao bom_x000D_
 funcionamento do serviço público.</t>
   </si>
   <si>
     <t>5913</t>
   </si>
   <si>
-    <t>140</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5913/ccf04082025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5913/ccf04082025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Prefeito Municipal que informe esta Casa de Leis sobre_x000D_
 quando serão instalados sonorizador e placas de limite de velocidade na Avenida do Porto.</t>
   </si>
   <si>
     <t>5912</t>
   </si>
   <si>
-    <t>141</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5912/ccf04082025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5912/ccf04082025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando que informe esta Casa de Leis quando serão iniciadas as obras de construção da calçada do Prédio de Assistência Social do Município.</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
-    <t>142</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5911/ccf04082025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5911/ccf04082025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando informações se existe a possibilidade de recapear a rua Angelo Fachim e a rua Lourenço Neto de Almeida Prado com a verba de 80mil encaminhada pelo Deputado Federal Edson Aparecido.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
-    <t>143</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5910/ccf04082025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5910/ccf04082025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando seja_x000D_
 marcado uma reunião com as autoridades policiais de nosso município, com o objetivo de_x000D_
 discutir e encontrar uma solução para diminuir a quantidade de roubos e assaltos que vem_x000D_
 ocorrendo no comercio local.</t>
   </si>
   <si>
     <t>5909</t>
   </si>
   <si>
-    <t>144</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5909/ccf04082025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5909/ccf04082025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado a todas as Entidades do Município que recebem subvenção_x000D_
 da Prefeitura, solicitando a relação dos membros que compõe a Diretoria, especificando nome_x000D_
 e cargo de cada um, bem como se algum é remunerado pela entidade.</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
-    <t>145</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5901/ccf04082025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5901/ccf04082025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre_x000D_
 o andamento dos Projetos "Cidade Legal" e "Minha Casa, Minha Vida”. Ainda neste, solicito_x000D_
 que se tais projetos já estiverem em andamento em nossa cidade, que seja realizado uma_x000D_
 Campanha de Divulgação para que a população tome conhecimento e possam se beneficiar_x000D_
 dos mesmos.</t>
   </si>
   <si>
     <t>5900</t>
   </si>
   <si>
-    <t>146</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5900/ccf04082025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5900/ccf04082025_0006.pdf</t>
   </si>
   <si>
     <t>regimentais, solicito_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de realizar o pagamento dos vencimentos dos servidores públicos municipais sempre no 5° dia útil e cada mês correspondente._x000D_
 Sala das Sessões, 18 de outubro de 2009.</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
-    <t>147</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5899/ccf04082025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5899/ccf04082025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Diretor Regional da CENTROVIAS solicitando_x000D_
 informações se existe a possibilidades de realizar benfeitorias no trevo de acesso ao_x000D_
 Município de Itapuí, como por exemplo, melhorar a iluminação no local, sinalização, rebaixar_x000D_
 os canteiros existentes no local, e demais que se fizer necessárias a fim de melhorar a_x000D_
 segurança dos motoristas que trafegam no local.</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
-    <t>148</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5898/ccf04082025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5898/ccf04082025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Delegado Diretor da CIRETRAN e ao Delegado de_x000D_
 Policia Civil do Município de Itapuí, solicitando informações sobre quais providências podem_x000D_
 ser tomadas com relação aos veículos zero KM, adquiridos por munícipes itapuienses e que_x000D_
 são licenciados nos municípios da região onde estão instaladas as concessionárias.</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
-    <t>149</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5897/ccf04082025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5897/ccf04082025_0003.pdf</t>
   </si>
   <si>
     <t>regimentais, solicito seja_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades oficiado ao Senhor Prefeito Municipal de Itapuí, solicitando os valiosos préstimos no sentido de encaminhar a esta Casa de Leis a relação completas de todos_x000D_
 estão_x000D_
 os empresários_x000D_
  cumprindo_x000D_
  que_x000D_
  as_x000D_
  adquiriram os terrenos do Distrito Industrial II, informando se os mesmos exigências da lei que concedeu o beneficio, como por exemplo, se já entregaram o projeto de execução e construção. Sugiro ainda, para aqueles que não iniciaram as obras, que os mesmos sejam notificados para o cumprimento da lei sob pena de perder o_x000D_
 direito sobre a terra._x000D_
 Sala das Sessões, 18 de outubro de 2009.</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
-    <t>150</t>
-[...1 lines deleted...]
-  <si>
     <t>Airton Aparecido Grimaldi, Gilson Sebastião, Heros Ramos, Irineu Fabio Ferraz, Pedro Aparecido Miranda, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5896/ccf04082025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5896/ccf04082025_0002.pdf</t>
   </si>
   <si>
     <t>regimentais, solicito do_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades Senhor Presidente da Câmara Municipal de Itapuí, seja elaborado um_x000D_
 ALOISIO_x000D_
 Projeto de_x000D_
  NUNES_x000D_
  Decreto_x000D_
 _x000D_
 _x000D_
 FERREIRA,_x000D_
 Legislativo, que outorgue Título de Cidadão Itapuiense ao Senhor Chefe da Casa Civil, pelo esforço junto ao Governo do Estado_x000D_
 Sala_x000D_
 a fim de angariar recursos para o município de Itapuí. das Sessões, 18 de outubro de 2009.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
-    <t>151</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5946/ccf04082025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5946/ccf04082025_0053.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se_x000D_
 existe a possibilidade de atender as entidades de nossa cidade, destinando um valor de 10 mil_x000D_
 reais do saldo do duodécimo desta Casa que será devolvido aos cofres públicos, para que as_x000D_
 mesmas possam realizar obras de melhoria e aquisição de equipamentos para melhor atender a_x000D_
 população.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
-    <t>152</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5936/ccf04082025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5936/ccf04082025_0043.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito do Senhor Presidente desta Casa de Leis, providências no sentido de_x000D_
 elaborar e apresentar para apreciação legislativa um Projeto de Decreto Legislativo que_x000D_
 outorgue Titulo de Cidadão Itapuiense ao Deputado Federal Nelson Marquezelli,_x000D_
 considerando o esforço demonstrado no sentido de conseguir recursos financeiros junto ao_x000D_
 Governo Federal para obras e melhorias em nossa cidade.</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
-    <t>153</t>
-[...5 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5945/ccf04082025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5945/ccf04082025_0052.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades_x000D_
 regimentais, solicito do Senhor Prefeito Municipal que realize uma avaliação do desempenho_x000D_
 dos Secretario e Chefe de Setor do Município, analisando o desempenho de cada um quanto a_x000D_
 capacidade e qualificação para o cargo. Sugiro ainda, que dentre aqueles que não_x000D_
 correspondem as necessidades do cargo que exerce, sejam tomadas as devidas providências_x000D_
 no sentido de substituí-los por profissionais capacitados para a função.</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
-    <t>154</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5944/ccf04082025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5944/ccf04082025_0051.pdf</t>
   </si>
   <si>
     <t>regimentais, solicito do_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades Senhor Prefeito Municipal que informe esta Casa de Leis sobre a_x000D_
 situação dos valores que foram seqüestrados dos cofres públicos municipais, como por exemplo:_x000D_
 Os valores foram totalmente restituídos ao Município?_x000D_
 valores_x000D_
 Caso negativa a resposta, que informe por qual motivo os Sala das Sessões,_x000D_
  ainda não retornaram aos cofres municipais? 09 de novembro de 2009.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
-    <t>155</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5943/ccf04082025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5943/ccf04082025_0050.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
 Empresa que_x000D_
 Senhor_x000D_
  executou_x000D_
  Prefeito_x000D_
  as_x000D_
  Municipal que entre em contato com os Responsáveis pela_x000D_
 uma vistoria no_x000D_
  obras de recape da estrada vicinal “Angelo Poli", para que realizem_x000D_
 formando no leito_x000D_
 local_x000D_
  carroçável_x000D_
  e emita_x000D_
 _x000D_
  um laudo especificando as causas dos buracos que vem se_x000D_
 Sala das_x000D_
 desta via, e principalmente nas extremidades da ponte.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
-    <t>156</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5942/ccf04082025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5942/ccf04082025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Prefeito Municipal que informe esta Casa de Leis se existe dotação orçamentária para aquisição de um mini-rolo para auxiliar os serviços de recape e tapa buraco realizado pelo Município.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
-    <t>157</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5941/ccf04082025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5941/ccf04082025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Prefeito Municipal que encaminhe a esta Casa de Leis cópia dos processos licitatorios para contratação das Empresas que prestam serviço de transporte escolar para o_x000D_
 Município e que são pagos com os recursos do FUNDEB.Solicito ainda, cópia das Notas Fiscais e dos Empenhos pagos nos últimos 12 meses.</t>
   </si>
   <si>
+    <t>8083</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8083/ccf18122025_0036.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Diretor da CPFL- Companhia Paulista de Força e Luz solicitando_x000D_
+uma vistoria na rede de iluminação do bairro Jardim Bica de Pedra, para verificar por quais_x000D_
+razões energia desse bairro cai em dias de chuva e de vento.</t>
+  </si>
+  <si>
+    <t>8036</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8036/ccf18122025_0007.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí solicitando informações sobre_x000D_
+por quais motivos foram interrompidas as obras de tapa buraco das ruas de nossa.</t>
+  </si>
+  <si>
+    <t>8028</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8028/ccf18122025_0006.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí solicitando informações se existe_x000D_
+a possibilidade de construir um muro ao redor das bombas de extração de água de nossa_x000D_
+cidade e das antenas de transmissão de canais de TV, para evitar que ocorram atos de_x000D_
+vandalismo que possam danificar esse equipamentos.</t>
+  </si>
+  <si>
+    <t>8020</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8020/ccf18122025_0005.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal de Itapuí solicitando informações se existe_x000D_
+fundamento as reclamações dos moradores do bairro Balneário Mar Azul, dizendo que_x000D_
+funcionários da Prefeitura costumam desligar a bomba de extração de água em alguns dias da_x000D_
+senama.</t>
+  </si>
+  <si>
+    <t>8012</t>
+  </si>
+  <si>
+    <t>Gilson Sebastião, Heros Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8012/ccf18122025_0004.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito do Senhor Prefeito Municipal que realize uma avaliação do desempenho dos_x000D_
+Secretario e Chefe de Setor do Município, bem como de todos os estagiários contratados pelo_x000D_
+CIEE, analisando o desempenho de cada um quanto a capacidade e qualificação para o cargo._x000D_
+Sugiro ainda, que dentre aqueles que não correspondem as necessidades do cargo que exerce,_x000D_
+sejam tomadas as devidas providências no sentido de substituí-los por profissionais_x000D_
+capacitados para a função.</t>
+  </si>
+  <si>
+    <t>8003</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8003/ccf18122025_0003.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito do Senhor Prefeito Municipal informações se será realizada alguma Campanha de_x000D_
+Combate ao Mosquito da Dengue utilizando o sistema de nebulização, bem como a_x000D_
+dedetização dos bueiros das ruas de nossa cidade para combater a proliferação de baratas,_x000D_
+ratos e escorpiões.</t>
+  </si>
+  <si>
+    <t>8002</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, Jesus Jocelim Curtolo, SILENE VALINI, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8002/ccf18122025_0002.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito do Senhor Prefeito Municipal que encaminhe a esta Casa de Leis cópia de todas as_x000D_
+Atas de Reunião do FUNDEB realizadas durante o ano._x000D_
+Solicito ainda, copia dos extratos das contas onde estão aplicados os_x000D_
+valores repassados até a presente data, e a cópia das guias de recolhimento do FGTS e INSS.</t>
+  </si>
+  <si>
+    <t>8066</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8066/ccf18122025_0019.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito do Senhor Secretario de Obras do Município, informações sobre por quais motivos o caminhão do lixo não passa na Travessa Itapuí, especificamente no imóvel de número 119,pois a moradora reclama a falta desse serviço.</t>
+  </si>
+  <si>
+    <t>8065</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8065/ccf18122025_0018.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a_x000D_
+possibilidade de construir uma sala apropriada para os motoristas da ambulância que fazem_x000D_
+plantão, considerando que esses funcionários utilizam-se da guarita localizada em frente ao_x000D_
+Pronto Socorro Municipal, a qual mede aproximadamente 2 metros quadrados e em dias de_x000D_
+chuva as goteiras tomam conta do pequeno espaço.</t>
+  </si>
+  <si>
+    <t>8064</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8064/ccf18122025_0017.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Sargento da Policia Militar, Senhor Roberto Ramos Junior,_x000D_
+solicitando os valiosos préstimos no sentido de determinar que sejam realizadas rondas_x000D_
+escolares diariamente, atendendo às solicitações de toda a população itapuiense e_x000D_
+principalmente dos pais de alunos.</t>
+  </si>
+  <si>
+    <t>8062</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8062/ccf18122025_0016.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando_x000D_
+serão iniciadas as obras de perfuração do novo poço artesiano para atender as necessidades do_x000D_
+bairro Mar Azul, considerando que a previsão para inicio das obras era o dia 31 de novembro.</t>
+  </si>
+  <si>
+    <t>8063</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8063/ccf18122025_0015.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando_x000D_
+serão realizadas as obras necessárias a fim de resolver o problema do escoamento da água que_x000D_
+se acumula nas ruas Antonio Cairrão, próximo ao numero 168, Angelo Fachim, próximo ao_x000D_
+numero 80 e Prudente de Moraes, próximo ao numero 06. Devo lembrar da urgência com que_x000D_
+se deve solucionar o problema, pois estamos em época de chuva e o risco da água invadir as_x000D_
+residências é iminente.</t>
+  </si>
+  <si>
+    <t>8061</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8061/ccf18122025_0014.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será_x000D_
+encaminhada para apreciação Legislativa o Projeto de Lei que dispõe sobre a reestruturação_x000D_
+do quadro dos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>8060</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8060/ccf18122025_0013.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais, solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de construir um obstáculo redutor de velocidade na Avenida Jorge Chamas, próximo à Avícola Santa Cecília.</t>
+  </si>
+  <si>
+    <t>8059</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8059/ccf18122025_0012.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será_x000D_
+realizada a limpeza dos bueiros de escoamento de água das ruas de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8058</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8058/ccf18122025_0011.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal e ao Secretario de Meio Ambiente do_x000D_
+Município, solicitando informações sobre quais providências serão tomadas no sentido de_x000D_
+melhorar a pontuação de nossa cidade no Programa Selo Verde do Governo.</t>
+  </si>
+  <si>
+    <t>8057</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8057/ccf18122025_0010.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando_x000D_
+será iniciada as obras de reforma da Praça do núcleo habitacional "Cônego Arlindo José_x000D_
+Zanotto".</t>
+  </si>
+  <si>
+    <t>8056</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8056/ccf18122025_0009.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, e dispensadas as formalidades regimentais,_x000D_
+solicito seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre qual a data_x000D_
+provável para inicio das obras de asfalto das ruas do bairro Balneário Mar Azul.</t>
+  </si>
+  <si>
+    <t>7839</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7839/ccf12122025_0033.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de profundo pesar pelo falecimento do Senhor Joaquim_x000D_
+Rufato, que partiu deixando saudades àqueles que aqui ficaram.</t>
+  </si>
+  <si>
+    <t>7893</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7893/ccf16122025_0015.pdf</t>
+  </si>
+  <si>
+    <t>seja consignado Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, em ata votos de congratulações para com o Cônego Romeu Antonio Parolize pela reforma e pintura da área externa e interna da Igreja Santo Antonio de Pádua,_x000D_
+arrecadados_x000D_
+sabendo que essa reforma só foi possível graças a economia durante o ano dos recursos nas Festas Comemorativas e do Dizimo_x000D_
+Sala das sessões. 16 de fevereiro de 2009.</t>
+  </si>
+  <si>
+    <t>7907</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7907/ccf16122025_0029.pdf</t>
+  </si>
+  <si>
+    <t>seja consignado_x000D_
+Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+Arnaldo Jardim_x000D_
+_x000D_
+e_x000D_
+em ata votos de congratulações e agradecimentos para com o Deputado_x000D_
+fim_x000D_
+ o Assessor Sergio Murilo pelo empenho junto ao Governo do Estado a_x000D_
+ de angariar recursos para que seja realizado o recape da via de acesso "Prefeito Alberto Massoni".</t>
+  </si>
+  <si>
+    <t>7819</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7819/ccf12122025_0015.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de sinceros agradecimentos para com o Senhor Benedito Candido de Lima, pelos anos de serviços prestados a esta Casa de Leis, principalmente pelos serviços de mão de obra na instalação dos equipamentos de segurança e demais serviços elétricos nesta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>7821</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7821/ccf12122025_0016.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de sinceros agradecimentos para com o Senhor Pedro Luis_x000D_
+Poli e Antonio Guarnieri Sobrinho pela doação de gelo, que foi utilizado durante os festejos_x000D_
+de carnaval nas barracas das entidades de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7822</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7822/ccf12122025_0017.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento da Senhora Maria Aparecida de Jesus Ferreira Dias, mais conhecida como "Dona Fia". Aos familiares nossas sinceras condolências.</t>
+  </si>
+  <si>
+    <t>7729</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7729/ccf10122025_0012.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com o Deputado_x000D_
+Estadual Campos Machado e seus Assessores Osvaldo de Marques Cera e Francisco José_x000D_
+de Carvalho Rodrigues, pelo esforço junto ao Governo do Estado a fim de garantir que a_x000D_
+APAE Renascer de Itapuí não perdesse o prazo para assinatura do Convênio que destinou_x000D_
+uma verba de 30 mil reais para aquisição de equipamentos escolares, melhorando a_x000D_
+qualidade de ensino dos alunos da entidade.</t>
+  </si>
+  <si>
+    <t>7727</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7727/ccf10122025_0011.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações para com a Senhora Maria Luiza de_x000D_
+Agostini, pelo excelente trabalho que vem desenvolvendo, coordenando e atribuindo_x000D_
+funções de maneira particular, desde que foi contratada pelo Município para exercer a_x000D_
+função de Chefe de Setor de Limpeza.</t>
+  </si>
+  <si>
+    <t>7795</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7795/ccf10122025_0075.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações para com os Diretores e Funcionários do Jornal "Cidade de Bauru", pelo apoio às Entidades de nossa cidade, em especial pela publicação divulgação das atividades da APAE Renascer de Itapuí gratuitamente.</t>
+  </si>
+  <si>
     <t>4166</t>
   </si>
   <si>
-    <t>10</t>
-[...8 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4166/ccf05062025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4166/ccf05062025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com a Senhora_x000D_
 Delza Maria Zenati Morosini, pelo relevante trabalho social executado durante anos em_x000D_
 nossa cidade, colaborando diretamente como voluntária do Grupo de Combate ao Câncer_x000D_
 de Itapuí.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4151/ccf05062025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4151/ccf05062025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Senhor_x000D_
 Antonio Edersio Rosa, pelo apoio dado ao município de Itapuí conseguindo a doação de_x000D_
 raspa de asfalto para auxiliar nos serviços de tapa buraco das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4179/ccf05062025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4179/ccf05062025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Senhor_x000D_
 Fausto de Agostini pela colaboração com a Paróquia Santo Antonio de Itapuí, para a_x000D_
 realização da Quermesse de Santo Antonio e da Procissão de Corpus Cristi instalando_x000D_
 gratuitamente equipamentos de som a fim de garantir a qualidade do evento.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4180/ccf05062025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4180/ccf05062025_0045.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com os Diretores da_x000D_
 Reval, pela generosidade demonstrada para com as entidades de nossa cidade,_x000D_
 principalmente para com a APAE Renascer de Itapuí doando uma considerável quantidade_x000D_
 de material escolar e aumentando o valor da doação feita mensalmente à entidade.</t>
   </si>
   <si>
+    <t>7964</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7964/ccf16122025_0042.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Deputado Federal Nelson Marqueselli e para com o Senhor Marcio de França Lopes- Representante do Instituto SOLLUS, pelo esforço no sentido de realizar doação de equipamentos como cadeiras de roda, cadeiras de banho, muletas e andadores para a população carente do município.</t>
+  </si>
+  <si>
+    <t>7963</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7963/ccf16122025_0041.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os Diretores, Professores, Funcionários e Colaboradores da APAE Renascer de Itapuí, pelo excelente trabalho que vem realizando frente a esta entidade.</t>
+  </si>
+  <si>
+    <t>7962</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7962/ccf16122025_0040.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Senhor José_x000D_
+Maria de Oliveira Barros, mais conhecido como “Baitaka”, pela dedicação com que presta_x000D_
+serviços ao Município</t>
+  </si>
+  <si>
+    <t>7945</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7945/ccf16122025_0023.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com o Doutor_x000D_
+Fredson de Paula e Silva, pela dedicação no atendimento medico à população itapuiense,_x000D_
+prestando seus serviços no Pronto Socorro de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7933</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7933/ccf16122025_0011.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Doutor Luiz Guilherme Gomes dos Reis Sampaio Garcia, 1° Promotor de Justiça, Dr. Luis Fernando Rosseto, 2º Promotor de Justiça, Dr. Celso Élio Vannuzini, 3º Promotor de Justiça, Dr. Jorge João Marques de Oliveira, 4° Promotor de Justiça, Dr. Alexandre Barbieri Junior, 5°_x000D_
+Promotor de Justiça do Fórum da Comarca de Jaú-SP, pelo excelente trabalho realizado e_x000D_
+principalmente pela atenção dada à população itapuinese.</t>
+  </si>
+  <si>
+    <t>7950</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7950/ccf16122025_0028.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+Aparecido_x000D_
+ em ata votos de congratulações e agradecimento para com o Senhor_x000D_
+principalmente Donizete_x000D_
+ pela_x000D_
+_x000D_
+dedicação_x000D_
+Avanti, Motorista da Ambulância pelo excelente trabalho realizado, е_x000D_
+Sala e respeito com que trata os pacientes de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7980</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7980/ccf16122025_0060.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimento para com o Senhor Amarildo_x000D_
+lutando para_x000D_
+ de_x000D_
+ conseguir Oliveira pelo esforço junto ao Governo do Estado em defesa das Apae's, mais direitos e benefícios para essa entidade</t>
+  </si>
+  <si>
+    <t>7991</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7991/ccf16122025_0070.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimento para com a Comissão_x000D_
+Organizadora da 11ª Festa do peão de Itapuí, realizada nos dias 10,11,12 e 13 de setembro_x000D_
+em Comemoração ao Aniversário da Cidade, pelo excelente trabalho e pela brilhante festa_x000D_
+que agitou e agradou a todos os itapuienses.</t>
+  </si>
+  <si>
+    <t>7989</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7989/ccf16122025_0068.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimento para com a Senhora Silvia Regina Ferrari, pelo excelente trabalho que vem realizando com os jovens em nossa cidade, ministrando curso de artesanato em mosaico utilizando apenas material reciclável.</t>
+  </si>
+  <si>
+    <t>7988</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7988/ccf16122025_0067.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimento para com os Senhores: Nadir Marchesan, Marcos Fernando Butgnon, Luiz Carlos Cesário, Joel Peres, José Roberto Teodoro, João Roberto de Camargo,Julio Ferreira de Araújo Filho, Nilton Donizete de Oliveira,Pedro Aparecido Miranda, Paulo Sergio Vicente, Antonio Valter Soler,Fernando Martins Carrimo Neto,Antonio Donizete Marques, Alessandro Sanziani,Aparecido Donizete Avanti e José Lazaro de Oliveira, todos funcionários públicos municipais, que exercem a_x000D_
+função de motorista, lotados na área da Saúde, pelo excelente trabalho realizado e_x000D_
+principalmente pela dedicação e carinho com que tratam a população itapuiense</t>
+  </si>
+  <si>
     <t>5921</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5921/ccf04082025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5921/ccf04082025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimento para com toda a equipe do_x000D_
 PSF III- Mar Azul: Dr. Marcelo Da Dalto Neto, Ana Paula de Lima Barbosa, Marly_x000D_
 Aparecida de Souza Giusepim, Aline Rocco Tomazeli, Adriana A. Perereira Fava, Edméia_x000D_
 Rodrigues Graisfimberg, Camila Fernandes, Karina Pepes, Keith Fabiana Paleari Picheli,_x000D_
 Gabriela Naiara Dalossi Zago, Antonia Roberta Custodio Pinto, Ana Cludia Souza_x000D_
 Campos, Karem Nunes Sbardelini e Aparecida Elisabete Antonio, pelo excelente trabalho e_x000D_
 a dedicação com que desempenham suas funções.</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5920/ccf04082025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5920/ccf04082025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações para com o Senhor Luiz Inacio Lula da Silva- Presidente da Republica e toda sua equipe, pelo esforço para que as Olimpíadas de 2016 seja realizada no Brasil, no Estado do Rio de Janeiro.</t>
   </si>
   <si>
     <t>5903</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5903/ccf04082025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5903/ccf04082025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações para com os Proprietários da Gráfica Rápida de nossa cidade, pelo apoio e doações feitas a APAE Renascer de Itapuí, principalmente pela doação dos ingressos do baile que será realizado pela Entidade.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5902/ccf04082025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5902/ccf04082025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações para com os Diretores, Professores e_x000D_
 Funcionários da Casa da Criança São José de Itapuí, pelo esforço de todos no sentido de_x000D_
 realizar as obras de construção do mini-maternal “Pequenos Anjos", inaugurado no ultimo_x000D_
 dia 07 de outubro. Parabéns a todos, e obrigado pelo carinho e dedicação com que tratam_x000D_
 nossas crianças.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5947/ccf04082025_0063.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5947/ccf04082025_0063.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações para com o Senhor Benedito Candido de_x000D_
 Lima pelo excelente trabalho realizado na Câmara Municipal de Itapuí.</t>
   </si>
   <si>
     <t>5949</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5949/ccf04082025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5949/ccf04082025_0055.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Senhor Adão_x000D_
 Rodrigues pelo excelente trabalho realizado como funcionário público municipal e_x000D_
 principalmente pela atenção dada a população carente que procura Assistência Médica.</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
-    <t>Pedro Aparecido Miranda, Vandir Donizete Viaro</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5948/ccf04082025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5948/ccf04082025_0054.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Pastor da Igreja Assembléia de Deus- Ministério do Ipiranga, Senhor Sebastião Joaquim da Silva_x000D_
 pelo trabalho realizado nesta Igreja com todos os fieis e principalmente com os jovens.</t>
   </si>
   <si>
+    <t>8075</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8075/ccf18122025_0028.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com os_x000D_
+Funcionários que trabalham no Setor de Assistência Social do Município, pela dedicação e_x000D_
+respeito dispensam a população carente de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8074</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8074/ccf18122025_0027.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com os Senhores:_x000D_
+Adécio Pasquini, Eduardo Alexandre Frezza, Gustavo Somadossi Prado, Marcelo_x000D_
+Marcondes da Silva, Adriano Gomes Muraki, Priscila Afonso Marques, Marceli Artioli,_x000D_
+Rosana Colovati da Cunha, Edélcio Antonio Saccardo, Alexandre Martins, Marcio Bassi,_x000D_
+Luiz Aparecido Duxe, Otávio Bertolucci e Bruna Dugolim, todos funcionários do Banco_x000D_
+Nossa Caixa S/A, Agencia de Itapuí pela atenção e respeito dispensados aos clientes e_x000D_
+munícipes de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8055</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8055/ccf18122025_0008.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de profundo pesar pelo falecimento do Senhor Armando de_x000D_
+Barros Silva, o qual partiu dessa vida de maneira inesperada deixando a saudade desse_x000D_
+cidadão itapuiense que era exemplo de honestidade para todos.</t>
+  </si>
+  <si>
+    <t>8090</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8090/ccf18122025_0045.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento do Dr. Antonio de Pádua Foloni, o qual faleceu no ultimo dia 01 de dezembro deixando saudade aos familiares e_x000D_
+amigos.</t>
+  </si>
+  <si>
+    <t>8089</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8089/ccf18122025_0044.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento do Senhor Walter Comini, ilustre cidadão itapuiense, ex- vereador e presidente da Câmara, sempre representou o nome de nossa cidade com muita honra e dignidade.</t>
+  </si>
+  <si>
+    <t>8088</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8088/ccf18122025_0043.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com os Senhores e_x000D_
+Empresários: Cirinei Artioli, José Antonio de Agostini, Supermercado São João,_x000D_
+Supermercado do Nena, Construtora RJC, Terra Seca Borracharia, SOS Bebidas e Amauri_x000D_
+de Freitas Nascimento, pela doação de bancos de concreto para reforma da Praça da Bíblia,_x000D_
+colaborando com o desenvolvimento e o crescimento de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8087</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8087/ccf18122025_0042.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com todos os_x000D_
+empresários e comerciantes que fizeram a doação de pisca-pisca para enfeitar a Praça da_x000D_
+Matriz embelezando ainda mais essa Praça que é o cartão postal de nossa cidade.</t>
+  </si>
+  <si>
+    <t>8067</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8067/ccf18122025_0020.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas as formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com o Deputado_x000D_
+Estadual Roberto Felício pela disponibilização de uma verba de 50 mil reais para obras de_x000D_
+recape da rua Angelo Caetano Gonsalves, localizada no bairro Balneário Mar Azul.</t>
+  </si>
+  <si>
+    <t>7875</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Gilson Sebastião, Jesus Jocelim Curtolo, SILENE VALINI, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7875/ccf10122025_0105.pdf</t>
+  </si>
+  <si>
+    <t>OUTORGA TÍTULO DE CIDADÃO ITAPUIENSE AO CÔNEGO ROMEU_x000D_
+ANTONIO PAROLIZE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>7877</t>
+  </si>
+  <si>
+    <t>Airton Aparecido Grimaldi, Gilson Sebastião, Irineu Fabio Ferraz, Jesus Jocelim Curtolo, SILENE VALINI</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7877/ccf10122025_0078.pdf</t>
+  </si>
+  <si>
+    <t>OUTORGA TÍTULO DE FILHO_x000D_
+BENEMÉRITO DE ITAPUÍ O SENHOR_x000D_
+ADELINO ROSA DE MELO E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>4140</t>
   </si>
   <si>
-    <t>3</t>
-[...11 lines deleted...]
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4140/ccf05062025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4140/ccf05062025_0005.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO DEPUTADO_x000D_
 ESTADUAL CAMPOS MACHADO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>7966</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7966/ccf16122025_0046.pdf</t>
+  </si>
+  <si>
+    <t>OUTORGA TÍTULO DE CIDADÃO ITAPUIENSE AO SENADOR ROMEU TUMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>5939</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5939/ccf04082025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5939/ccf04082025_0046.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO SENHOR ALOISIO NUNES FERREIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>8073</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8073/ccf18122025_0026.pdf</t>
+  </si>
+  <si>
+    <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
+ITAPUIENSE AO DEPUTADO FEDERAL_x000D_
+NELSON MARQUESELLI E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2624,67 +6771,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4160/ccf05062025_0025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4201/ccf06062025_0011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4203/ccf06062025_0013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4202/ccf06062025_0012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4197/ccf06062025_0007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5894/ccf04082025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5938/ccf04082025_0045.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5937/ccf04082025_0044.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5940/ccf04082025_0047.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5895/ccf04082025_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4204/ccf06062025_0014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4147/ccf05062025_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4139/ccf05062025_0004.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4138/ccf05062025_0003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4137/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4199/ccf06062025_0009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4200/ccf06062025_0010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4198/ccf06062025_0008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4196/ccf06062025_0006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4195/ccf06062025_0005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4194/ccf06062025_0004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5847/ccf01082025_0061.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5929/ccf04082025_0036.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4172/ccf05062025_0037.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4171/ccf05062025_0036.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4170/ccf05062025_0035.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4169/ccf05062025_0034.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4168/ccf05062025_0033.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4167/ccf05062025_0032.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4159/ccf05062025_0024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4158/ccf05062025_0023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4157/ccf05062025_0022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4156/ccf05062025_0021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4155/ccf05062025_0020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4154/ccf05062025_0019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4153/ccf05062025_0018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4152/ccf05062025_0017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4136/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4135/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4173/ccf05062025_0038.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4175/ccf05062025_0040.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4174/ccf05062025_0039.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4176/ccf05062025_0041.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4177/ccf05062025_0042.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4178/ccf05062025_0043.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4193/ccf06062025_0003.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4192/ccf06062025_0002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4191/ccf06062025_0001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4190/ccf06062025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4189/ccf05062025_0054.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4188/ccf05062025_0053.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4187/ccf05062025_0052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4186/ccf05062025_0051.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4185/ccf05062025_0050.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5928/ccf04082025_0034.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5927/ccf04082025_0033.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5926/ccf04082025_0032.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5925/ccf04082025_0031.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5924/ccf04082025_0030.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5923/ccf04082025_0029.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5922/ccf04082025_0028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5908/ccf04082025_0014.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5907/ccf04082025_0013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5906/ccf04082025_0012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5905/ccf04082025_0011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5904/ccf04082025_0010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5933/ccf04082025_0042.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5932/ccf04082025_0041.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5931/ccf04082025_0040.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5930/ccf04082025_0039.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5955/ccf04082025_0061.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5954/ccf04082025_0060.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5953/ccf04082025_0059.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5952/ccf04082025_0058.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5951/ccf04082025_0057.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5950/ccf04082025_0056.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5956/ccf04082025_0062.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4165/ccf05062025_0030.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4164/ccf05062025_0029.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4163/ccf05062025_0028.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4162/ccf05062025_0027.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4161/ccf05062025_0026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4150/ccf05062025_0015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4149/ccf05062025_0014.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4148/ccf05062025_0013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4146/ccf05062025_0011.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4145/ccf05062025_0010.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4144/ccf05062025_0009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4143/ccf05062025_0008.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4141/ccf05062025_0006.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4142/ccf05062025_0007.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4184/ccf05062025_0049.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4183/ccf05062025_0048.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4182/ccf05062025_0047.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4181/ccf05062025_0046.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4212/ccf06062025_0023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4211/ccf06062025_0022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4210/ccf06062025_0021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4209/ccf06062025_0020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4208/ccf06062025_0019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4207/ccf06062025_0018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4206/ccf06062025_0017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4205/ccf06062025_0016.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5935/ccf04082025_0038.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5934/ccf04082025_0037.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5919/ccf04082025_0025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5918/ccf04082025_0024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5917/ccf04082025_0023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5916/ccf04082025_0022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5915/ccf04082025_0021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5914/ccf04082025_0020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5913/ccf04082025_0019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5912/ccf04082025_0018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5911/ccf04082025_0017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5910/ccf04082025_0016.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5909/ccf04082025_0015.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5901/ccf04082025_0007.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5900/ccf04082025_0006.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5899/ccf04082025_0005.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5898/ccf04082025_0004.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5897/ccf04082025_0003.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5896/ccf04082025_0002.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5946/ccf04082025_0053.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5936/ccf04082025_0043.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5945/ccf04082025_0052.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5944/ccf04082025_0051.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5943/ccf04082025_0050.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5942/ccf04082025_0049.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5941/ccf04082025_0048.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4166/ccf05062025_0031.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4151/ccf05062025_0016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4179/ccf05062025_0044.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4180/ccf05062025_0045.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5921/ccf04082025_0027.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5920/ccf04082025_0026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5903/ccf04082025_0009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5902/ccf04082025_0008.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5947/ccf04082025_0063.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5949/ccf04082025_0055.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5948/ccf04082025_0054.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4140/ccf05062025_0005.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5939/ccf04082025_0046.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4160/ccf05062025_0025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8000/ccf10122025_0106.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7815/ccf12122025_0011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4201/ccf06062025_0011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7813/ccf12122025_0009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7890/ccf16122025_0012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4203/ccf06062025_0013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4202/ccf06062025_0012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4197/ccf06062025_0007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7957/ccf16122025_0035.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7956/ccf16122025_0034.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7730/ccf10122025_0013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7881/ccf16122025_0003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7758/ccf10122025_0038.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7937/ccf16122025_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7936/ccf16122025_0014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7967/ccf16122025_0047.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7958/ccf16122025_0036.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5894/ccf04082025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5938/ccf04082025_0045.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5937/ccf04082025_0044.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5940/ccf04082025_0047.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5895/ccf04082025_0001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8001/ccf18122025_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7911/ccf16122025_0033.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7814/ccf12122025_0010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7882/ccf16122025_0004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7892/ccf16122025_0014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7883/ccf16122025_0005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7884/ccf16122025_0006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7885/ccf16122025_0007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7886/ccf16122025_0008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7888/ccf16122025_0010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7889/ccf16122025_0011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7908/ccf16122025_0030.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7909/ccf16122025_0031.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7910/ccf16122025_0032.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7899/ccf16122025_0021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7891/ccf16122025_0013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7733/ccf10122025_0016.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7732/ccf10122025_0015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7731/ccf10122025_0014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7757/ccf10122025_0037.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7876/ccf10122025_0085.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7914/ccf10122025_0107.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7983/ccf10122025_0077.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4204/ccf06062025_0014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4147/ccf05062025_0012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4139/ccf05062025_0004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4138/ccf05062025_0003.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4137/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4199/ccf06062025_0009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4200/ccf06062025_0010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4198/ccf06062025_0008.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4196/ccf06062025_0006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4195/ccf06062025_0005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4194/ccf06062025_0004.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5847/ccf01082025_0061.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5929/ccf04082025_0036.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8097/ccf18122025_0040.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8098/ccf18122025_0041.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7812/ccf12122025_0008.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7860/ccf12122025_0041.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7859/ccf12122025_0040.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7858/ccf12122025_0039.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7857/ccf12122025_0038.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7841/ccf12122025_0034.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7842/ccf12122025_0035.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7855/ccf12122025_0036.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7856/ccf12122025_0037.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7811/ccf12122025_0007.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7837/ccf12122025_0031.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7838/ccf12122025_0032.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7834/ccf12122025_0028.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7835/ccf12122025_0029.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7829/ccf12122025_0024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7830/ccf12122025_0025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7828/ccf12122025_0023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7921/ccf16122025_0042.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7920/ccf16122025_0041.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7919/ccf16122025_0040.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7871/ccf12122025_0051.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7870/ccf12122025_0050.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7869/ccf12122025_0049.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7868/ccf12122025_0048.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7867/ccf12122025_0047.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7866/ccf12122025_0046.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7865/ccf12122025_0045.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7863/ccf12122025_0044.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7862/ccf12122025_0043.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7861/ccf12122025_0042.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7896/ccf16122025_0018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7894/ccf16122025_0016.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7913/ccf16122025_0035.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7912/ccf16122025_0034.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7918/ccf16122025_0039.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7916/ccf16122025_0037.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7917/ccf16122025_0038.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7915/ccf16122025_0036.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7897/ccf16122025_0019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7831/ccf12122025_0026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7833/ccf12122025_0027.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7836/ccf12122025_0030.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7827/ccf12122025_0022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7818/ccf12122025_0014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7895/ccf16122025_0017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7898/ccf16122025_0020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7748/ccf10122025_0028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7747/ccf10122025_0027.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7746/ccf10122025_0026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7744/ccf10122025_0025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7784/ccf10122025_0045.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7783/ccf10122025_0044.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7782/ccf10122025_0043.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7781/ccf10122025_0042.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7780/ccf10122025_0041.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7761/ccf10122025_0040.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7759/ccf10122025_0039.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7788/ccf10122025_0049.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7787/ccf10122025_0048.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7756/ccf10122025_0036.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7755/ccf10122025_0035.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7754/ccf10122025_0034.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7753/ccf10122025_0033.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7752/ccf10122025_0032.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7751/ccf10122025_0031.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7750/ccf10122025_0030.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7749/ccf10122025_0029.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7777/ccf10122025_0066.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7766/ccf10122025_0055.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7765/ccf10122025_0054.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7801/ccf10122025_0084.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7800/ccf10122025_0083.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7799/ccf10122025_0082.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7722/ccf10122025_0006.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7721/ccf10122025_0005.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7720/ccf10122025_0004.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7719/ccf10122025_0003.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7718/ccf10122025_0002.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7717/ccf10122025_0001.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7715/ccf10122025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7874/ccf10122025_0104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7864/ccf10122025_0103.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7854/ccf10122025_0102.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7853/ccf10122025_0101.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7852/ccf10122025_0100.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7849/ccf10122025_0097.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7851/ccf10122025_0099.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7850/ccf10122025_0098.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7848/ccf10122025_0096.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7847/ccf10122025_0095.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7846/ccf10122025_0094.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7763/ccf10122025_0052.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7762/ccf10122025_0051.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7760/ccf10122025_0050.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7845/ccf10122025_0093.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7844/ccf10122025_0092.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7843/ccf10122025_0091.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7840/ccf10122025_0090.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7832/ccf10122025_0089.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7820/ccf10122025_0088.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4172/ccf05062025_0037.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4171/ccf05062025_0036.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4170/ccf05062025_0035.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4169/ccf05062025_0034.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4168/ccf05062025_0033.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4167/ccf05062025_0032.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4159/ccf05062025_0024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4158/ccf05062025_0023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4157/ccf05062025_0022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4156/ccf05062025_0021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4155/ccf05062025_0020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4154/ccf05062025_0019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4153/ccf05062025_0018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4152/ccf05062025_0017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4136/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4135/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4173/ccf05062025_0038.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4175/ccf05062025_0040.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4174/ccf05062025_0039.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4176/ccf05062025_0041.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4177/ccf05062025_0042.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4178/ccf05062025_0043.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4193/ccf06062025_0003.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4192/ccf06062025_0002.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4191/ccf06062025_0001.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4190/ccf06062025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4189/ccf05062025_0054.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4188/ccf05062025_0053.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4187/ccf05062025_0052.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4186/ccf05062025_0051.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4185/ccf05062025_0050.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7965/ccf16122025_0045.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7935/ccf16122025_0013.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7960/ccf16122025_0038.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7934/ccf16122025_0012.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7932/ccf16122025_0010.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7931/ccf16122025_0009.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7930/ccf16122025_0008.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7929/ccf16122025_0007.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7928/ccf16122025_0006.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7927/ccf16122025_0005.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7926/ccf16122025_0004.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7925/ccf16122025_0003.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7924/ccf16122025_0002.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7923/ccf16122025_0001.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7922/ccf16122025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7955/ccf16122025_0033.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7954/ccf16122025_0032.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7953/ccf16122025_0031.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7952/ccf16122025_0030.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7951/ccf16122025_0029.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7981/ccf16122025_0061.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7999/ccf16122025_0078.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7998/ccf16122025_0077.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7997/ccf16122025_0076.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7996/ccf16122025_0075.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7995/ccf16122025_0074.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7994/ccf16122025_0073.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7993/ccf16122025_0072.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7992/ccf16122025_0071.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7990/ccf16122025_0069.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5928/ccf04082025_0034.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5927/ccf04082025_0033.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5926/ccf04082025_0032.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5925/ccf04082025_0031.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5924/ccf04082025_0030.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5923/ccf04082025_0029.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5922/ccf04082025_0028.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5908/ccf04082025_0014.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5907/ccf04082025_0013.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5906/ccf04082025_0012.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5905/ccf04082025_0011.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5904/ccf04082025_0010.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5933/ccf04082025_0042.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5932/ccf04082025_0041.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5931/ccf04082025_0040.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5930/ccf04082025_0039.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5955/ccf04082025_0061.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5954/ccf04082025_0060.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5953/ccf04082025_0059.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5952/ccf04082025_0058.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5951/ccf04082025_0057.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5950/ccf04082025_0056.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5956/ccf04082025_0062.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8086/ccf18122025_0039.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8085/ccf18122025_0038.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8084/ccf18122025_0037.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8082/ccf18122025_0035.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8081/ccf18122025_0034.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8080/ccf18122025_0033.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8079/ccf18122025_0032.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8078/ccf18122025_0031.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8077/ccf18122025_0030.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8076/ccf18122025_0029.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8072/ccf18122025_0025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8071/ccf18122025_0024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8070/ccf18122025_0023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8069/ccf18122025_0022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8068/ccf18122025_0021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8091/ccf18122025_0046.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7872/ccf12122025_0052.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7807/ccf12122025_0004.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7808/ccf12122025_0005.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7809/ccf12122025_0006.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7804/ccf12122025_0001.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7805/ccf12122025_0002.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7806/ccf12122025_0003.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7803/ccf12122025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7817/ccf12122025_0013.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7816/ccf12122025_0012.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7906/ccf16122025_0028.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7904/ccf16122025_0026.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7905/ccf16122025_0027.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7903/ccf16122025_0025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7902/ccf16122025_0024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7901/ccf16122025_0023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7900/ccf16122025_0022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7823/ccf12122025_0018.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7824/ccf12122025_0019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7825/ccf12122025_0020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7826/ccf12122025_0021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7887/ccf16122025_0009.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7873/ccf12122025_0053.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7878/ccf16122025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7879/ccf16122025_0001.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7880/ccf16122025_0002.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7786/ccf10122025_0047.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7785/ccf10122025_0046.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7764/ccf10122025_0053.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7738/ccf10122025_0020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7737/ccf10122025_0019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7736/ccf10122025_0018.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7734/ccf10122025_0017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7776/ccf10122025_0065.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7775/ccf10122025_0064.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7774/ccf10122025_0063.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7773/ccf10122025_0062.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7772/ccf10122025_0061.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7771/ccf10122025_0060.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7770/ccf10122025_0059.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7769/ccf10122025_0058.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7768/ccf10122025_0057.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7767/ccf10122025_0056.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7726/ccf10122025_0010.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7725/ccf10122025_0009.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7724/ccf10122025_0008.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7723/ccf10122025_0007.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7743/ccf10122025_0024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7742/ccf10122025_0023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7741/ccf10122025_0022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7740/ccf10122025_0021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7810/ccf10122025_0087.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7802/ccf10122025_0086.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7794/ccf10122025_0074.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7793/ccf10122025_0073.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7792/ccf10122025_0072.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7791/ccf10122025_0071.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7790/ccf10122025_0070.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7789/ccf10122025_0069.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7779/ccf10122025_0068.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7778/ccf10122025_0067.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7798/ccf10122025_0081.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7797/ccf10122025_0080.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7796/ccf10122025_0079.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4165/ccf05062025_0030.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4164/ccf05062025_0029.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4163/ccf05062025_0028.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4162/ccf05062025_0027.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4161/ccf05062025_0026.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4150/ccf05062025_0015.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4149/ccf05062025_0014.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4148/ccf05062025_0013.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4146/ccf05062025_0011.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4145/ccf05062025_0010.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4144/ccf05062025_0009.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4143/ccf05062025_0008.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4141/ccf05062025_0006.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4142/ccf05062025_0007.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4184/ccf05062025_0049.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4183/ccf05062025_0048.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4182/ccf05062025_0047.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4181/ccf05062025_0046.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4212/ccf06062025_0023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4211/ccf06062025_0022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4210/ccf06062025_0021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4209/ccf06062025_0020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4208/ccf06062025_0019.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4207/ccf06062025_0018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4206/ccf06062025_0017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4205/ccf06062025_0016.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7961/ccf16122025_0039.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7944/ccf16122025_0022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7942/ccf16122025_0020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7943/ccf16122025_0021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7941/ccf16122025_0019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7940/ccf16122025_0018.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7939/ccf16122025_0017.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7938/ccf16122025_0016.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7949/ccf16122025_0027.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7948/ccf16122025_0026.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7947/ccf16122025_0025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7946/ccf16122025_0024.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7959/ccf16122025_0037.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7979/ccf16122025_0059.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7978/ccf16122025_0058.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7977/ccf16122025_0057.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7976/ccf16122025_0056.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7974/ccf16122025_0054.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7975/ccf16122025_0055.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7973/ccf16122025_0053.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7972/ccf16122025_0052.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7971/ccf16122025_0051.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7970/ccf16122025_0050.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7969/ccf16122025_0049.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7968/ccf16122025_0048.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7987/ccf16122025_0066.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7986/ccf16122025_0065.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7985/ccf16122025_0064.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7984/ccf16122025_0063.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7982/ccf16122025_0062.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5935/ccf04082025_0038.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5934/ccf04082025_0037.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5919/ccf04082025_0025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5918/ccf04082025_0024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5917/ccf04082025_0023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5916/ccf04082025_0022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5915/ccf04082025_0021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5914/ccf04082025_0020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5913/ccf04082025_0019.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5912/ccf04082025_0018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5911/ccf04082025_0017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5910/ccf04082025_0016.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5909/ccf04082025_0015.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5901/ccf04082025_0007.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5900/ccf04082025_0006.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5899/ccf04082025_0005.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5898/ccf04082025_0004.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5897/ccf04082025_0003.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5896/ccf04082025_0002.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5946/ccf04082025_0053.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5936/ccf04082025_0043.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5945/ccf04082025_0052.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5944/ccf04082025_0051.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5943/ccf04082025_0050.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5942/ccf04082025_0049.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5941/ccf04082025_0048.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8083/ccf18122025_0036.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8036/ccf18122025_0007.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8028/ccf18122025_0006.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8020/ccf18122025_0005.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8012/ccf18122025_0004.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8003/ccf18122025_0003.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8002/ccf18122025_0002.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8066/ccf18122025_0019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8065/ccf18122025_0018.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8064/ccf18122025_0017.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8062/ccf18122025_0016.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8063/ccf18122025_0015.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8061/ccf18122025_0014.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8060/ccf18122025_0013.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8059/ccf18122025_0012.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8058/ccf18122025_0011.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8057/ccf18122025_0010.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8056/ccf18122025_0009.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7839/ccf12122025_0033.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7893/ccf16122025_0015.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7907/ccf16122025_0029.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7819/ccf12122025_0015.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7821/ccf12122025_0016.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7822/ccf12122025_0017.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7729/ccf10122025_0012.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7727/ccf10122025_0011.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7795/ccf10122025_0075.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4166/ccf05062025_0031.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4151/ccf05062025_0016.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4179/ccf05062025_0044.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4180/ccf05062025_0045.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7964/ccf16122025_0042.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7963/ccf16122025_0041.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7962/ccf16122025_0040.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7945/ccf16122025_0023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7933/ccf16122025_0011.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7950/ccf16122025_0028.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7980/ccf16122025_0060.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7991/ccf16122025_0070.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7989/ccf16122025_0068.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7988/ccf16122025_0067.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5921/ccf04082025_0027.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5920/ccf04082025_0026.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5903/ccf04082025_0009.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5902/ccf04082025_0008.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5947/ccf04082025_0063.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5949/ccf04082025_0055.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5948/ccf04082025_0054.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8075/ccf18122025_0028.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8074/ccf18122025_0027.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8055/ccf18122025_0008.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8090/ccf18122025_0045.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8089/ccf18122025_0044.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8088/ccf18122025_0043.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8087/ccf18122025_0042.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8067/ccf18122025_0020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7875/ccf10122025_0105.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7877/ccf10122025_0078.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/4140/ccf05062025_0005.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/7966/ccf16122025_0046.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/5939/ccf04082025_0046.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2009/8073/ccf18122025_0026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H143"/>
+  <dimension ref="A1:H470"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2704,3706 +6851,12187 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>69</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F17" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="H17" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F20" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F21" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F22" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>24</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
         <v>102</v>
-      </c>
-[...19 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>109</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="H25" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="D26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F26" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="D27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F27" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>128</v>
+        <v>37</v>
       </c>
       <c r="D28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F28" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="H28" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="D29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>138</v>
+        <v>45</v>
       </c>
       <c r="D30" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F30" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="H30" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>143</v>
+        <v>49</v>
       </c>
       <c r="D31" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E31" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F31" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="H31" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>148</v>
+        <v>53</v>
       </c>
       <c r="D32" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>152</v>
+        <v>57</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F33" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="H33" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="D34" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F34" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="H34" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="D35" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E35" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F35" t="s">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="H35" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="D36" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E36" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F36" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="H36" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="D37" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E37" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F37" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="H37" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F38" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="H38" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="D39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F39" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="H39" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="H40" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F41" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E42" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F42" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="H42" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="D43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H43" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="D44" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F44" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="H44" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="D45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="H45" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="D46" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E46" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F46" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="H46" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="D47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E47" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F47" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="H47" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
       <c r="D48" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E48" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F48" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="H48" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="D49" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E49" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F49" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="H49" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="D50" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E50" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>223</v>
+        <v>205</v>
       </c>
       <c r="H50" t="s">
-        <v>224</v>
+        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>225</v>
+        <v>207</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>226</v>
+        <v>208</v>
       </c>
       <c r="D51" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E51" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F51" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>227</v>
+        <v>209</v>
       </c>
       <c r="H51" t="s">
-        <v>228</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E52" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F52" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="H52" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="D53" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E53" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="H53" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
       <c r="D54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="H54" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>241</v>
+        <v>223</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="D55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F55" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="H55" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="D56" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E56" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F56" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
       <c r="H56" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="D57" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="H57" t="s">
-        <v>253</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="D58" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F58" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="H58" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>258</v>
+        <v>237</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>259</v>
+        <v>84</v>
       </c>
       <c r="D59" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E59" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F59" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="H59" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="D60" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E60" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F60" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="H60" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="D61" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E61" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F61" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="H61" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
       <c r="D62" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E62" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F62" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="H62" t="s">
-        <v>273</v>
+        <v>251</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>275</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E63" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F63" t="s">
-        <v>124</v>
+        <v>255</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="H63" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>279</v>
+        <v>23</v>
       </c>
       <c r="D64" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E64" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F64" t="s">
-        <v>119</v>
+        <v>255</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="H64" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>283</v>
+        <v>33</v>
       </c>
       <c r="D65" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E65" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F65" t="s">
-        <v>114</v>
+        <v>262</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="H65" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D66" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E66" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F66" t="s">
-        <v>144</v>
+        <v>266</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="H66" t="s">
-        <v>289</v>
+        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>291</v>
+        <v>41</v>
       </c>
       <c r="D67" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E67" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F67" t="s">
-        <v>218</v>
+        <v>266</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>292</v>
+        <v>270</v>
       </c>
       <c r="H67" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>294</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>295</v>
+        <v>45</v>
       </c>
       <c r="D68" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E68" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F68" t="s">
-        <v>114</v>
+        <v>266</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>296</v>
+        <v>273</v>
       </c>
       <c r="H68" t="s">
-        <v>297</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>298</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>299</v>
+        <v>49</v>
       </c>
       <c r="D69" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E69" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F69" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="H69" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>303</v>
+        <v>53</v>
       </c>
       <c r="D70" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E70" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F70" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>304</v>
+        <v>279</v>
       </c>
       <c r="H70" t="s">
-        <v>305</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>306</v>
+        <v>281</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>57</v>
       </c>
       <c r="D71" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E71" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F71" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>308</v>
+        <v>282</v>
       </c>
       <c r="H71" t="s">
-        <v>309</v>
+        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>311</v>
+        <v>140</v>
       </c>
       <c r="D72" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E72" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F72" t="s">
-        <v>119</v>
+        <v>285</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>312</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>313</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>314</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>315</v>
+        <v>144</v>
       </c>
       <c r="D73" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E73" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F73" t="s">
-        <v>124</v>
+        <v>289</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>316</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
-        <v>317</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>319</v>
+        <v>148</v>
       </c>
       <c r="D74" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E74" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F74" t="s">
-        <v>124</v>
+        <v>289</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>320</v>
+        <v>293</v>
       </c>
       <c r="H74" t="s">
-        <v>321</v>
+        <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>322</v>
+        <v>295</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>323</v>
+        <v>152</v>
       </c>
       <c r="D75" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E75" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F75" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>324</v>
+        <v>296</v>
       </c>
       <c r="H75" t="s">
-        <v>325</v>
+        <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>326</v>
+        <v>298</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>327</v>
+        <v>156</v>
       </c>
       <c r="D76" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E76" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F76" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>328</v>
+        <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>329</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>330</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>331</v>
+        <v>160</v>
       </c>
       <c r="D77" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E77" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F77" t="s">
-        <v>134</v>
+        <v>302</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>332</v>
+        <v>303</v>
       </c>
       <c r="H77" t="s">
-        <v>333</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>334</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>335</v>
+        <v>164</v>
       </c>
       <c r="D78" t="s">
-        <v>112</v>
+        <v>253</v>
       </c>
       <c r="E78" t="s">
-        <v>113</v>
+        <v>254</v>
       </c>
       <c r="F78" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>336</v>
+        <v>306</v>
       </c>
       <c r="H78" t="s">
-        <v>337</v>
+        <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>338</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>339</v>
+        <v>168</v>
       </c>
       <c r="D79" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E79" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F79" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>342</v>
+        <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>343</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>344</v>
+        <v>311</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>345</v>
+        <v>172</v>
       </c>
       <c r="D80" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E80" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F80" t="s">
-        <v>134</v>
+        <v>302</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>346</v>
+        <v>312</v>
       </c>
       <c r="H80" t="s">
-        <v>347</v>
+        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>348</v>
+        <v>314</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>349</v>
+        <v>176</v>
       </c>
       <c r="D81" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E81" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F81" t="s">
-        <v>144</v>
+        <v>302</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>350</v>
+        <v>315</v>
       </c>
       <c r="H81" t="s">
-        <v>351</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>352</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>353</v>
+        <v>318</v>
       </c>
       <c r="D82" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E82" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F82" t="s">
-        <v>129</v>
+        <v>319</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>354</v>
+        <v>320</v>
       </c>
       <c r="H82" t="s">
-        <v>355</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>356</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>357</v>
+        <v>180</v>
       </c>
       <c r="D83" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E83" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F83" t="s">
-        <v>144</v>
+        <v>266</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>358</v>
+        <v>323</v>
       </c>
       <c r="H83" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>361</v>
+        <v>184</v>
       </c>
       <c r="D84" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E84" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F84" t="s">
-        <v>218</v>
+        <v>266</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>362</v>
+        <v>326</v>
       </c>
       <c r="H84" t="s">
-        <v>363</v>
+        <v>327</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>364</v>
+        <v>328</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>365</v>
+        <v>329</v>
       </c>
       <c r="D85" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E85" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F85" t="s">
-        <v>134</v>
+        <v>289</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>366</v>
+        <v>330</v>
       </c>
       <c r="H85" t="s">
-        <v>367</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>368</v>
+        <v>332</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>369</v>
+        <v>188</v>
       </c>
       <c r="D86" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E86" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F86" t="s">
-        <v>124</v>
+        <v>319</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>370</v>
+        <v>333</v>
       </c>
       <c r="H86" t="s">
-        <v>371</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>372</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="D87" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E87" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F87" t="s">
-        <v>134</v>
+        <v>337</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>374</v>
+        <v>338</v>
       </c>
       <c r="H87" t="s">
-        <v>375</v>
+        <v>339</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>376</v>
+        <v>340</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>377</v>
+        <v>192</v>
       </c>
       <c r="D88" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E88" t="s">
+        <v>254</v>
+      </c>
+      <c r="F88" t="s">
+        <v>337</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H88" t="s">
-        <v>379</v>
+        <v>342</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>380</v>
+        <v>343</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>381</v>
+        <v>196</v>
       </c>
       <c r="D89" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E89" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F89" t="s">
-        <v>134</v>
+        <v>337</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="H89" t="s">
-        <v>383</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>384</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>385</v>
+        <v>200</v>
       </c>
       <c r="D90" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E90" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F90" t="s">
-        <v>139</v>
+        <v>63</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>386</v>
+        <v>347</v>
       </c>
       <c r="H90" t="s">
-        <v>387</v>
+        <v>348</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>388</v>
+        <v>349</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>389</v>
+        <v>204</v>
       </c>
       <c r="D91" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E91" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F91" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>390</v>
+        <v>350</v>
       </c>
       <c r="H91" t="s">
-        <v>391</v>
+        <v>351</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>392</v>
+        <v>352</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>393</v>
+        <v>208</v>
       </c>
       <c r="D92" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E92" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F92" t="s">
-        <v>134</v>
+        <v>255</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>394</v>
+        <v>353</v>
       </c>
       <c r="H92" t="s">
-        <v>395</v>
+        <v>354</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>396</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>397</v>
+        <v>212</v>
       </c>
       <c r="D93" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E93" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F93" t="s">
-        <v>124</v>
+        <v>289</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="H93" t="s">
-        <v>399</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>400</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>401</v>
+        <v>216</v>
       </c>
       <c r="D94" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E94" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F94" t="s">
-        <v>134</v>
+        <v>337</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>402</v>
+        <v>359</v>
       </c>
       <c r="H94" t="s">
-        <v>403</v>
+        <v>360</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>404</v>
+        <v>361</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>405</v>
+        <v>362</v>
       </c>
       <c r="D95" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E95" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F95" t="s">
-        <v>119</v>
+        <v>255</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>406</v>
+        <v>363</v>
       </c>
       <c r="H95" t="s">
-        <v>407</v>
+        <v>364</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>408</v>
+        <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>409</v>
+        <v>220</v>
       </c>
       <c r="D96" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E96" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F96" t="s">
-        <v>144</v>
+        <v>255</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>410</v>
+        <v>366</v>
       </c>
       <c r="H96" t="s">
-        <v>411</v>
+        <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>412</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>413</v>
+        <v>224</v>
       </c>
       <c r="D97" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E97" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F97" t="s">
-        <v>134</v>
+        <v>255</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>414</v>
+        <v>369</v>
       </c>
       <c r="H97" t="s">
-        <v>415</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>416</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>417</v>
+        <v>228</v>
       </c>
       <c r="D98" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E98" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F98" t="s">
-        <v>218</v>
+        <v>266</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>418</v>
+        <v>372</v>
       </c>
       <c r="H98" t="s">
-        <v>419</v>
+        <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>420</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>421</v>
+        <v>232</v>
       </c>
       <c r="D99" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E99" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F99" t="s">
-        <v>134</v>
+        <v>289</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>422</v>
+        <v>375</v>
       </c>
       <c r="H99" t="s">
-        <v>423</v>
+        <v>376</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>424</v>
+        <v>377</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>425</v>
+        <v>235</v>
       </c>
       <c r="D100" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E100" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F100" t="s">
-        <v>426</v>
+        <v>255</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>427</v>
+        <v>378</v>
       </c>
       <c r="H100" t="s">
-        <v>428</v>
+        <v>379</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>429</v>
+        <v>380</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>430</v>
+        <v>84</v>
       </c>
       <c r="D101" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E101" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F101" t="s">
-        <v>431</v>
+        <v>255</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>432</v>
+        <v>381</v>
       </c>
       <c r="H101" t="s">
-        <v>433</v>
+        <v>382</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>434</v>
+        <v>383</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>435</v>
+        <v>88</v>
       </c>
       <c r="D102" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E102" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F102" t="s">
-        <v>431</v>
+        <v>319</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>436</v>
+        <v>384</v>
       </c>
       <c r="H102" t="s">
-        <v>437</v>
+        <v>385</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>438</v>
+        <v>386</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>439</v>
+        <v>387</v>
       </c>
       <c r="D103" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E103" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F103" t="s">
-        <v>431</v>
+        <v>266</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>440</v>
+        <v>388</v>
       </c>
       <c r="H103" t="s">
-        <v>441</v>
+        <v>389</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>442</v>
+        <v>390</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>443</v>
+        <v>391</v>
       </c>
       <c r="D104" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E104" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F104" t="s">
-        <v>218</v>
+        <v>337</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>444</v>
+        <v>392</v>
       </c>
       <c r="H104" t="s">
-        <v>445</v>
+        <v>393</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>446</v>
+        <v>394</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="D105" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E105" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F105" t="s">
-        <v>134</v>
+        <v>337</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>447</v>
+        <v>395</v>
       </c>
       <c r="H105" t="s">
-        <v>448</v>
+        <v>396</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>449</v>
+        <v>397</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>226</v>
+        <v>245</v>
       </c>
       <c r="D106" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E106" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F106" t="s">
-        <v>134</v>
+        <v>262</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>450</v>
+        <v>398</v>
       </c>
       <c r="H106" t="s">
-        <v>451</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>452</v>
+        <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>230</v>
+        <v>401</v>
       </c>
       <c r="D107" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E107" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>255</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>453</v>
+        <v>402</v>
       </c>
       <c r="H107" t="s">
-        <v>454</v>
+        <v>403</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>455</v>
+        <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>234</v>
+        <v>92</v>
       </c>
       <c r="D108" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E108" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F108" t="s">
-        <v>456</v>
+        <v>255</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>457</v>
+        <v>405</v>
       </c>
       <c r="H108" t="s">
-        <v>458</v>
+        <v>406</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>459</v>
+        <v>407</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>238</v>
+        <v>96</v>
       </c>
       <c r="D109" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E109" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F109" t="s">
-        <v>134</v>
+        <v>255</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>460</v>
+        <v>408</v>
       </c>
       <c r="H109" t="s">
-        <v>461</v>
+        <v>409</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>462</v>
+        <v>410</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>242</v>
+        <v>100</v>
       </c>
       <c r="D110" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E110" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F110" t="s">
-        <v>144</v>
+        <v>255</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>463</v>
+        <v>411</v>
       </c>
       <c r="H110" t="s">
-        <v>464</v>
+        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>465</v>
+        <v>413</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>466</v>
+        <v>414</v>
       </c>
       <c r="D111" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E111" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F111" t="s">
-        <v>134</v>
+        <v>262</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>467</v>
+        <v>415</v>
       </c>
       <c r="H111" t="s">
-        <v>468</v>
+        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>469</v>
+        <v>417</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>470</v>
+        <v>104</v>
       </c>
       <c r="D112" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E112" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F112" t="s">
-        <v>178</v>
+        <v>266</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>471</v>
+        <v>418</v>
       </c>
       <c r="H112" t="s">
-        <v>472</v>
+        <v>419</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>473</v>
+        <v>420</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>474</v>
+        <v>421</v>
       </c>
       <c r="D113" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E113" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F113" t="s">
-        <v>178</v>
+        <v>266</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>475</v>
+        <v>422</v>
       </c>
       <c r="H113" t="s">
-        <v>476</v>
+        <v>423</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>477</v>
+        <v>424</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>478</v>
+        <v>108</v>
       </c>
       <c r="D114" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E114" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F114" t="s">
-        <v>178</v>
+        <v>289</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>479</v>
+        <v>425</v>
       </c>
       <c r="H114" t="s">
-        <v>480</v>
+        <v>426</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>481</v>
+        <v>427</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>482</v>
+        <v>249</v>
       </c>
       <c r="D115" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E115" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F115" t="s">
-        <v>124</v>
+        <v>63</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>483</v>
+        <v>428</v>
       </c>
       <c r="H115" t="s">
-        <v>484</v>
+        <v>429</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>485</v>
+        <v>430</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>486</v>
+        <v>431</v>
       </c>
       <c r="D116" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E116" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F116" t="s">
-        <v>124</v>
+        <v>432</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>487</v>
+        <v>433</v>
       </c>
       <c r="H116" t="s">
-        <v>488</v>
+        <v>434</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>489</v>
+        <v>435</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>490</v>
+        <v>436</v>
       </c>
       <c r="D117" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E117" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F117" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>491</v>
+        <v>437</v>
       </c>
       <c r="H117" t="s">
-        <v>492</v>
+        <v>438</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>493</v>
+        <v>439</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>494</v>
+        <v>440</v>
       </c>
       <c r="D118" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E118" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F118" t="s">
-        <v>114</v>
+        <v>255</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>495</v>
+        <v>441</v>
       </c>
       <c r="H118" t="s">
-        <v>496</v>
+        <v>442</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>497</v>
+        <v>443</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>498</v>
+        <v>444</v>
       </c>
       <c r="D119" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E119" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>499</v>
+        <v>445</v>
       </c>
       <c r="H119" t="s">
-        <v>500</v>
+        <v>446</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>501</v>
+        <v>447</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>502</v>
+        <v>448</v>
       </c>
       <c r="D120" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E120" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F120" t="s">
-        <v>139</v>
+        <v>63</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>503</v>
+        <v>449</v>
       </c>
       <c r="H120" t="s">
-        <v>504</v>
+        <v>450</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>505</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>506</v>
+        <v>452</v>
       </c>
       <c r="D121" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E121" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F121" t="s">
-        <v>139</v>
+        <v>337</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>507</v>
+        <v>453</v>
       </c>
       <c r="H121" t="s">
-        <v>508</v>
+        <v>454</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>509</v>
+        <v>455</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>510</v>
+        <v>456</v>
       </c>
       <c r="D122" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E122" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F122" t="s">
-        <v>134</v>
+        <v>255</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>511</v>
+        <v>457</v>
       </c>
       <c r="H122" t="s">
-        <v>512</v>
+        <v>458</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>513</v>
+        <v>459</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>514</v>
+        <v>460</v>
       </c>
       <c r="D123" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E123" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F123" t="s">
-        <v>515</v>
+        <v>255</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>516</v>
+        <v>461</v>
       </c>
       <c r="H123" t="s">
-        <v>517</v>
+        <v>462</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>518</v>
+        <v>463</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>519</v>
+        <v>464</v>
       </c>
       <c r="D124" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E124" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F124" t="s">
-        <v>431</v>
+        <v>319</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>520</v>
+        <v>465</v>
       </c>
       <c r="H124" t="s">
-        <v>521</v>
+        <v>466</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>522</v>
+        <v>467</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>523</v>
+        <v>468</v>
       </c>
       <c r="D125" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E125" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F125" t="s">
-        <v>114</v>
+        <v>432</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>524</v>
+        <v>469</v>
       </c>
       <c r="H125" t="s">
-        <v>525</v>
+        <v>470</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>526</v>
+        <v>471</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>527</v>
+        <v>472</v>
       </c>
       <c r="D126" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E126" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F126" t="s">
-        <v>528</v>
+        <v>319</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>529</v>
+        <v>473</v>
       </c>
       <c r="H126" t="s">
-        <v>530</v>
+        <v>474</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>531</v>
+        <v>475</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>532</v>
+        <v>476</v>
       </c>
       <c r="D127" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E127" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F127" t="s">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>533</v>
+        <v>477</v>
       </c>
       <c r="H127" t="s">
-        <v>534</v>
+        <v>478</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>535</v>
+        <v>479</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>536</v>
+        <v>480</v>
       </c>
       <c r="D128" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E128" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F128" t="s">
-        <v>178</v>
+        <v>337</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>537</v>
+        <v>481</v>
       </c>
       <c r="H128" t="s">
-        <v>538</v>
+        <v>482</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>539</v>
+        <v>483</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>540</v>
+        <v>484</v>
       </c>
       <c r="D129" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E129" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F129" t="s">
-        <v>178</v>
+        <v>255</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>541</v>
+        <v>485</v>
       </c>
       <c r="H129" t="s">
-        <v>542</v>
+        <v>486</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>543</v>
+        <v>487</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>544</v>
+        <v>488</v>
       </c>
       <c r="D130" t="s">
-        <v>340</v>
+        <v>253</v>
       </c>
       <c r="E130" t="s">
-        <v>341</v>
+        <v>254</v>
       </c>
       <c r="F130" t="s">
-        <v>178</v>
+        <v>337</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>545</v>
+        <v>489</v>
       </c>
       <c r="H130" t="s">
-        <v>546</v>
+        <v>490</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>547</v>
+        <v>491</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>548</v>
+        <v>492</v>
       </c>
       <c r="D131" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E131" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F131" t="s">
-        <v>119</v>
+        <v>493</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>551</v>
+        <v>494</v>
       </c>
       <c r="H131" t="s">
-        <v>552</v>
+        <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>553</v>
+        <v>496</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>554</v>
+        <v>497</v>
       </c>
       <c r="D132" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E132" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F132" t="s">
-        <v>178</v>
+        <v>266</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>555</v>
+        <v>498</v>
       </c>
       <c r="H132" t="s">
-        <v>556</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>557</v>
+        <v>500</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>558</v>
+        <v>501</v>
       </c>
       <c r="D133" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E133" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F133" t="s">
-        <v>114</v>
+        <v>255</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>559</v>
+        <v>502</v>
       </c>
       <c r="H133" t="s">
-        <v>560</v>
+        <v>503</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>561</v>
+        <v>504</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>562</v>
+        <v>505</v>
       </c>
       <c r="D134" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E134" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F134" t="s">
-        <v>114</v>
+        <v>289</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>563</v>
+        <v>506</v>
       </c>
       <c r="H134" t="s">
-        <v>564</v>
+        <v>507</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>565</v>
+        <v>508</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>566</v>
+        <v>509</v>
       </c>
       <c r="D135" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E135" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F135" t="s">
-        <v>114</v>
+        <v>266</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>567</v>
+        <v>510</v>
       </c>
       <c r="H135" t="s">
-        <v>568</v>
+        <v>511</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>569</v>
+        <v>512</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>59</v>
+        <v>513</v>
       </c>
       <c r="D136" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E136" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F136" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>570</v>
+        <v>514</v>
       </c>
       <c r="H136" t="s">
-        <v>571</v>
+        <v>515</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>572</v>
+        <v>516</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>65</v>
+        <v>517</v>
       </c>
       <c r="D137" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E137" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F137" t="s">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>573</v>
+        <v>518</v>
       </c>
       <c r="H137" t="s">
-        <v>574</v>
+        <v>519</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>575</v>
+        <v>520</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>69</v>
+        <v>521</v>
       </c>
       <c r="D138" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E138" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F138" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>576</v>
+        <v>522</v>
       </c>
       <c r="H138" t="s">
-        <v>577</v>
+        <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>578</v>
+        <v>524</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>73</v>
+        <v>525</v>
       </c>
       <c r="D139" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E139" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F139" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>579</v>
+        <v>526</v>
       </c>
       <c r="H139" t="s">
-        <v>580</v>
+        <v>527</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>581</v>
+        <v>528</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>77</v>
+        <v>529</v>
       </c>
       <c r="D140" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E140" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F140" t="s">
-        <v>119</v>
+        <v>337</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>582</v>
+        <v>530</v>
       </c>
       <c r="H140" t="s">
-        <v>583</v>
+        <v>531</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>584</v>
+        <v>532</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>81</v>
+        <v>533</v>
       </c>
       <c r="D141" t="s">
-        <v>549</v>
+        <v>253</v>
       </c>
       <c r="E141" t="s">
-        <v>550</v>
+        <v>254</v>
       </c>
       <c r="F141" t="s">
-        <v>585</v>
+        <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>586</v>
+        <v>534</v>
       </c>
       <c r="H141" t="s">
-        <v>587</v>
+        <v>535</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>588</v>
+        <v>536</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>589</v>
+        <v>537</v>
       </c>
       <c r="D142" t="s">
-        <v>590</v>
+        <v>253</v>
       </c>
       <c r="E142" t="s">
-        <v>591</v>
+        <v>254</v>
       </c>
       <c r="F142" t="s">
-        <v>592</v>
+        <v>255</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>593</v>
+        <v>538</v>
       </c>
       <c r="H142" t="s">
-        <v>594</v>
+        <v>539</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>540</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>541</v>
+      </c>
+      <c r="D143" t="s">
+        <v>253</v>
+      </c>
+      <c r="E143" t="s">
+        <v>254</v>
+      </c>
+      <c r="F143" t="s">
+        <v>255</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H143" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>544</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>545</v>
+      </c>
+      <c r="D144" t="s">
+        <v>253</v>
+      </c>
+      <c r="E144" t="s">
+        <v>254</v>
+      </c>
+      <c r="F144" t="s">
+        <v>255</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H144" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>548</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>549</v>
+      </c>
+      <c r="D145" t="s">
+        <v>253</v>
+      </c>
+      <c r="E145" t="s">
+        <v>254</v>
+      </c>
+      <c r="F145" t="s">
+        <v>255</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H145" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>552</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>553</v>
+      </c>
+      <c r="D146" t="s">
+        <v>253</v>
+      </c>
+      <c r="E146" t="s">
+        <v>254</v>
+      </c>
+      <c r="F146" t="s">
+        <v>262</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H146" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>556</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>557</v>
+      </c>
+      <c r="D147" t="s">
+        <v>253</v>
+      </c>
+      <c r="E147" t="s">
+        <v>254</v>
+      </c>
+      <c r="F147" t="s">
+        <v>255</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H147" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>560</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>561</v>
+      </c>
+      <c r="D148" t="s">
+        <v>253</v>
+      </c>
+      <c r="E148" t="s">
+        <v>254</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H148" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>564</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>565</v>
+      </c>
+      <c r="D149" t="s">
+        <v>253</v>
+      </c>
+      <c r="E149" t="s">
+        <v>254</v>
+      </c>
+      <c r="F149" t="s">
+        <v>319</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H149" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>568</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>569</v>
+      </c>
+      <c r="D150" t="s">
+        <v>253</v>
+      </c>
+      <c r="E150" t="s">
+        <v>254</v>
+      </c>
+      <c r="F150" t="s">
+        <v>67</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="H150" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>572</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>573</v>
+      </c>
+      <c r="D151" t="s">
+        <v>253</v>
+      </c>
+      <c r="E151" t="s">
+        <v>254</v>
+      </c>
+      <c r="F151" t="s">
+        <v>67</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H151" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>576</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>577</v>
+      </c>
+      <c r="D152" t="s">
+        <v>253</v>
+      </c>
+      <c r="E152" t="s">
+        <v>254</v>
+      </c>
+      <c r="F152" t="s">
+        <v>337</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H152" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>580</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>581</v>
+      </c>
+      <c r="D153" t="s">
+        <v>253</v>
+      </c>
+      <c r="E153" t="s">
+        <v>254</v>
+      </c>
+      <c r="F153" t="s">
+        <v>337</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H153" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>584</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>585</v>
+      </c>
+      <c r="D154" t="s">
+        <v>253</v>
+      </c>
+      <c r="E154" t="s">
+        <v>254</v>
+      </c>
+      <c r="F154" t="s">
+        <v>266</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H154" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>588</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>589</v>
+      </c>
+      <c r="D155" t="s">
+        <v>253</v>
+      </c>
+      <c r="E155" t="s">
+        <v>254</v>
+      </c>
+      <c r="F155" t="s">
+        <v>337</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H155" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>592</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>593</v>
+      </c>
+      <c r="D156" t="s">
+        <v>253</v>
+      </c>
+      <c r="E156" t="s">
+        <v>254</v>
+      </c>
+      <c r="F156" t="s">
+        <v>262</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H156" t="s">
         <v>595</v>
       </c>
-      <c r="B143" t="s">
-[...14 lines deleted...]
-      <c r="G143" s="1" t="s">
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
         <v>596</v>
       </c>
-      <c r="H143" t="s">
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
         <v>597</v>
+      </c>
+      <c r="D157" t="s">
+        <v>253</v>
+      </c>
+      <c r="E157" t="s">
+        <v>254</v>
+      </c>
+      <c r="F157" t="s">
+        <v>289</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H157" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>600</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>601</v>
+      </c>
+      <c r="D158" t="s">
+        <v>253</v>
+      </c>
+      <c r="E158" t="s">
+        <v>254</v>
+      </c>
+      <c r="F158" t="s">
+        <v>63</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H158" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>604</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>605</v>
+      </c>
+      <c r="D159" t="s">
+        <v>253</v>
+      </c>
+      <c r="E159" t="s">
+        <v>254</v>
+      </c>
+      <c r="F159" t="s">
+        <v>337</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H159" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>608</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>609</v>
+      </c>
+      <c r="D160" t="s">
+        <v>253</v>
+      </c>
+      <c r="E160" t="s">
+        <v>254</v>
+      </c>
+      <c r="F160" t="s">
+        <v>289</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H160" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>612</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>613</v>
+      </c>
+      <c r="D161" t="s">
+        <v>253</v>
+      </c>
+      <c r="E161" t="s">
+        <v>254</v>
+      </c>
+      <c r="F161" t="s">
+        <v>255</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H161" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>616</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>617</v>
+      </c>
+      <c r="D162" t="s">
+        <v>253</v>
+      </c>
+      <c r="E162" t="s">
+        <v>254</v>
+      </c>
+      <c r="F162" t="s">
+        <v>289</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H162" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>620</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>621</v>
+      </c>
+      <c r="D163" t="s">
+        <v>253</v>
+      </c>
+      <c r="E163" t="s">
+        <v>254</v>
+      </c>
+      <c r="F163" t="s">
+        <v>255</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H163" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>624</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>625</v>
+      </c>
+      <c r="D164" t="s">
+        <v>253</v>
+      </c>
+      <c r="E164" t="s">
+        <v>254</v>
+      </c>
+      <c r="F164" t="s">
+        <v>266</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H164" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>628</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>629</v>
+      </c>
+      <c r="D165" t="s">
+        <v>253</v>
+      </c>
+      <c r="E165" t="s">
+        <v>254</v>
+      </c>
+      <c r="F165" t="s">
+        <v>337</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H165" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>632</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>633</v>
+      </c>
+      <c r="D166" t="s">
+        <v>253</v>
+      </c>
+      <c r="E166" t="s">
+        <v>254</v>
+      </c>
+      <c r="F166" t="s">
+        <v>634</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H166" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>637</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>638</v>
+      </c>
+      <c r="D167" t="s">
+        <v>253</v>
+      </c>
+      <c r="E167" t="s">
+        <v>254</v>
+      </c>
+      <c r="F167" t="s">
+        <v>63</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H167" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>641</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>642</v>
+      </c>
+      <c r="D168" t="s">
+        <v>253</v>
+      </c>
+      <c r="E168" t="s">
+        <v>254</v>
+      </c>
+      <c r="F168" t="s">
+        <v>67</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H168" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>645</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>646</v>
+      </c>
+      <c r="D169" t="s">
+        <v>253</v>
+      </c>
+      <c r="E169" t="s">
+        <v>254</v>
+      </c>
+      <c r="F169" t="s">
+        <v>319</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H169" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>649</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>650</v>
+      </c>
+      <c r="D170" t="s">
+        <v>253</v>
+      </c>
+      <c r="E170" t="s">
+        <v>254</v>
+      </c>
+      <c r="F170" t="s">
+        <v>255</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H170" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>653</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>654</v>
+      </c>
+      <c r="D171" t="s">
+        <v>253</v>
+      </c>
+      <c r="E171" t="s">
+        <v>254</v>
+      </c>
+      <c r="F171" t="s">
+        <v>255</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H171" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>657</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>658</v>
+      </c>
+      <c r="D172" t="s">
+        <v>253</v>
+      </c>
+      <c r="E172" t="s">
+        <v>254</v>
+      </c>
+      <c r="F172" t="s">
+        <v>67</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H172" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>661</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>662</v>
+      </c>
+      <c r="D173" t="s">
+        <v>253</v>
+      </c>
+      <c r="E173" t="s">
+        <v>254</v>
+      </c>
+      <c r="F173" t="s">
+        <v>663</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H173" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>666</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>667</v>
+      </c>
+      <c r="D174" t="s">
+        <v>253</v>
+      </c>
+      <c r="E174" t="s">
+        <v>254</v>
+      </c>
+      <c r="F174" t="s">
+        <v>337</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H174" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>670</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>671</v>
+      </c>
+      <c r="D175" t="s">
+        <v>253</v>
+      </c>
+      <c r="E175" t="s">
+        <v>254</v>
+      </c>
+      <c r="F175" t="s">
+        <v>255</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H175" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>674</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>675</v>
+      </c>
+      <c r="D176" t="s">
+        <v>253</v>
+      </c>
+      <c r="E176" t="s">
+        <v>254</v>
+      </c>
+      <c r="F176" t="s">
+        <v>337</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H176" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>678</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>679</v>
+      </c>
+      <c r="D177" t="s">
+        <v>253</v>
+      </c>
+      <c r="E177" t="s">
+        <v>254</v>
+      </c>
+      <c r="F177" t="s">
+        <v>289</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H177" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>682</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>683</v>
+      </c>
+      <c r="D178" t="s">
+        <v>253</v>
+      </c>
+      <c r="E178" t="s">
+        <v>254</v>
+      </c>
+      <c r="F178" t="s">
+        <v>266</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H178" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>685</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>686</v>
+      </c>
+      <c r="D179" t="s">
+        <v>253</v>
+      </c>
+      <c r="E179" t="s">
+        <v>254</v>
+      </c>
+      <c r="F179" t="s">
+        <v>289</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H179" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>689</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>690</v>
+      </c>
+      <c r="D180" t="s">
+        <v>253</v>
+      </c>
+      <c r="E180" t="s">
+        <v>254</v>
+      </c>
+      <c r="F180" t="s">
+        <v>337</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H180" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>693</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>694</v>
+      </c>
+      <c r="D181" t="s">
+        <v>253</v>
+      </c>
+      <c r="E181" t="s">
+        <v>254</v>
+      </c>
+      <c r="F181" t="s">
+        <v>289</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="H181" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>697</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>698</v>
+      </c>
+      <c r="D182" t="s">
+        <v>253</v>
+      </c>
+      <c r="E182" t="s">
+        <v>254</v>
+      </c>
+      <c r="F182" t="s">
+        <v>337</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H182" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>701</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>702</v>
+      </c>
+      <c r="D183" t="s">
+        <v>253</v>
+      </c>
+      <c r="E183" t="s">
+        <v>254</v>
+      </c>
+      <c r="F183" t="s">
+        <v>63</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H183" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>705</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>706</v>
+      </c>
+      <c r="D184" t="s">
+        <v>253</v>
+      </c>
+      <c r="E184" t="s">
+        <v>254</v>
+      </c>
+      <c r="F184" t="s">
+        <v>63</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H184" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>709</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>710</v>
+      </c>
+      <c r="D185" t="s">
+        <v>253</v>
+      </c>
+      <c r="E185" t="s">
+        <v>254</v>
+      </c>
+      <c r="F185" t="s">
+        <v>63</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H185" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>713</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>714</v>
+      </c>
+      <c r="D186" t="s">
+        <v>253</v>
+      </c>
+      <c r="E186" t="s">
+        <v>254</v>
+      </c>
+      <c r="F186" t="s">
+        <v>289</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H186" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>717</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>718</v>
+      </c>
+      <c r="D187" t="s">
+        <v>253</v>
+      </c>
+      <c r="E187" t="s">
+        <v>254</v>
+      </c>
+      <c r="F187" t="s">
+        <v>262</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H187" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>721</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>722</v>
+      </c>
+      <c r="D188" t="s">
+        <v>253</v>
+      </c>
+      <c r="E188" t="s">
+        <v>254</v>
+      </c>
+      <c r="F188" t="s">
+        <v>255</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H188" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>725</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>726</v>
+      </c>
+      <c r="D189" t="s">
+        <v>253</v>
+      </c>
+      <c r="E189" t="s">
+        <v>254</v>
+      </c>
+      <c r="F189" t="s">
+        <v>337</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H189" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>729</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>730</v>
+      </c>
+      <c r="D190" t="s">
+        <v>253</v>
+      </c>
+      <c r="E190" t="s">
+        <v>254</v>
+      </c>
+      <c r="F190" t="s">
+        <v>67</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H190" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>733</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>734</v>
+      </c>
+      <c r="D191" t="s">
+        <v>253</v>
+      </c>
+      <c r="E191" t="s">
+        <v>254</v>
+      </c>
+      <c r="F191" t="s">
+        <v>266</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H191" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>737</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>738</v>
+      </c>
+      <c r="D192" t="s">
+        <v>253</v>
+      </c>
+      <c r="E192" t="s">
+        <v>254</v>
+      </c>
+      <c r="F192" t="s">
+        <v>289</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H192" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>741</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>742</v>
+      </c>
+      <c r="D193" t="s">
+        <v>253</v>
+      </c>
+      <c r="E193" t="s">
+        <v>254</v>
+      </c>
+      <c r="F193" t="s">
+        <v>67</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H193" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>745</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>746</v>
+      </c>
+      <c r="D194" t="s">
+        <v>253</v>
+      </c>
+      <c r="E194" t="s">
+        <v>254</v>
+      </c>
+      <c r="F194" t="s">
+        <v>337</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H194" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>749</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>750</v>
+      </c>
+      <c r="D195" t="s">
+        <v>253</v>
+      </c>
+      <c r="E195" t="s">
+        <v>254</v>
+      </c>
+      <c r="F195" t="s">
+        <v>255</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H195" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>753</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>754</v>
+      </c>
+      <c r="D196" t="s">
+        <v>253</v>
+      </c>
+      <c r="E196" t="s">
+        <v>254</v>
+      </c>
+      <c r="F196" t="s">
+        <v>266</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H196" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>757</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>758</v>
+      </c>
+      <c r="D197" t="s">
+        <v>253</v>
+      </c>
+      <c r="E197" t="s">
+        <v>254</v>
+      </c>
+      <c r="F197" t="s">
+        <v>289</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H197" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>761</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>762</v>
+      </c>
+      <c r="D198" t="s">
+        <v>253</v>
+      </c>
+      <c r="E198" t="s">
+        <v>254</v>
+      </c>
+      <c r="F198" t="s">
+        <v>255</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H198" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>765</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>766</v>
+      </c>
+      <c r="D199" t="s">
+        <v>253</v>
+      </c>
+      <c r="E199" t="s">
+        <v>254</v>
+      </c>
+      <c r="F199" t="s">
+        <v>266</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H199" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>769</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>770</v>
+      </c>
+      <c r="D200" t="s">
+        <v>253</v>
+      </c>
+      <c r="E200" t="s">
+        <v>254</v>
+      </c>
+      <c r="F200" t="s">
+        <v>63</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H200" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>773</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>774</v>
+      </c>
+      <c r="D201" t="s">
+        <v>253</v>
+      </c>
+      <c r="E201" t="s">
+        <v>254</v>
+      </c>
+      <c r="F201" t="s">
+        <v>266</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H201" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>777</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>778</v>
+      </c>
+      <c r="D202" t="s">
+        <v>253</v>
+      </c>
+      <c r="E202" t="s">
+        <v>254</v>
+      </c>
+      <c r="F202" t="s">
+        <v>63</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H202" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>781</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>782</v>
+      </c>
+      <c r="D203" t="s">
+        <v>253</v>
+      </c>
+      <c r="E203" t="s">
+        <v>254</v>
+      </c>
+      <c r="F203" t="s">
+        <v>289</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H203" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>785</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>786</v>
+      </c>
+      <c r="D204" t="s">
+        <v>253</v>
+      </c>
+      <c r="E204" t="s">
+        <v>254</v>
+      </c>
+      <c r="F204" t="s">
+        <v>63</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H204" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>789</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>790</v>
+      </c>
+      <c r="D205" t="s">
+        <v>253</v>
+      </c>
+      <c r="E205" t="s">
+        <v>254</v>
+      </c>
+      <c r="F205" t="s">
+        <v>255</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H205" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>793</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>794</v>
+      </c>
+      <c r="D206" t="s">
+        <v>253</v>
+      </c>
+      <c r="E206" t="s">
+        <v>254</v>
+      </c>
+      <c r="F206" t="s">
+        <v>289</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H206" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>797</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>798</v>
+      </c>
+      <c r="D207" t="s">
+        <v>253</v>
+      </c>
+      <c r="E207" t="s">
+        <v>254</v>
+      </c>
+      <c r="F207" t="s">
+        <v>337</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H207" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>801</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>802</v>
+      </c>
+      <c r="D208" t="s">
+        <v>253</v>
+      </c>
+      <c r="E208" t="s">
+        <v>254</v>
+      </c>
+      <c r="F208" t="s">
+        <v>337</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H208" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>805</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>806</v>
+      </c>
+      <c r="D209" t="s">
+        <v>253</v>
+      </c>
+      <c r="E209" t="s">
+        <v>254</v>
+      </c>
+      <c r="F209" t="s">
+        <v>663</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H209" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>809</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>810</v>
+      </c>
+      <c r="D210" t="s">
+        <v>253</v>
+      </c>
+      <c r="E210" t="s">
+        <v>254</v>
+      </c>
+      <c r="F210" t="s">
+        <v>255</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H210" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>813</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>814</v>
+      </c>
+      <c r="D211" t="s">
+        <v>253</v>
+      </c>
+      <c r="E211" t="s">
+        <v>254</v>
+      </c>
+      <c r="F211" t="s">
+        <v>266</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H211" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>817</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>818</v>
+      </c>
+      <c r="D212" t="s">
+        <v>253</v>
+      </c>
+      <c r="E212" t="s">
+        <v>254</v>
+      </c>
+      <c r="F212" t="s">
+        <v>63</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H212" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>821</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>822</v>
+      </c>
+      <c r="D213" t="s">
+        <v>253</v>
+      </c>
+      <c r="E213" t="s">
+        <v>254</v>
+      </c>
+      <c r="F213" t="s">
+        <v>63</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H213" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>825</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>826</v>
+      </c>
+      <c r="D214" t="s">
+        <v>253</v>
+      </c>
+      <c r="E214" t="s">
+        <v>254</v>
+      </c>
+      <c r="F214" t="s">
+        <v>255</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H214" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>829</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>830</v>
+      </c>
+      <c r="D215" t="s">
+        <v>253</v>
+      </c>
+      <c r="E215" t="s">
+        <v>254</v>
+      </c>
+      <c r="F215" t="s">
+        <v>255</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H215" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>833</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>834</v>
+      </c>
+      <c r="D216" t="s">
+        <v>253</v>
+      </c>
+      <c r="E216" t="s">
+        <v>254</v>
+      </c>
+      <c r="F216" t="s">
+        <v>319</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H216" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>837</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>838</v>
+      </c>
+      <c r="D217" t="s">
+        <v>253</v>
+      </c>
+      <c r="E217" t="s">
+        <v>254</v>
+      </c>
+      <c r="F217" t="s">
+        <v>255</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H217" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>841</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>842</v>
+      </c>
+      <c r="D218" t="s">
+        <v>253</v>
+      </c>
+      <c r="E218" t="s">
+        <v>254</v>
+      </c>
+      <c r="F218" t="s">
+        <v>319</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H218" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>845</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>846</v>
+      </c>
+      <c r="D219" t="s">
+        <v>253</v>
+      </c>
+      <c r="E219" t="s">
+        <v>254</v>
+      </c>
+      <c r="F219" t="s">
+        <v>67</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H219" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>849</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>850</v>
+      </c>
+      <c r="D220" t="s">
+        <v>253</v>
+      </c>
+      <c r="E220" t="s">
+        <v>254</v>
+      </c>
+      <c r="F220" t="s">
+        <v>337</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H220" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>853</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>854</v>
+      </c>
+      <c r="D221" t="s">
+        <v>253</v>
+      </c>
+      <c r="E221" t="s">
+        <v>254</v>
+      </c>
+      <c r="F221" t="s">
+        <v>266</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H221" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>857</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>858</v>
+      </c>
+      <c r="D222" t="s">
+        <v>253</v>
+      </c>
+      <c r="E222" t="s">
+        <v>254</v>
+      </c>
+      <c r="F222" t="s">
+        <v>266</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H222" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>861</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>862</v>
+      </c>
+      <c r="D223" t="s">
+        <v>253</v>
+      </c>
+      <c r="E223" t="s">
+        <v>254</v>
+      </c>
+      <c r="F223" t="s">
+        <v>255</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H223" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>865</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>866</v>
+      </c>
+      <c r="D224" t="s">
+        <v>253</v>
+      </c>
+      <c r="E224" t="s">
+        <v>254</v>
+      </c>
+      <c r="F224" t="s">
+        <v>255</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H224" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>869</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>870</v>
+      </c>
+      <c r="D225" t="s">
+        <v>253</v>
+      </c>
+      <c r="E225" t="s">
+        <v>254</v>
+      </c>
+      <c r="F225" t="s">
+        <v>871</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H225" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>874</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>875</v>
+      </c>
+      <c r="D226" t="s">
+        <v>253</v>
+      </c>
+      <c r="E226" t="s">
+        <v>254</v>
+      </c>
+      <c r="F226" t="s">
+        <v>266</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H226" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>878</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>879</v>
+      </c>
+      <c r="D227" t="s">
+        <v>253</v>
+      </c>
+      <c r="E227" t="s">
+        <v>254</v>
+      </c>
+      <c r="F227" t="s">
+        <v>255</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H227" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>882</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>883</v>
+      </c>
+      <c r="D228" t="s">
+        <v>253</v>
+      </c>
+      <c r="E228" t="s">
+        <v>254</v>
+      </c>
+      <c r="F228" t="s">
+        <v>266</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H228" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>886</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>887</v>
+      </c>
+      <c r="D229" t="s">
+        <v>253</v>
+      </c>
+      <c r="E229" t="s">
+        <v>254</v>
+      </c>
+      <c r="F229" t="s">
+        <v>337</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H229" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>890</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>891</v>
+      </c>
+      <c r="D230" t="s">
+        <v>253</v>
+      </c>
+      <c r="E230" t="s">
+        <v>254</v>
+      </c>
+      <c r="F230" t="s">
+        <v>63</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H230" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>894</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>895</v>
+      </c>
+      <c r="D231" t="s">
+        <v>253</v>
+      </c>
+      <c r="E231" t="s">
+        <v>254</v>
+      </c>
+      <c r="F231" t="s">
+        <v>337</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H231" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>898</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>899</v>
+      </c>
+      <c r="D232" t="s">
+        <v>253</v>
+      </c>
+      <c r="E232" t="s">
+        <v>254</v>
+      </c>
+      <c r="F232" t="s">
+        <v>266</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H232" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>902</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>903</v>
+      </c>
+      <c r="D233" t="s">
+        <v>253</v>
+      </c>
+      <c r="E233" t="s">
+        <v>254</v>
+      </c>
+      <c r="F233" t="s">
+        <v>255</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H233" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>906</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>907</v>
+      </c>
+      <c r="D234" t="s">
+        <v>253</v>
+      </c>
+      <c r="E234" t="s">
+        <v>254</v>
+      </c>
+      <c r="F234" t="s">
+        <v>319</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H234" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>910</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>911</v>
+      </c>
+      <c r="D235" t="s">
+        <v>253</v>
+      </c>
+      <c r="E235" t="s">
+        <v>254</v>
+      </c>
+      <c r="F235" t="s">
+        <v>262</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H235" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>914</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>915</v>
+      </c>
+      <c r="D236" t="s">
+        <v>253</v>
+      </c>
+      <c r="E236" t="s">
+        <v>254</v>
+      </c>
+      <c r="F236" t="s">
+        <v>255</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H236" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>918</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>919</v>
+      </c>
+      <c r="D237" t="s">
+        <v>253</v>
+      </c>
+      <c r="E237" t="s">
+        <v>254</v>
+      </c>
+      <c r="F237" t="s">
+        <v>266</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H237" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>922</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>923</v>
+      </c>
+      <c r="D238" t="s">
+        <v>253</v>
+      </c>
+      <c r="E238" t="s">
+        <v>254</v>
+      </c>
+      <c r="F238" t="s">
+        <v>255</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H238" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>926</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>927</v>
+      </c>
+      <c r="D239" t="s">
+        <v>253</v>
+      </c>
+      <c r="E239" t="s">
+        <v>254</v>
+      </c>
+      <c r="F239" t="s">
+        <v>266</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H239" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>930</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>931</v>
+      </c>
+      <c r="D240" t="s">
+        <v>253</v>
+      </c>
+      <c r="E240" t="s">
+        <v>254</v>
+      </c>
+      <c r="F240" t="s">
+        <v>266</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H240" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>934</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>935</v>
+      </c>
+      <c r="D241" t="s">
+        <v>253</v>
+      </c>
+      <c r="E241" t="s">
+        <v>254</v>
+      </c>
+      <c r="F241" t="s">
+        <v>337</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H241" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>938</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>939</v>
+      </c>
+      <c r="D242" t="s">
+        <v>253</v>
+      </c>
+      <c r="E242" t="s">
+        <v>254</v>
+      </c>
+      <c r="F242" t="s">
+        <v>337</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H242" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>942</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>943</v>
+      </c>
+      <c r="D243" t="s">
+        <v>253</v>
+      </c>
+      <c r="E243" t="s">
+        <v>254</v>
+      </c>
+      <c r="F243" t="s">
+        <v>63</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H243" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>946</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>947</v>
+      </c>
+      <c r="D244" t="s">
+        <v>253</v>
+      </c>
+      <c r="E244" t="s">
+        <v>254</v>
+      </c>
+      <c r="F244" t="s">
+        <v>255</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H244" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>950</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>951</v>
+      </c>
+      <c r="D245" t="s">
+        <v>253</v>
+      </c>
+      <c r="E245" t="s">
+        <v>254</v>
+      </c>
+      <c r="F245" t="s">
+        <v>63</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H245" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>954</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>955</v>
+      </c>
+      <c r="D246" t="s">
+        <v>253</v>
+      </c>
+      <c r="E246" t="s">
+        <v>254</v>
+      </c>
+      <c r="F246" t="s">
+        <v>63</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H246" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>958</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>959</v>
+      </c>
+      <c r="D247" t="s">
+        <v>253</v>
+      </c>
+      <c r="E247" t="s">
+        <v>254</v>
+      </c>
+      <c r="F247" t="s">
+        <v>302</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H247" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>962</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>963</v>
+      </c>
+      <c r="D248" t="s">
+        <v>253</v>
+      </c>
+      <c r="E248" t="s">
+        <v>254</v>
+      </c>
+      <c r="F248" t="s">
+        <v>63</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H248" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>966</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>967</v>
+      </c>
+      <c r="D249" t="s">
+        <v>253</v>
+      </c>
+      <c r="E249" t="s">
+        <v>254</v>
+      </c>
+      <c r="F249" t="s">
+        <v>337</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H249" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>970</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>971</v>
+      </c>
+      <c r="D250" t="s">
+        <v>253</v>
+      </c>
+      <c r="E250" t="s">
+        <v>254</v>
+      </c>
+      <c r="F250" t="s">
+        <v>255</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H250" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>974</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>975</v>
+      </c>
+      <c r="D251" t="s">
+        <v>253</v>
+      </c>
+      <c r="E251" t="s">
+        <v>254</v>
+      </c>
+      <c r="F251" t="s">
+        <v>255</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H251" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>978</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>979</v>
+      </c>
+      <c r="D252" t="s">
+        <v>253</v>
+      </c>
+      <c r="E252" t="s">
+        <v>254</v>
+      </c>
+      <c r="F252" t="s">
+        <v>255</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H252" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>982</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>983</v>
+      </c>
+      <c r="D253" t="s">
+        <v>253</v>
+      </c>
+      <c r="E253" t="s">
+        <v>254</v>
+      </c>
+      <c r="F253" t="s">
+        <v>319</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H253" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>986</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>987</v>
+      </c>
+      <c r="D254" t="s">
+        <v>253</v>
+      </c>
+      <c r="E254" t="s">
+        <v>254</v>
+      </c>
+      <c r="F254" t="s">
+        <v>289</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H254" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>990</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>991</v>
+      </c>
+      <c r="D255" t="s">
+        <v>253</v>
+      </c>
+      <c r="E255" t="s">
+        <v>254</v>
+      </c>
+      <c r="F255" t="s">
+        <v>266</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H255" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>994</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>995</v>
+      </c>
+      <c r="D256" t="s">
+        <v>253</v>
+      </c>
+      <c r="E256" t="s">
+        <v>254</v>
+      </c>
+      <c r="F256" t="s">
+        <v>319</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="H256" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>998</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>999</v>
+      </c>
+      <c r="D257" t="s">
+        <v>253</v>
+      </c>
+      <c r="E257" t="s">
+        <v>254</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D258" t="s">
+        <v>253</v>
+      </c>
+      <c r="E258" t="s">
+        <v>254</v>
+      </c>
+      <c r="F258" t="s">
+        <v>255</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D259" t="s">
+        <v>253</v>
+      </c>
+      <c r="E259" t="s">
+        <v>254</v>
+      </c>
+      <c r="F259" t="s">
+        <v>337</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D260" t="s">
+        <v>253</v>
+      </c>
+      <c r="E260" t="s">
+        <v>254</v>
+      </c>
+      <c r="F260" t="s">
+        <v>266</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D261" t="s">
+        <v>253</v>
+      </c>
+      <c r="E261" t="s">
+        <v>254</v>
+      </c>
+      <c r="F261" t="s">
+        <v>337</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D262" t="s">
+        <v>253</v>
+      </c>
+      <c r="E262" t="s">
+        <v>254</v>
+      </c>
+      <c r="F262" t="s">
+        <v>63</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>10</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F263" t="s">
+        <v>118</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>23</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>33</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>37</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F266" t="s">
+        <v>266</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F267" t="s">
+        <v>289</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>45</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F268" t="s">
+        <v>289</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>49</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F269" t="s">
+        <v>63</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>53</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F270" t="s">
+        <v>63</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>57</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F271" t="s">
+        <v>63</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>140</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F272" t="s">
+        <v>262</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>144</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F273" t="s">
+        <v>255</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>148</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>152</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F275" t="s">
+        <v>118</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>156</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F276" t="s">
+        <v>266</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>160</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F277" t="s">
+        <v>63</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>164</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>168</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F279" t="s">
+        <v>337</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>172</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F280" t="s">
+        <v>63</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>176</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F281" t="s">
+        <v>63</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>318</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F282" t="s">
+        <v>63</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>180</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F283" t="s">
+        <v>63</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>184</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>329</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F285" t="s">
+        <v>337</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>188</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F286" t="s">
+        <v>255</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>336</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F287" t="s">
+        <v>262</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>192</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F288" t="s">
+        <v>262</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>196</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F289" t="s">
+        <v>63</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>200</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F290" t="s">
+        <v>262</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>204</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>208</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F292" t="s">
+        <v>63</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>216</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F293" t="s">
+        <v>63</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>220</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F294" t="s">
+        <v>337</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>224</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F295" t="s">
+        <v>337</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>228</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F296" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>232</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F297" t="s">
+        <v>63</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>235</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F298" t="s">
+        <v>63</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>84</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F299" t="s">
+        <v>493</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>88</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F300" t="s">
+        <v>319</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>387</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F301" t="s">
+        <v>63</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>391</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F302" t="s">
+        <v>255</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>241</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F303" t="s">
+        <v>337</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>245</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F304" t="s">
+        <v>337</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>401</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F305" t="s">
+        <v>337</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>92</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F306" t="s">
+        <v>262</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>96</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F307" t="s">
+        <v>319</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>100</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F308" t="s">
+        <v>63</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>414</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F309" t="s">
+        <v>289</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>104</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F310" t="s">
+        <v>319</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>421</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F311" t="s">
+        <v>337</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>108</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F312" t="s">
+        <v>337</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>249</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F313" t="s">
+        <v>285</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>431</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F314" t="s">
+        <v>63</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>436</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F315" t="s">
+        <v>255</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>440</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F316" t="s">
+        <v>80</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>448</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>452</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>456</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F319" t="s">
+        <v>118</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>460</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F320" t="s">
+        <v>63</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>464</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>468</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F322" t="s">
+        <v>289</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>472</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F323" t="s">
+        <v>67</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>476</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F324" t="s">
+        <v>63</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>480</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F325" t="s">
+        <v>67</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>484</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F326" t="s">
+        <v>63</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>488</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F327" t="s">
+        <v>63</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>492</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F328" t="s">
+        <v>63</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>497</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F329" t="s">
+        <v>319</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>501</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F330" t="s">
+        <v>634</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>505</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F331" t="s">
+        <v>319</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>509</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F332" t="s">
+        <v>262</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>513</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F333" t="s">
+        <v>63</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>517</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F334" t="s">
+        <v>337</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>521</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F335" t="s">
+        <v>63</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>525</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F336" t="s">
+        <v>319</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>529</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F337" t="s">
+        <v>63</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>533</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F338" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>537</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F339" t="s">
+        <v>63</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>541</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F340" t="s">
+        <v>63</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>545</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F341" t="s">
+        <v>337</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>549</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F342" t="s">
+        <v>63</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F343" t="s">
+        <v>266</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>553</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F344" t="s">
+        <v>319</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>557</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F345" t="s">
+        <v>63</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>561</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F346" t="s">
+        <v>262</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>565</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F347" t="s">
+        <v>63</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>569</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F348" t="s">
+        <v>432</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>573</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F349" t="s">
+        <v>302</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>577</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F350" t="s">
+        <v>302</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>581</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F351" t="s">
+        <v>302</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>585</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F352" t="s">
+        <v>262</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>593</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F353" t="s">
+        <v>255</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F354" t="s">
+        <v>262</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>597</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F355" t="s">
+        <v>266</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>601</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1314</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>609</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F357" t="s">
+        <v>63</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>613</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F358" t="s">
+        <v>289</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F359" t="s">
+        <v>255</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>621</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F360" t="s">
+        <v>266</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>625</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F361" t="s">
+        <v>63</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>629</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F362" t="s">
+        <v>289</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>633</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1337</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>638</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F364" t="s">
+        <v>289</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>642</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F365" t="s">
+        <v>63</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>646</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F366" t="s">
+        <v>255</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>650</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F367" t="s">
+        <v>255</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>654</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F368" t="s">
+        <v>289</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>658</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F369" t="s">
+        <v>337</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>662</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F370" t="s">
+        <v>337</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>667</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>671</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F372" t="s">
+        <v>266</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>675</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F373" t="s">
+        <v>13</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>679</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F375" t="s">
+        <v>63</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>686</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F376" t="s">
+        <v>63</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>690</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F377" t="s">
+        <v>63</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>694</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F378" t="s">
+        <v>63</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>698</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F379" t="s">
+        <v>319</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>706</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F380" t="s">
+        <v>634</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>710</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>718</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F382" t="s">
+        <v>319</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>722</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F383" t="s">
+        <v>63</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>726</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F384" t="s">
+        <v>63</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>730</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>734</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F386" t="s">
+        <v>118</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>738</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F387" t="s">
+        <v>63</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>742</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F388" t="s">
+        <v>319</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>746</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F389" t="s">
+        <v>63</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>750</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F390" t="s">
+        <v>289</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>754</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F391" t="s">
+        <v>289</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>758</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F392" t="s">
+        <v>289</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>762</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F393" t="s">
+        <v>337</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>766</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F394" t="s">
+        <v>337</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>770</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F395" t="s">
+        <v>63</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>774</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F396" t="s">
+        <v>255</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>778</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F397" t="s">
+        <v>13</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>782</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F398" t="s">
+        <v>67</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>786</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F399" t="s">
+        <v>67</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>790</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F400" t="s">
+        <v>63</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>794</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>798</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F402" t="s">
+        <v>302</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>802</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F403" t="s">
+        <v>255</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>806</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F404" t="s">
+        <v>285</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>810</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F405" t="s">
+        <v>63</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>814</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F406" t="s">
+        <v>289</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>818</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F407" t="s">
+        <v>289</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>822</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F408" t="s">
+        <v>289</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>826</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F409" t="s">
+        <v>67</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>830</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F410" t="s">
+        <v>289</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>834</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F411" t="s">
+        <v>63</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>838</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F412" t="s">
+        <v>255</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>842</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>846</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F414" t="s">
+        <v>63</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>854</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1499</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>858</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F416" t="s">
+        <v>337</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>862</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F417" t="s">
+        <v>266</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>866</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F419" t="s">
+        <v>266</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>870</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F420" t="s">
+        <v>63</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>875</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F421" t="s">
+        <v>63</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>879</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F422" t="s">
+        <v>289</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>883</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F423" t="s">
+        <v>289</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>887</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F424" t="s">
+        <v>67</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>891</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F425" t="s">
+        <v>67</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>895</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F426" t="s">
+        <v>67</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>10</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>23</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F428" t="s">
+        <v>255</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>33</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F429" t="s">
+        <v>289</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>37</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>41</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F431" t="s">
+        <v>67</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>45</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>49</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F433" t="s">
+        <v>255</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>53</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F434" t="s">
+        <v>289</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>57</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>140</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F436" t="s">
+        <v>266</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>144</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F437" t="s">
+        <v>289</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>148</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F438" t="s">
+        <v>255</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>152</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F439" t="s">
+        <v>255</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>164</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F440" t="s">
+        <v>255</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>168</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F441" t="s">
+        <v>266</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>172</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F442" t="s">
+        <v>63</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>176</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F443" t="s">
+        <v>255</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>318</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F444" t="s">
+        <v>255</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>180</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F445" t="s">
+        <v>266</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>184</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F446" t="s">
+        <v>255</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>329</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>188</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F448" t="s">
+        <v>262</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>336</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F449" t="s">
+        <v>319</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>192</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F450" t="s">
+        <v>255</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>196</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F451" t="s">
+        <v>255</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>200</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F452" t="s">
+        <v>255</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>204</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F453" t="s">
+        <v>255</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>208</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F454" t="s">
+        <v>319</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>212</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F455" t="s">
+        <v>266</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>216</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>362</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F457" t="s">
+        <v>13</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>220</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F458" t="s">
+        <v>319</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>224</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>228</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F460" t="s">
+        <v>13</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>232</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F461" t="s">
+        <v>13</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>235</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F462" t="s">
+        <v>1394</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>84</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F463" t="s">
+        <v>13</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>88</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F464" t="s">
+        <v>493</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>10</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>23</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1659</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>33</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>37</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F468" t="s">
+        <v>19</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>41</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F469" t="s">
+        <v>19</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>45</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F470" t="s">
+        <v>19</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1673</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6506,50 +19134,377 @@
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>