--- v0 (2025-10-29)
+++ v1 (2026-03-27)
@@ -54,4104 +54,4104 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Jesus Jocelim Curtolo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3599/ccf26052025_0063.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3599/ccf26052025_0063.pdf</t>
   </si>
   <si>
     <t>JESUS JOCELIM CURTOLO, Vereador do Município de Itapuí, no uso de suas funções legais e regimentais, propõe para apreciação do Douto Plenário, o_x000D_
 seguinte projeto de emenda a lei de diretrizes orçamentárias municipal:_x000D_
 Tipo de Emenda: SUPRESSIVA_x000D_
 Justificativa da Emenda: Redução de gastos com o Gabinete do Sr. Prefeito Municipal_x000D_
 Detalhamento:_x000D_
 Órgão 020100 / Programa 0002 – Administração Geral Ação: 005 – Manutenção do Gabinete do Prefeito e suas dependências Valor Original constante do Projeto de Lei: R$ 2.293.000,00_x000D_
 Valor Proposto pela presente Emenda: R$ 1.145.000,00</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Jesus Jocelim Curtolo, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3661/ccf27052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3661/ccf27052025_0048.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a tabela de progressão de_x000D_
 salários dos servidores municipais e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3669/ccf28052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3669/ccf28052025_0004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de cargos em_x000D_
 comissão da Câmara Municipal de Itapuí_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3713/ccf28052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3713/ccf28052025_0020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE EMPREGO DE AUXILIAR DE CONSULTÓRIO DENTÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3712/ccf28052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3712/ccf28052025_0019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERÊNCIA_x000D_
 DE EMPREGO QUE ESPECIFICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3711/ccf28052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3711/ccf28052025_0018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERÊNCIA_x000D_
 DE EMPREGO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3710/ccf28052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3710/ccf28052025_0017.pdf</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3709/ccf28052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3709/ccf28052025_0016.pdf</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3708/ccf28052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3708/ccf28052025_0015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERÊNCIA DE EMPREGO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3706/ccf28052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3706/ccf28052025_0013.pdf</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3707/ccf28052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3707/ccf28052025_0014.pdf</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3705/ccf28052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3705/ccf28052025_0012.pdf</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3704/ccf28052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3704/ccf28052025_0011.pdf</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3703/ccf28052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3703/ccf28052025_0010.pdf</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3579/ccf26052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3579/ccf26052025_0043.pdf</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3578/ccf26052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3578/ccf26052025_0042.pdf</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3577/ccf26052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3577/ccf26052025_0041.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERENCIA_x000D_
 PROVIDÊNCIAS._x000D_
 DE EMPREGO QUE ESPECIFICA E DÁ OUTRAS</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3576/ccf26052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3576/ccf26052025_0040.pdf</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3575/ccf26052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3575/ccf26052025_0039.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE EMPREGO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3574/ccf26052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3574/ccf26052025_0038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE EMPREGO E DÁ PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3731/ccf28052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3731/ccf28052025_0039.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE CARGO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3730/ccf28052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3730/ccf28052025_0038.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERENCIA_x000D_
 DE EMPREGO QUE ESPECIFICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3729/ccf28052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3729/ccf28052025_0036.pdf</t>
   </si>
   <si>
     <t>ALTERA REFERENCIA DE EMPREGO</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3474/ccf23052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3474/ccf23052025_0026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI_x000D_
 COMPLEMENTAR N° 070/2011 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3506/ccf26052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3506/ccf26052025_0008.pdf</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3500/ccf26052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3500/ccf26052025_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE EMPREGO DE_x000D_
 AUXILIAR DE CONSULTÓRIO DENTÁRIO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3627/ccf27052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3627/ccf27052025_0014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE REFERENCIA_x000D_
 DE EMPREGO QUE ESPECIFICA E DA OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3626/ccf27052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3626/ccf27052025_0013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, QUE_x000D_
  CRIAÇÃO DE CARGO DE_x000D_
 PROVIDÊNCIAS. ESPECIFICA E DÁ OUTRAS</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/</t>
+    <t>http://sapl.itapui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3625/ccf27052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3625/ccf27052025_0011.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA CONCESSÕES DE_x000D_
 RECURSOS FINANCEIROS E PARA PRESTAÇÕES_x000D_
 DE CONTAS DAS ENTIDADES SEM FINS_x000D_
 LUCRATIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Pedro Aparecido Miranda, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3702/ccf28052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3702/ccf28052025_0009.pdf</t>
   </si>
   <si>
     <t>''SEMANA DA CULTURA E MOVIMENTOS EVANGELICOS''</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3734/ccf29052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3734/ccf29052025.pdf</t>
   </si>
   <si>
     <t>USO DE SACOS PLASTICOS</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3733/ccf28052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3733/ccf28052025_0041.pdf</t>
   </si>
   <si>
     <t>ASSISTENCIA MEDICA AOS SERVIDORES DA CAMARA</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Gilson Sebastião, Heros Ramos, Irineu Fabio Ferraz, Jesus Jocelim Curtolo, Pedro Aparecido Miranda, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3476/ccf23052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3476/ccf23052025_0028.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇAO DE PREDIO PUBLICO</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Irineu Fabio Ferraz, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3508/ccf26052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3508/ccf26052025_0010.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇAO A PREDIO PUBLICO</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3507/ccf26052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3507/ccf26052025_0009.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 7º DA LEI 1.712/94</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Gilson Sebastião, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3475/ccf23052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3475/ccf23052025_0027.pdf</t>
   </si>
   <si>
     <t>DIA DO VIOLEIRO</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3571/ccf26052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3571/ccf26052025_0035.pdf</t>
   </si>
   <si>
     <t>PROGRAMA DE COLETA SELETIVA DE MEDICAMENTOS</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3501/ccf26052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3501/ccf26052025_0003.pdf</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Gilson Sebastião, Irineu Fabio Ferraz, Pedro Aparecido Miranda, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3693/ccf28052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3693/ccf28052025_0013.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSIDIOS DE PREFEITO, VICE E PRESIDENTE DA CAMARA</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3697/ccf28052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3697/ccf28052025_0003.pdf</t>
   </si>
   <si>
     <t>REVOGAÇAO DA CESSAO DE DIREITOS DE POSSE</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3696/ccf28052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3696/ccf28052025_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVOGAÇÃO DE CESSÃO_x000D_
 DE DIREITOS DE POSSE DE ÁREA DE_x000D_
 TERRA AUTORIZADA PELA LEI 2.251 DE_x000D_
 11 DE FEVEREIRO DE 2008, POR_x000D_
 DESCUMRIMENTO DE EXIGÊNCIAS LEGAIS_x000D_
 DE DESTINAÇÃO E EMPREENDIMENTO DA_x000D_
 ÁREA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3695/ccf28052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3695/ccf28052025_0001.pdf</t>
   </si>
   <si>
     <t>CESSAO DE DIREITOS DE POSSE</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3694/ccf28052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3694/ccf28052025.pdf</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3714/ccf28052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3714/ccf28052025_0021.pdf</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3732/ccf28052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3732/ccf28052025_0040.pdf</t>
   </si>
   <si>
     <t>HORARIO DE SEPULTAMENTO</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3744/ccf29052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3744/ccf29052025_0011.pdf</t>
   </si>
   <si>
     <t>CONVENIO COM O ESTADO DE SAO PAULO</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3743/ccf29052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3743/ccf29052025_0010.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVOS</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3742/ccf29052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3742/ccf29052025_0009.pdf</t>
   </si>
   <si>
     <t>PREVENÇAO CONTRA A DENGUE</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3600/ccf26052025_0064.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3600/ccf26052025_0064.pdf</t>
   </si>
   <si>
     <t>REFIS</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3728/ccf28052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3728/ccf28052025_0035.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO_x000D_
 PARÁGRAFO ÚNICO DO ARTIGO 1°_x000D_
 DA LEI 2.121 DE 10 DE MAIO DE 2005_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3570/ccf26052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3570/ccf26052025_0034.pdf</t>
   </si>
   <si>
     <t>AUTORIZA Ο PODER EXECUTIVO_x000D_
 MUNICIAPAL A DESCONTAR DIRETAMENTE_x000D_
 EM FOLHA DE PAGAMENTO DOS_x000D_
 PUBLICOS_x000D_
 REFERENTES_x000D_
 MUNICIPAIS_x000D_
 Á AQUISIÇÃO DE_x000D_
 SERVIDORES_x000D_
 VALORES_x000D_
 CONVITES_x000D_
 ADMBARA A 13° FESTA DO PEÃO DE ITAPUI</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3551/ccf26052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3551/ccf26052025_0015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVOGAÇÃO ARTIGO_x000D_
 2° E PARAGRAFO ÚNICO DA OLEID 19сет69_x000D_
 N° 2.236 DE 02 DE OUTUBRO DE_x000D_
 2007.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3550/ccf26052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3550/ccf26052025_0014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO_x000D_
 DE 2011 FIRMAR CONVÊNIO COM ENTIDADE QUE_x000D_
 ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3502/ccf26052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3502/ccf26052025_0004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS PARA SOLICITACÃO DE_x000D_
 SERVIÇOS PÚBLICOS E DEMAIS BENEFÍCIOS E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3623/ccf27052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3623/ccf27052025_0009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A FIRMAR CONVÊNIO DE_x000D_
 COOPERAÇÃO COM OS MUNICIPIOS_x000D_
 DE BOCAINA, BROTAS E JAHU E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3670/ccf28052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3670/ccf28052025_0005.pdf</t>
   </si>
   <si>
     <t>PERMITE AO MUNICÍPIO DE ITAPUÍ_x000D_
 AUTORIZAR O USO DE ESPAÇO PÚBLICO_x000D_
 POR PRAZO DETERMINADO.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3572/ccf26052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3572/ccf26052025_0036.pdf</t>
   </si>
   <si>
     <t>REGIMENTO INTERNO DA CAMARA</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3765/ccf29052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3765/ccf29052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar tampar o buraco da calçada da rua Prudente de Moraes,_x000D_
 em frente ao Ginásio de Esportes da Escola Estadual Senador Vicente Prado, pois_x000D_
 recentemente uma criança que faz uso de muletas caiu e se machucou por causa dos_x000D_
 buracos.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3764/ccf29052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3764/ccf29052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de notificar os proprietários dos terrenos localizados na Rua José_x000D_
 Zenatti, pois o mato está alto e insetos estão invadindo as residências próximas.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Heros Ramos</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3763/ccf29052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3763/ccf29052025_0030.pdf</t>
   </si>
   <si>
     <t>Preocupado com o excessivo numero de cidadãos itapuienses contaminados pelo mosquito da dengue e sabendo que determinados pontos de nossa cidade existem inúmeros focos de proliferação e criação do mosquito, como por exemplo: campo de futebol do bairro jardim Bica de Pedra- excesso de copos descartáveis, e na área verde do Jardim Alvorada- acumulo de água das chuvas, indico ao Senhor Prefeito Municipal, que elabore um Plano de Ação e Combate ao Mosquito Aedes Aegypti em conjunto com a_x000D_
 Secretaria de Higiene e Saúde do Município, Secretaria de Meio Ambiente e ONG's, objetivando conter o mais rápido possível a proliferação dessa doença entre os cidadãos itapuiense. Sugiro ainda, que estude a possibilidade de aterrar essas áreas e construir uma Praça Poli-Esportiva para proporcionar lazer aos moradores desses bairros.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3762/ccf29052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3762/ccf29052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providencias no sentido de mandar reformar o banheiro da Praça Governador Pedro de_x000D_
 Toledo, em sinal de respeito a população itapuiense e considerando que nessa época do ano_x000D_
 será realizada a tradicional Quermesse da Paróquia de Santo Antonio.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3761/ccf29052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3761/ccf29052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar cortar a árvore de pinos, localizado ao lado direito da_x000D_
 Igreja e emem frente do prédio da Prefeitura Municipal, considerando que já existe um laudo_x000D_
 técnico dizendo que a arvore está condenada e oferecendo risco para a população.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3760/ccf29052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3760/ccf29052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Fiscal de Obras e Posturas que notifique as pessoas que ainda jogam entulhos nas calçadas para_x000D_
 que dêem o destino correto ao lixo ou que contrate uma caçamba, pois estão obstruindo a_x000D_
 passagem de pedestre e deixando feia a imagem das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3759/ccf29052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3759/ccf29052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar limpar o mato do córrego Bica de Pedra, principalmente_x000D_
 no trecho próximo do bairro do “Pichele", com o objetivo de impedir à formação de_x000D_
 ambientes propícios a proliferação do mosquito da dengue._x000D_
 Sala das sessões, 23 de maio de 2011.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3758/ccf29052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3758/ccf29052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar tampar o buraco localizado na rua Campos Sales, do_x000D_
 bairro Jardim Alvorada, pois é impressionante o tamanho da cratera que se formou.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3756/ccf29052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3756/ccf29052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar reconstruir a valeta de escoamento de água na rua 13 de_x000D_
 maio, esquina com a rua Campos Sales pois a mesma está se desintegrando.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3757/ccf29052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3757/ccf29052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que realize a troca da caixa de energia onde está instalada a bomba de água que_x000D_
 abastece o reservatório do núcleo habitacional "Irmãos Franceschi", pois a mesma está_x000D_
 caindo e se isso acontecer à população daquele bairro vai ficar sem água.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3755/ccf29052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3755/ccf29052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que realize o conserto da sarjeta da rua 13 de maio, altura do número 661, pois_x000D_
 está acumulando água e exalando mau cheiro.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Irineu Fabio Ferraz</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3754/ccf29052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3754/ccf29052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Água e Esgoto que faça uma vistoria nos hidrômetros e que notifique os proprietários_x000D_
 das residências que apresentaram problema para que faça as substituições necessárias.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3753/ccf29052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3753/ccf29052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a_x000D_
 Secretaria de Água e Esgoto e Engenheiro do Município que se desloquem até o bairro_x000D_
 balneário Mar Azul II para orientar a população daquele bairro na abertura e ligação da_x000D_
 rede de esgoto, pois existem diversas reclamações da população que não estão conseguindo_x000D_
 encontrar a rede de esgoto.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3741/ccf29052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3741/ccf29052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a_x000D_
 formou ao lado_x000D_
  Ambiente que estude uma forma de proteger a nascente de água que se_x000D_
 limpa e sem obstáculos._x000D_
  do Camping Municipal, para que a água que ali brota desça até o rio Tietê</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3740/ccf29052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3740/ccf29052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar instalar obstáculos redutores de velocidade na Lourenço_x000D_
 Neto de Almeida Prado, localizada no bairro Jardim Bica de Pedra, pois os veículos sobem_x000D_
 e descem em alta velocidade colocando a vida de pedestres em risco, uma vez que a calçada_x000D_
 é impossível de ser usada devido os desníveis de uma casa para outra.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Pedro Aparecido Miranda</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3739/ccf29052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3739/ccf29052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de pintar a faixa de pedestre que fica na Praça Joaquim Silva, ao_x000D_
 lado do Estádio Municipal José Miraglia.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3738/ccf29052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3738/ccf29052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome providências_x000D_
 no que tange mandar jogar piçarra e proceda a instalação da rede de esgoto na rua Rafael_x000D_
 Lagata, localizada no bairro Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3737/ccf29052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3737/ccf29052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome providências_x000D_
 urgentes com relação a substituição das lâmpadas queimadas dos postes de iluminação_x000D_
 pública da estrada municipal Santa Eudócia, bem como que melhore a iluminação da área_x000D_
 externa do PSF- Geraldo Paulin localizado no bairro balneário Mar Azul II.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3736/ccf29052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3736/ccf29052025_0002.pdf</t>
   </si>
   <si>
     <t>buraco que se formou na_x000D_
 Indico ao Senhor Prefeito Municipal, que mande tampar o_x000D_
 valeta de escoamento de água da rua Treze de Maio, próximo do Supermercado Lenharo.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3735/ccf29052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3735/ccf29052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a_x000D_
 construção de obstáculos redutores de velocidade na rua Salma Simão Azar, localizada no_x000D_
 núcleo habitacional "Irmãos Franceschi”, pois existem motoristas abusando da velocidade e_x000D_
 colocando a vida de cidadãos itapuienses em risco.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3598/ccf26052025_0062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3598/ccf26052025_0062.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com a CPFL- Companhia Paulista de Força e Luz para que efetue a troca das lâmpadas que_x000D_
 estão queimadas na rua Antonio Adriane, bairro “Waldomiro Guarinon", próximo dos_x000D_
 números: 56,30,8 e 185.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3597/ccf26052025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3597/ccf26052025_0061.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar tampar o buraco que se formou na rua Angelo Caetano Gonçalves.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3596/ccf26052025_0060.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3596/ccf26052025_0060.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de contratar uma empresa de segurança para fazer o patrulhamento noturno_x000D_
 em nossa cidade, objetivando prevenir atos de vandalismo principalmente nos prédios públicos.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3595/ccf26052025_0059.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3595/ccf26052025_0059.pdf</t>
   </si>
   <si>
     <t>possibilidades_x000D_
 Indico ao Senhor Prefeito Municipal, que estude as de mandar construir uma valeta de escoamento para conter a água que escorre na rua ao do campo de futebol do Projeto Bom de Bola, Bom de Escola, pelas ruas do núcleo habitacional “Cônego Arlindo José Zanotto"._x000D_
 Sala das sessões, 20 de junho</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3594/ccf26052025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3594/ccf26052025_0058.pdf</t>
   </si>
   <si>
     <t>possibilidades Indico ao Senhor Prefeito Municipal, que estude as de melhorar a sinalização do trecho onde está sendo realizadas as obras de construção do Portal de Entrada de nossa cidade, para melhorar a visibilidade no local e_x000D_
 evitar que ocorra algum acidente.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3727/ccf28052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3727/ccf28052025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Obras que tampe o buraco da rua Gabriel Soto, cruzamento com a rua Antonio_x000D_
 Aparecido Fracischini, no núcleo habitacional “Cônego Arlindo José Zanotto”, pois os_x000D_
 moradores revoltados com a situação estão jogando entulho no buraco.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Jesus Jocelim Curtolo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3726/ccf28052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3726/ccf28052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de asfaltar a rua José Castelani, localizada no bairro Jardim Bica de Pedra, e_x000D_
 o trecho entre a rua Natal Picolo e rua José Abrão Azar, que além de não possuir asfalto_x000D_
 necessita que sejam instalados braços de iluminação pública urgentemente.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3725/ccf28052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3725/ccf28052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar podar as árvores da margem esquerda do córrego "Bica_x000D_
 de Pedra" onde as arvores estão secas e aproveite e limpe o córrego evitando a formação de criadouros dos Aedes Aegypt.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3723/ccf28052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3723/ccf28052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de elaborar um programa de incentivo para o funcionário público municipal,_x000D_
 instituindo um 14ª salário ou uma gratificação ao funcionário que atingir a meta que foi_x000D_
 estipulada de acordo com a sua função.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3473/ccf23052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3473/ccf23052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de elaborar e implantar um Projeto Social pata atender os idosos, como por_x000D_
 exemplo a criação da Creche do Idoso, objetivando a criação de um espaço de lazer para_x000D_
 melhorar a qualidade de vida dos itapuienses da Melhor Idade.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3472/ccf23052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3472/ccf23052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que tampe o buraco da rua Angelo Caetano Gonsalves, altura do número 101,_x000D_
 pois está acumulando água com mau cheiro no local.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3471/ccf23052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3471/ccf23052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar cercar o mais urgente possível a caixa d'água do núcleo habitacional “Irmãos Franceschi"</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3470/ccf23052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3470/ccf23052025_0022.pdf</t>
   </si>
   <si>
     <t>Atendendo a reivindicações dos Empresários de nossa cidade, indico ao Senhor Prefeito Municipal, que tome as devidas providências no que tange mandar construir um obstáculo redutor de velocidade na rua Santo Antonio, aproximadamente a 30 metros da Empresa Art Fill, objetivando conter a velocidade que descem as bicicletas principalmente no horário de saída das fábricas.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3469/ccf23052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3469/ccf23052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar pintar as faixas de sinalização e de pedestre das ruas de_x000D_
 nossa cidade, pois o risco de acidente é grande e a população está reclamando.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3468/ccf23052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3468/ccf23052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar pintar faixa de travessia de pedestre na rua 13 de maio,_x000D_
 em frente ao Supermercado Lenharo.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3467/ccf23052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3467/ccf23052025_0019.pdf</t>
   </si>
   <si>
     <t>A infância é uma fase muito importante para constituir os_x000D_
 hábitos alimentares saudáveis, período este que institui a base de formação do ser humano._x000D_
 Uma alimentação adequada previne a desnutrição e a deficiência de crescimento, assim_x000D_
 como outras doenças dessa fase, como a anemia ferropriva (falta de ferro) e a cárie_x000D_
 dentária. A alimentação balanceada e um estilo de vida saudável devem ter início ainda na_x000D_
 infância, para que as crianças se tornem adultos sadios. Quando o consumo dos nutrientes é_x000D_
 adequado (isto é, ajustado às necessidades individuais), as crianças terão melhor_x000D_
 desempenho escolar e maior facilidade de assimilação dos conhecimentos.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3466/ccf23052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3466/ccf23052025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providencias no sentido_x000D_
 de recapear a Avenida do Porto, no trecho que se inicia da ponte do córrego “Robertão" até_x000D_
 o cruzamento da Avenida que dá acesso ao Residencial Girassol.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3465/ccf23052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3465/ccf23052025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente que tome as devidas providências no que tange mandar fechar as entradas do_x000D_
 Centro Comunitário de Lazer do núcleo habitacional "Jardim Maria Rosária”, pois o prédio está sendo destruído.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3531/ccf26052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3531/ccf26052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que tome as devidas providências no sentido de efetuar a limpeza dos_x000D_
 reservatórios de água a cada seis meses, para evitar que ocorram surtos de diarréia na_x000D_
 cidade.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3530/ccf26052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3530/ccf26052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providencias no sentido de consertar o desnível que se formou no asfalto da rua Luiz_x000D_
 Teixeira, próximo da ponte do córrego Bica de Pedra antes que inicie o período de chuvas._x000D_
 Solicito também providências no que tange mandar alinhar os paralelepípedos das ruas de_x000D_
 nossa cidade para melhorar o tráfego dos veículos e evitar que as batidas dos pneus possam_x000D_
 causar danos à rede de abastecimento de água.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3529/ccf26052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3529/ccf26052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito_x000D_
 買_x000D_
  Municipal, que determine ao Setor_x000D_
 de Saúde do Município para que providencie um convênio com uma Clinica Particular de_x000D_
 Fisioterapia para atender a população que necessita de tratamentos específicos de RPG e_x000D_
 Mastectomia, até que esse serviço esteja disponível na recém- inaugurada CEI- Centro de_x000D_
 Especialidades Integradas.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3528/ccf26052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3528/ccf26052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar realizar manutenção nos equipamentos de transmissão_x000D_
 de sinal de TV do município, considerando as constantes reclamações da população com_x000D_
 relação à qualidade da imagem e do som de algumas emissoras.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3527/ccf26052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3527/ccf26052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar alargar a margem dos córregos de nossa cidade,_x000D_
 aproveitando o período de seca e o equipamento de dragagem que o município adquiriu_x000D_
 junto ao Governo do Estado.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3505/ccf26052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3505/ccf26052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de melhorar a situação das calçadas dos bairros Irmãos Franceschi_x000D_
 e Jardim Maria Rosária, bem como construir calçadas no bairro balneário “Mar Azul II"_x000D_
 para a população que não tem carro e precisa se locomover de um lugar para outro sem_x000D_
 correr risco de atropelamento.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3478/ccf23052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3478/ccf23052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Limpeza Pública e de Meio Ambiente para que juntos elaborem um Projeto de Coleta_x000D_
 Seletiva de Lixo em nossa cidade, e posteriormente sejam tomadas as providências_x000D_
 necessárias a fim de criar uma Cooperativa de Catadores de Material Reciclável,_x000D_
 objetivando a geração de emprego, a melhora na limpeza de nossa cidade e aumento da_x000D_
 vida útil do aterro sanitário de nossa cidade.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3477/ccf23052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3477/ccf23052025_0029.pdf</t>
   </si>
   <si>
     <t>Diante das constantes noticias de acidentes em parque de_x000D_
 diversão que foram noticiadas através da televisão, e visto a proximidade de eventos_x000D_
 comemorativos de Aniversário da Cidade, indico ao Senhor Prefeito Municipal que tome_x000D_
 todas as precauções possíveis com relação a expedição de alvará de funcionamento para_x000D_
 parques em nossa cidade, exigindo autorização da vigilância sanitária e do corpo de_x000D_
 bombeiros para que nossas crianças se divirtam com segurança.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3592/ccf26052025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3592/ccf26052025_0056.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com a empresa que está prestando serviço de segurança na Praça da Matriz para que_x000D_
 deixem os veiculo estacionados na rua e não dentro da Praça, ressaltando que estamos de_x000D_
 acordo com a iniciativa do Município em preservar nosso maior patrimônio público, mas_x000D_
 não é necessário circular com veículos no seu interior.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3613/ccf26052025_0077.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3613/ccf26052025_0077.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providencias no sentido de mandar instalar braços de iluminação pública na rua onde está_x000D_
 localizada a Escola Municipal “Arthur Geraldo Fantin", bem como que determine seja_x000D_
 construído um abrigo de proteção do sol e da chuva no portão de entrada da referida escola_x000D_
 para abrigar os pais de aluno enquanto esperam por seus filhos.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3612/ccf26052025_0076.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3612/ccf26052025_0076.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a_x000D_
 instalação de mais dois trilhos na rua José Gerônimo Videira, em frente da residência de_x000D_
 número 59 e 60._x000D_
 A instalação desses trilhos se faz necessário por que os_x000D_
 moradores reclamam que os veículos andam em alta velocidade, e que se alguém perder o_x000D_
 controle da situação o risco de algum veiculo invadir essa residência é muito grande,_x000D_
 podendo causar uma desgraça muito maior do que um simples acidente de transito._x000D_
 Sala das sessões, 19 de setembro de 2011.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3611/ccf26052025_0075.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3611/ccf26052025_0075.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato com os Organizadores da Festa do Peão de Itapuí para que inicie desde já o planejamento da próxima festa, estudando a possibilidade de que a portaria seja aberta ao público e a_x000D_
 venda de bebidas seja em parceria com as entidades de nossa cidade._x000D_
 Não poderia deixar de parabenizar o sucesso que foi a 13а Festa do Peão de nossa cidade, visto o esforço e o belíssimo trabalho realizado pelos Organizadores, mais como a Festa é sempre realizada na semana do aniversário do Município esta seria uma forma de presentear a população itapuiense.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3610/ccf26052025_0074.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3610/ccf26052025_0074.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar tampar os buracos da rua José Gerônimo Videira,_x000D_
 próximo da Ponte que dá acesso ao bairro do "Baririzinho"._x000D_
 do_x000D_
 Infelizmente este local é apenas mais um dos muitos pontos_x000D_
 emburacados de nossa cidade, e que também merece atenção do Senhor Prefeito e_x000D_
 Diretor de Obras do Município pois é a única rua de acesso a este bairro.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3609/ccf26052025_0073.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3609/ccf26052025_0073.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com o Chefe do Cartório Eleitoral de Jaú, objetivando agendar uma data para que sejam_x000D_
 feitos a inscrição de novos títulos e transferência em nossa cidade._x000D_
 É grande o número de cidadãos que buscam informações_x000D_
 sobre como tirar ou transferir seu titulo eleitoral, mais existe uma dificuldade de se_x000D_
 locomover até o município de Jaú pela questão de transporte e horário de trabalho, o que_x000D_
 faz a população adiar e perder o direito de exercer a democracia.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3608/ccf26052025_0072.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3608/ccf26052025_0072.pdf</t>
   </si>
   <si>
     <t>Diante da falta d'àgua que estamos enfrentando, é assustador tomar_x000D_
 bairro_x000D_
 _x000D_
 _x000D_
 conhecimento_x000D_
 da Verônica_x000D_
  que um dos motivos é o entupimento do encanamento da Mina do com folhas e raízes, por este motivo Indico aọ Senhor Prefeito Municipal_x000D_
 tubulação,_x000D_
 _x000D_
  amenizando_x000D_
 que tome as devidas providencias no sentido de mandar limpar e desentupir a_x000D_
  mais esse problema de nossa cidade.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3569/ccf26052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3569/ccf26052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de proibir o estacionamento do lado esquerdo da rua Santo Antonio, sentido Centro-Bairro, no trecho compreendido entre o Posto Peixinho e inicio do_x000D_
 bairro Waldomiro Guarinon._x000D_
 O fluxo de pedestre é intenso principalmente nos horários de_x000D_
 entrada e saída das fabricas e o bairro próximo, sem dizer que no trecho acima citado ficam estacionados vários veículos em ambos os lados da via, obrigando a população circular na_x000D_
 pista correndo risco de atropelamento.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3568/ccf26052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3568/ccf26052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências necessárias a fim de tornar a nossa Prainha um local agradável para a_x000D_
 população, mantendo-a pelo menos limpa para que a população volte a freqüentar o local.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3567/ccf26052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3567/ccf26052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências necessárias a fim de proibir estacionamento no lado direito da rua_x000D_
 Ricardo Pavanelo, principalmente no trecho entre as ruas José Antonio e Santo Antonio.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3499/ccf26052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3499/ccf26052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar instalar braços de iluminação pública na Travessa 21 de abril, próximo dos números 02 e 04, considerando que é uma rua escura e_x000D_
 pouco movimentada.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3498/ccf26052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3498/ccf26052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Porto, para_x000D_
 que construa imediatamente obstáculos redutores de velocidade na Avenida do conter a velocidade em que os veículos circulam pelo local.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3497/ccf23052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3497/ccf23052025_0049.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de resolver definitivamente o problema da falta de água no centro da cidade, pois a população de nossa cidade merece mais atenção dessa administração.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Pedro Aparecido Miranda</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3496/ccf23052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3496/ccf23052025_0048.pdf</t>
   </si>
   <si>
     <t>Indico R_x000D_
 ao Senhor Prefeito Municipal, que estude as possibilidades de mandar pintar a fachada do Velório Municipal “Zezico Paiva", bem como sejam adquiridos móveis novos e principalmente um fogão novo.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3495/ccf23052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3495/ccf23052025_0047.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor de Obras providências com relação ao enorme buraco da rua Amadeu Vincenzi,_x000D_
 próximo do número 27, uma das ruas que dá acesso ao pátio da Rodoviária Municipal.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3494/ccf23052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3494/ccf23052025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor de Obras providências com relação ao enorme buraco do leito viário da Avenida_x000D_
 Projetada do lado direito da via, pois cada dia o buraco aumenta e ninguém toma uma providência.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3493/ccf23052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3493/ccf23052025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que mande instalar corrimão em todaa extensão da rampa que dá acesso ao Velório Municipal “Zezico Paiva", para que os idosos possam caminhar com mais segurança.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3547/ccf26052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3547/ccf26052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de construir uma guarita no Velório Municipal "Zezico Paiva", pois quando tem mais de um velório o guarda não te onde ficar e acaba incomodando os familiares</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3546/ccf26052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3546/ccf26052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 cidades_x000D_
 possibilidades_x000D_
  da região,_x000D_
  de_x000D_
 _x000D_
 fornecer_x000D_
 pois muitos_x000D_
  lanche para as pessoas que buscam atendimento médico em_x000D_
 hospital. não têm dinheiro para se alimentar e às vezes passam o dia</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3544/ccf26052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3544/ccf26052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de perfurar mais um poço semi-artesiano para solucionar definitivamente a_x000D_
 falta d'água no centro da cidade.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3543/ccf26052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3543/ccf26052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de mandar construir um abrigo de proteção em frente ao Centro de Especialidades, para abrigar os munícipes que estão aguardando Sala transporte.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3542/ccf26052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3542/ccf26052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de ajudar os moradores do bairro Balneário Mar Azul II a fazer a ligação da rede de esgoto, pois muitos não tem condições financeiras para fazer a ligação.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3660/ccf27052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3660/ccf27052025_0047.pdf</t>
   </si>
   <si>
     <t>providências no sentido_x000D_
 Indico ao Senhor Prefeito Municipal, que tome as devidas de mandar tampar o buraco que foi aberto para reparo na rede de distribuição de água na Avenida do Porto, altura do número 174.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3659/ccf27052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3659/ccf27052025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as de interligar a Avenida Ignes Romanini com a Avenida Comendador José Maria_x000D_
 Cidade._x000D_
  de Almeida Prado, com o objetivo de desviar o fluxo de caminhões no Centro da</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3658/ccf27052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3658/ccf27052025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que providencie o mais urgente possível a instalação de uma linha telefônica no prédio onde está instalado o Centro de Especialidades Integradas-CEI.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3657/ccf27052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3657/ccf27052025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 dos_x000D_
 Competente_x000D_
  lados da_x000D_
 _x000D_
  Avenida_x000D_
 que seja construído o mais urgente possível mais dois obstáculos em cada um do Porto.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3656/ccf27052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3656/ccf27052025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 foi feita para_x000D_
 que_x000D_
 o Dia_x000D_
  mantenha_x000D_
  de Finados._x000D_
  a mesma limpeza no Cemitério Municipal "Zezico Paiva" que</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3655/ccf27052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3655/ccf27052025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar tampar os buracos da Avenida do Porto, pois população reclama que desvia de um buraco e cai em outro.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3654/ccf27052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3654/ccf27052025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de criar um beneficio a ser pago ao servidor público municipal que tiver filhos com algum tipo de deficiência e em tratamento na APAE Renascer de Itapuí.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3653/ccf27052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3653/ccf27052025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de iniciar as obras de construção de casas populares, haja vista o crescimento_x000D_
 da cidade e os altos valores pagos de aluguel.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3652/ccf27052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3652/ccf27052025_0039.pdf</t>
   </si>
   <si>
     <t>possibilidades Indico ao Senhor Prefeito Municipal, que estude as de mandar_x000D_
 Sala_x000D_
  tampar os buracos da rua Tufique Simão o mais urgente possível.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3651/ccf27052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3651/ccf27052025_0038.pdf</t>
   </si>
   <si>
     <t>Considerando o aumento da população, a de bairros como_x000D_
 habitacional_x000D_
 Mar Azul,_x000D_
 _x000D_
 Residencial_x000D_
 nas proximidades_x000D_
  Girassol I e II, em breve a construção de mais um núcleo_x000D_
 de mais uma escola_x000D_
  desses bairros, e a contemplação de recursos para construção em nossa cidade. Indico ao Senhor Prefeito Municipal, que estude as possibilidades de construir essa escola nas proximidades do Bairro Mar Azul.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3650/ccf27052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3650/ccf27052025_0037.pdf</t>
   </si>
   <si>
     <t>Diante de tantas reclamações com relação do Departamento_x000D_
 de Água e Esgoto do Município, no sentido de projetos para melhorar a qualidade da água,_x000D_
 falta de planejamento e gerenciamento, buracos que são abertos para manutenção da rede_x000D_
 de distribuição de água que não é fechado, vazamento de água em prédios públicos que não_x000D_
 é realizada a manutenção necessária, dentre outras._x000D_
 Considerando as inúmeras reclamações com relação ao Setor_x000D_
 de Água e Esgoto, indico ao Senhor Prefeito Municipal que estude as possibilidades de_x000D_
 criar uma autarquia para gerenciar esse serviço com mais profissionalismo.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3624/ccf27052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3624/ccf27052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que realize uma limpeza nas ruas do bairro Jardim Primavera, principalmente_x000D_
 na Alameda das Violetas esquina com a Alameda das Orquídeas.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3622/ccf27052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3622/ccf27052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que mande tampar o buraco da rua Tufik Simão, localizada no bairro balneário_x000D_
 "Mar Azul I".</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3621/ccf27052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3621/ccf27052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar instalar a bomba no poço recém perfurado para resolver_x000D_
 definitivamente a falta de água na cidade.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3620/ccf27052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3620/ccf27052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar dedetizar os bueiros de nossa cidade, pois a população_x000D_
 está reclamando que está havendo uma invasão de ratos e baratas nas residências.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3619/ccf27052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3619/ccf27052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar tampar o buraco da rua José Zenatti, bem como alinhar_x000D_
 os bloquetes que estão danificando os veículos que trafegam pelo local.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3618/ccf27052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3618/ccf27052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a_x000D_
 instalação de placas de sinalização na estrada vicinal Angelo Poli, nas proximidades da entrada do aterro sanitário advertindo sobre a entrada e saída de veículo lento._x000D_
 Ocorre que, o veiculo coletor de lixo do município é lento, e_x000D_
 nessa estrada o limite de velocidade pode acabar por provocar um acidente durante a_x000D_
 entrada e a saída do caminhão.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3617/ccf27052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3617/ccf27052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades_x000D_
 iluminação, instalar_x000D_
  de_x000D_
  portas_x000D_
 fazer_x000D_
  e_x000D_
 melhorias no banheiro público da Prainha, melhorando a_x000D_
  dispor um funcionário para manter a limpeza do local.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3616/ccf27052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3616/ccf27052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que mande construir_x000D_
 uma galeria de captação de água no final da rua Floriano Peixoto, cruzamento com a rua_x000D_
 Manoel Martins._x000D_
 S</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3615/ccf27052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3615/ccf27052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com o CDL e os Comerciantes da cidade, para que elaborem uma campanha para incentivar_x000D_
 a população que faça suas compras de final de ano em nossa cidade.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3692/ccf28052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3692/ccf28052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar instalar braços de iluminação pública na rua_x000D_
 Joaquim de Freitas Teixeira, pois os moradores reclamam que no local costuma ser ponto_x000D_
 de usuários de drogas.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3691/ccf28052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3691/ccf28052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de elaborar um projeto de lei autorizando o desconto dos valores referentes a_x000D_
 impostos e taxas municipais, bem como acordos e parcelamentos de IPTU direto da folha_x000D_
 de pagamento dos servidores que tiverem interesse em quitar seus débitos.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3690/ccf28052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3690/ccf28052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente que tome providências no sentido de tampar os buracos da Avenida Jorge Chammas.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3689/ccf28052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3689/ccf28052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar pintar os obstáculos da via de acesso "Prefeito Alberto Massoni”, próximas ao Portal de entrada da cidade.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3688/ccf28052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3688/ccf28052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em_x000D_
 contato com a CPFL- Companhia Paulista de Força e Luz solicitando a troca das lâmpadas_x000D_
 dos postes de iluminação pública da rua Luiz Teixeira, próximo da ponte do córrego Bica_x000D_
 de Pedra._x000D_
 Solicito ainda, seja reconstruída a calçada que foi destruída_x000D_
 pela entrada e saída de caminhões, no mesmo local.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3687/ccf28052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3687/ccf28052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar consertar a rotatória no final da Avenida do_x000D_
 Porto, bem como trocar as lâmpadas que fazem a iluminação no local, pois estão apagadas.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3686/ccf28052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3686/ccf28052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor competente que tome providências no sentido de mandar tampar os buracos da Avenida Paes de Barros, próximo ao Distrito Industrial.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3685/ccf28052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3685/ccf28052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de determinar aos Setores de Saúde e Vigilância Sanitária do Município para que desde já elaborem um programa de combate ao mosquito da dengue, iniciando urgentemente a limpeza dos quintais das residências.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3684/ccf28052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3684/ccf28052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que avalie a_x000D_
 disponibilidade financeira do município e estude a possibilidade de adquirir uma veiculo do tipo Van, para atender as necessidades na área do Setor Social do Município.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3700/ccf28052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3700/ccf28052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando vai terminar a reforma da Praça do Núcleo Habitacional "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3699/ccf28052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3699/ccf28052025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre por quais motivos o vigia que trabalhava na Praça da Matriz_x000D_
 foi transferido para outro Setor, deixando a nossa Praça a mercê de atos de vandalismo.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3698/ccf28052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3698/ccf28052025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Presidente da_x000D_
 Câmara Municipal de Itapuí que determine ao Setor Jurídico da Casa que efetue um estudo_x000D_
 e elabore uma reforma no Regimento Interno e na Lei Orgânica do Município, adequando_x000D_
 às necessidades atuais do município.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Jesus Jocelim Curtolo, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3752/ccf29052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3752/ccf29052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Gerente Regional do D.E.R.- Departamento de Estradas e Rodagens para que entrem em_x000D_
 contato com a empresa que realizou o recape da estrada vicinal "Angelo Poli" para que_x000D_
 tampe os buracos que já se formaram, considerando que o serviço ainda deva estar no prazo_x000D_
 de garantia.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3751/ccf29052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3751/ccf29052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quais providências serão tomadas com relação às fossas do_x000D_
 bairro Balneário "Mar Azul II", pois as mesmas não estão sendo limpas e estão jorrando_x000D_
 esgoto pelas ruas do bairro.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3750/ccf29052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3750/ccf29052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando serão iniciadas as obras de alinhamento dos_x000D_
 bloquetes da Avenida Comendador José Maria de Almeida Prado, pois já não tem mais_x000D_
 condições de trafegar pelo local.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3748/ccf29052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3748/ccf29052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando serão iniciadas as obras de ampliação do Cemitério_x000D_
 Municipal “Dona Tinda".</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3749/ccf29052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3749/ccf29052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Secretario de_x000D_
 Higiene e Saúde do Município para que faça uma pesquisa junto aos Proprietários das_x000D_
 Farmácias de nossa cidade, para saber da possibilidade e do interesse em realizar um_x000D_
 convenio com o Governo do Estado e Caixa Federal para implantar em nossa cidade a_x000D_
 farmácia popular, pois é grande o numero de itapuienses que se deslocam até o município_x000D_
 de Jau para adquirir medicamentos mais baratos:_x000D_
 Sala das sessões, 23 de maio de 2011</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3747/ccf29052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3747/ccf29052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 Secretária de Educação solicitando informações sobre a possibilidade de inscrever nossa_x000D_
 cidade no Projeto "Caravanas do Conhecimento" (Interior na Praia/Redescobrindo о_x000D_
 Interior) do CEPAM, projeto este que premiava os melhores alunos com um passeio ao_x000D_
 litoral.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3746/ccf29052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3746/ccf29052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando que encaminhe a esta Casa de Leis a relação de todos os terrenos do Distrito_x000D_
 Industrial que foram doados e que não foram cumpridas as exigências da lei que cedeu o_x000D_
 terreno, para que sejam tomadas as providências necessárias a fim de doá-los aos_x000D_
 empresários que estão aguardando uma oportunidade._x000D_
 Sala das sessões, 23 de maio de 2011.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3745/ccf29052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3745/ccf29052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado a Senhor Presidente da Câmara Municipal de Itapuí para que determine a Secretaria desta Casa de Leis que elabore um projeto de lei disciplinado o uso de sacolas plásticas utilizadas em estabelecimentos empresariais para acondicionamento de mercadorias por sacolas retornáveis ou plásticas oxi- biodegrádaveis ou similar que não sejam prejudiciais ao meio ambiente.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3607/ccf26052025_0071.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3607/ccf26052025_0071.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Diretor de Saúde do_x000D_
 Município solicitando informações e a relação do número de vagas que é disponibilizada_x000D_
 pelo Hospital Estadual para atendimento da população itapuinese nos casos de ortopedia,_x000D_
 neurologia, ginecologia e outras especialidades.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3720/ccf28052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3720/ccf28052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Gerente Regional do D.E.RDepartamento de Estradas e Rodagens solicitando informações se existe a possibilidade de_x000D_
 fazer a doação do asfalto que é retirado para manutenção das estradas, para que o mesmo_x000D_
 seja reaproveitado no recape da estrada vicinal "Feres Simão”, pois já está intransitável._x000D_
 Sala das sessões, 20 de junho de 2011.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3718/ccf28052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3718/ccf28052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Diretor da A.E. S. Tietê solicitando que estude as possibilidades de melhorar a iluminação da plataforma da balsa que faz a travessia Itapuí-Boracéia, pois a população reclama que durante a noite é muito escura.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3717/ccf28052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3717/ccf28052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre qual é o impedimento para que seja feita a ligação da rede de_x000D_
 esgoto em todas as ruas do bairro balneário "Mar Azul II", e principalmente por que não foi_x000D_
 feita a ligação da rede de esgoto do PSF "Geraldo Paulin", como já foi pedido em outros_x000D_
 Requerimentos, como por exemplo: 06/2010, 55/2010,101/2010 e 112/2010.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3716/ccf28052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3716/ccf28052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando pretende reiniciar as obras de construção do Portal de_x000D_
 entrada da Cidade, que está parado há meses.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3715/ccf28052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3715/ccf28052025_0022.pdf</t>
   </si>
   <si>
     <t>solicitando_x000D_
 Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal informações se existe a possibilidade de adquirir cadeirinhas novas para a_x000D_
 rasgando_x000D_
 Escola Municipal_x000D_
  a roupa.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, Jesus Jocelim Curtolo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3701/ccf28052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3701/ccf28052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando pretende iniciar as obras de alinhamento dos_x000D_
 bloquetes da Avenida Comendador José Maria de Almeida Prado, até que se consiga_x000D_
 recursos para recapear essa avenida.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3458/ccf23052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3458/ccf23052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 informações se existe dotação orçamentária para firmar um convenio com o Hospital Santa_x000D_
 Casa de Jaú, com o objetivo de realizar um mutirão de cirurgias de hérnia de disco e pedra_x000D_
 na vesícula da população de Itapuí que está a meses na fila de espera.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3457/ccf23052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3457/ccf23052025_0009.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE OBRAS</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3456/ccf23052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3456/ccf23052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando tomará as providências necessárias a fim de mandar_x000D_
 instalar braços de iluminação publica nos pontos relacionados no documento em anexo, e_x000D_
 que já foi protocolado anteriormente nesta Prefeitura. Cumpre informar, que inércia do_x000D_
 Executivo com relação a esse problema além de prejudicar a população, poderá o município_x000D_
 pagar indenização a Companhia de Energia Elétrica por estar obstruindo a venda de_x000D_
 energia.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3455/ccf23052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3455/ccf23052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de agendar uma reunião com todos os funcionários públicos que são responsáveis pelos prédios públicos municipais com o_x000D_
 objetivo de orientá-los a manter o menor número possível de lâmpadas acesas, diminuindo as despesas com energia.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3454/ccf23052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3454/ccf23052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando seja encaminhado a esta Casa de Leis cópia da relação de todos os cargos de_x000D_
 Diretoria e Chefia do Município, bem como o nome do funcionário que ocupante do cargo_x000D_
 e o telefone de contato de cada um.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3451/ccf23052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3451/ccf23052025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade reutilizar os bloquetes em bom estado que serão retirados da Avenida Comendador José Maria de Almeida Prado, para colocar nas_x000D_
 ruas do bairro Mar Azul II, pois lá o fluxo de veículos não é tão intenso e os blocos agüentam mais uns 30 anos.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3452/ccf23052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3452/ccf23052025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Diretor de Água e Esgoto do Município informações sobre quando será ligada a caixa_x000D_
 d'água do bairro balneário "Mar Azul II", pois a quantidade de água que escorre pelo_x000D_
 reservatório atual é um desperdício.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3450/ccf23052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3450/ccf23052025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Diretor de Educação do Município solicitando informações sobre por quais motivos foi concedido férias coletivas aos funcionários da Creche Municipal "Dona Mulata", sendo que existe lei municipal que proíbe férias coletivas nessas instituições.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3449/ccf23052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3449/ccf23052025_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Diretor de Educação do Município solicitando informações se existe a possibilidade de_x000D_
 inscrever o município no Projeto do CEPAM- Interior na Praia, para proporcionar aos_x000D_
 alunos a oportunidade de conhecer o mar.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3448/ccf23052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3448/ccf23052025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Gerente Regional da CPFLCompanhia Paulista de Força e Luz solicitando providências no sentido de substituir as_x000D_
 placas de sinalização que estão instaladas na sub- estação de energia de nossa cidade, pois o_x000D_
 fluxo de crianças nas proximidades é muito grande.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3535/ccf26052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3535/ccf26052025_0039.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Presidente da Câmara_x000D_
 Municipal de Itapuí solicitando uma cópia dos balancetes da Prefeitura onde conste o saldo_x000D_
 bancário das contas corrente onde são depositados os recursos do FUNDEB, desde_x000D_
 Janeiro/2011.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3534/ccf26052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3534/ccf26052025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Setor Jurídico da Câmara_x000D_
 Municipal e também da Prefeitura, solicitando informações sobre o pagamento da_x000D_
 gratificação de nível universitário aos funcionários públicos e quais os cargos que possuem_x000D_
 esse beneficio.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3533/ccf26052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3533/ccf26052025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Presidente da Câmara_x000D_
 Municipal solicitando cópia da Portaria de nomeação dos membros da Comissão de_x000D_
 Avaliação do Estagio Probatório do último concurso publico realizado na Câmara_x000D_
 Municipal para contratação de Procurador Jurídico, bem como cópia dos relatórios de_x000D_
 avaliação de todo período do estágio.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3524/ccf26052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3524/ccf26052025_0026.pdf</t>
   </si>
   <si>
     <t>OFICIADO PREFEITO SOBRE TRANSPORTE</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3523/ccf26052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3523/ccf26052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de instalar uma chave automática na bomba do poço semi-artesiano do bairro balneário Mar Azul II, com o objetivo de desligar automaticamente sempre que os reservatórios estiverem cheio.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3522/ccf26052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3522/ccf26052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 estacionamento_x000D_
  se existe a possibilidade de mandar pintar um ponto de_x000D_
 de nossa cidade,_x000D_
  exclusivo_x000D_
 _x000D_
  para viatura da Policia Militar em frente das Agencias Bancárias_x000D_
 preocupado atendendo a solicitação do Gerente do Banco Santander que está com a segurança da população principalmente nos dias de pagamento.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3521/ccf26052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3521/ccf26052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro,_x000D_
 Companhia_x000D_
  ouvida a casa, seja oficiado ao Senhor Prefeito Municipal e_x000D_
 relação a mudança_x000D_
  Paulista de Força e Luz para que tome providências com da rede de energia elétrica da rua Felix Sales, nº 530, pois a fiação fica sobre essa residência colocando em risco a vida dos moradores desse imóvel.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3520/ccf26052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3520/ccf26052025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando vai mandar cortar o pinheiro localizado na Praça da Matriz, em frente do Prédio da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3519/ccf26052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3519/ccf26052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 e ao Diretor de Esportes do Município solicitando informações se existe a possibilidade de_x000D_
 elaborar um Projeto com as crianças no período das férias escolares, pois existe_x000D_
 reclamações dos pais que nessa época do ano a Secretaria de Esporte não desenvolve_x000D_
 nenhuma pratica esportiva o que favorece a permanência de nossas crianças nas ruas,_x000D_
 contrariando o objetivo principal dessa Secretaria.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3518/ccf26052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3518/ccf26052025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando pretende fazer a ligação do reservatório de água do_x000D_
 bairro balneário Mar Azul II.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3517/ccf26052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3517/ccf26052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando a Secretaria de Água e Esgoto providenciará a_x000D_
 dedetização dos respiros da rede esgoto de nossa cidade, objetivando conter a quantidade de_x000D_
 baratas que saem e invadem as residências.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3516/ccf26052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3516/ccf26052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando pretende mandar pintar as faixas de sinalização e de_x000D_
 pedestre das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3515/ccf26052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3515/ccf26052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre a Secretaria de Obras vai recomeçar o serviço de piçarrar as_x000D_
 ruas do bairro Terras de Santa Maria.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3514/ccf26052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3514/ccf26052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando será perfurado um poço artesiano para resolver o_x000D_
 problema da falta de água no Centro da cidade.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3513/ccf26052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3513/ccf26052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando serão iniciadas as obras de construção da estação de_x000D_
 tratamento de esgoto de nossa cidade.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3512/ccf26052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3512/ccf26052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando serão realizadas as obras de canalização do córrego_x000D_
 da Vila da Minhoca, por que em dias de chuva os moradores próximos correm o risco de ter_x000D_
 suas casas inundadas.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3511/ccf26052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3511/ccf26052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando o Setor de Água e Esgoto do Município vai_x000D_
 providenciar a ligação do esgoto do PSF " Dr. Geraldo Paulin", como já foi solicitado_x000D_
 tantas outras vezes.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3510/ccf26052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3510/ccf26052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal e_x000D_
 a Diretoria de Educação do Município solicitando informações se existe a possibilidades da criação de salas para alfabetização de jovens e adultos- EJA, considerando a necessidade da população em melhorar a sua formação profissional para se manter no mercado de trabalho e o grande número de itapuienses que buscam esses cursos nas cidades da região. Sugiro que seja realizada divulgação para informar a população que tenha interesse em se matricular, atraindo o maior quantidade de pessoas para atingir o numero mínimo exigido pelo Estado para abrir o curso.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3509/ccf26052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3509/ccf26052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 entrada de nossa cidade._x000D_
  sobre quando serão concluídas as obras de construção do portal de_x000D_
 Sala das sessões, 22 de agosto de 2011.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3492/ccf23052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3492/ccf23052025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende tomar as providencias necessária a fim de_x000D_
 população_x000D_
 resolver o_x000D_
 _x000D_
 problema_x000D_
 que solicita_x000D_
  da falta de água do centro da cidade, atendendo o abaixo assinado da que seja perfurado mais um poço artesiano no município.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>Gilson Sebastião, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3491/ccf23052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3491/ccf23052025_0043.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será iniciada a construção de casas populares em nossa cidade.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3490/ccf23052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3490/ccf23052025_0042.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando será instalado o alambrado do mini campo de futebol_x000D_
 do Centro de Lazer do Trabalhador- Cyro Portieri.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3489/ccf23052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3489/ccf23052025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 pois estão deteriorados_x000D_
  informações sobre quando pretende mandar reformar os banheiros públicos, e sem possibilidade de uso.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3488/ccf23052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3488/ccf23052025_0040.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será realizada a reforma do outro campo de bocha do Centro de Lazer do Trabalhador- "Cyro Portieri", considerando o grande número de itapuienses que freqüentam o local aos finais de semana.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3487/ccf23052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3487/ccf23052025_0039.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quais providências pretende tomar com relação à atitude dos Senhores Esequiel Gonsalves e Marcos Tozzo, proprietários de terrenos do Distrito Industrial, que por conta própria aumentaram seus terrenos mais 10 metros de frente se apossando de parte de outro lote que poderia ser destinado a outro empresário. Vale lembrar, que o Senhor Esequiel Gonsalves teve revogada a cessão de posse do terreno em razão do descumprimento da lei municipal de doação para concessão da posse definitiva.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3486/ccf23052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3486/ccf23052025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 limpeza_x000D_
 solicitando_x000D_
 _x000D_
  informações sobre quando pretende determinar ao Setor responsável que faça a_x000D_
 sentido centro-bairro_x000D_
 dos entulhos_x000D_
  Mar_x000D_
  que estão</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3485/ccf23052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3485/ccf23052025_0037.pdf</t>
   </si>
   <si>
     <t>s_x000D_
 Requeiro,_x000D_
  sobre_x000D_
  ouvida a casa, seja oficiado adao Senhor Prefeito Municipal quando a Diretoria de Água e Esgoto do Município realizará uma inspeção nos lacres de todos os hidrômetros do município, considerando que о_x000D_
 consumo é excessivo e em várias residências ocorre este problema. Sala das sessões, 22 de agosto de 201</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3484/ccf23052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3484/ccf23052025_0036.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre o proprietário do prédio localizado na Praça Governador_x000D_
 Pedro de Toledo, esquina da rua XV de novembro, e que o mesmo seja notificado sobre as_x000D_
 condições em que se encontra o imóvel, e que sejam tomadas as providências necessárias_x000D_
 antes de ocorra algum acidente.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3483/ccf23052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3483/ccf23052025_0035.pdf</t>
   </si>
   <si>
     <t>OFICIADO O PREFEITO SOBRE AGUA</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3482/ccf23052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3482/ccf23052025_0034.pdf</t>
   </si>
   <si>
     <t>OFICIADO A CPFL</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3481/ccf23052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3481/ccf23052025_0033.pdf</t>
   </si>
   <si>
     <t>OFICIADO O PREFEITO SOBRE CONCURSO</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3480/ccf23052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3480/ccf23052025_0032.pdf</t>
   </si>
   <si>
     <t>OFICIADO O PREFEITO SOBRE TITULOS</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3479/ccf23052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3479/ccf23052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Presidente da_x000D_
 Câmara Municipal solicitando informações sobre quando pretende moralizar o ambiente de_x000D_
 trabalho da Câmara Municipal, controlando o uso de telefone e da maquina de xérox por_x000D_
 pessoas que tratam de assuntos particulares. Tome providências também, com relação ao_x000D_
 Procurador Jurídico da Casa que vem atendendo pessoas que são encaminhadas por_x000D_
 Vereadores.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3606/ccf26052025_0070.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3606/ccf26052025_0070.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal_x000D_
 que determine ao Procurador Jurídico do Município que encaminhe a esta Casa de Leis um_x000D_
 Parecer Jurídico sobre qual providência deve se tomar com relação a atitude do Senhor_x000D_
 Esequiel Gonsalves e a Senhora Katia Cristina de Almeida Tozzo, que se apropriaram_x000D_
 indevidamente de um espaço que era destinado para a construção de uma área verde_x000D_
 próximo do núcleo habitacional "“Cônego Arlindo José Zanotto”.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3605/ccf26052025_0069.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3605/ccf26052025_0069.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal_x000D_
 pago aos_x000D_
 _x000D_
 médicos_x000D_
 informações_x000D_
  e enfermeiros_x000D_
  se existe a possibilidade de pagar a mesma porcentagem que é_x000D_
 enfermagem a título de insalubridade as auxiliares e técnicas de que trabalham no município.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3604/ccf26052025_0068.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3604/ccf26052025_0068.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal_x000D_
 solicitando informações dos valores que foram seqüestrados em virtude de precatório e_x000D_
 posteriormente liberado e esta Casa homenageou o trabalho da Dra Katucha Maria_x000D_
 Sgavioli._x000D_
 Solicito que seja informado se o recurso liberado já foi utilizado e em_x000D_
 caso afirmativo que foi seu destino. Se não foi utilizado de que forma o mesmo será_x000D_
 aplicado, pois temos dois grandes projetos para nossa cidade que dependem de recursos_x000D_
 para aquisição de terras que seriam para construção de casas populares e da estação de_x000D_
 tratamento de esgoto e o montante que foi liberado aproximadamente 500 mil reais com_x000D_
 certeza atenderia a estas necessidades.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3603/ccf26052025_0067.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3603/ccf26052025_0067.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal e_x000D_
 ao Secretario de Obras e Melhoramentos Públicos solicitando informações sobre quando pretende tampar os buracos da rua Anacleto Fachim, localizada no núcleo habitacional_x000D_
 "Irmãos Franceschi" próximo do número 386 e da lanchonete do Pena, pois teve ocorrência_x000D_
 de dano em veículos no local, sem dizer que empossa água e o buraco vai aumentar ainda mais.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3602/ccf26052025_0066.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3602/ccf26052025_0066.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal e_x000D_
 ao Secretario de Esportes do Município solicitando informações se existe a possibilidade de_x000D_
 disponibilizar um professor de Educação Física para treinar nossos jovens na modalidade_x000D_
 de basquete, para evitar situações onde forem participar de campeonatos não percam por_x000D_
 tantos pontos de diferença._x000D_
 Solicito ainda, informações sobre quando será adquirido as duas_x000D_
 tabelas de basquete do Ginásio de Esportes de nossa cidade, utilizando-se do orçamento que_x000D_
 destinado ao Esporte num valor aproximado 360 mil reais, para que além de um professor_x000D_
 os alunos tenham condições de treinar adequadamente.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3601/ccf26052025_0065.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3601/ccf26052025_0065.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa, seja oficiada ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quais providências pretende tomar com relação aos entulhos_x000D_
 que estão se acumulando nas ruas de nossa cidade, principalmente no bairro balneário "Mar_x000D_
 Azul II"</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3563/ccf26052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3563/ccf26052025_0027.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE OBRAS</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3564/ccf26052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3564/ccf26052025_0028.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE ILUMINAÇAO</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3562/ccf26052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3562/ccf26052025_0026.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE POÇO</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3561/ccf26052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3561/ccf26052025_0025.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE PINHEIRO</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3560/ccf26052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3560/ccf26052025_0024.pdf</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3559/ccf26052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3559/ccf26052025_0023.pdf</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3558/ccf26052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3558/ccf26052025_0022.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE OBRA</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3557/ccf26052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3557/ccf26052025_0021.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO E CPFL</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3555/ccf26052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3555/ccf26052025_0019.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE CORREGO</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3556/ccf26052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3556/ccf26052025_0020.pdf</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Airton Aparecido Grimaldi, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3593/ccf26052025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3593/ccf26052025_0057.pdf</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3553/ccf26052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3553/ccf26052025_0017.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE  TAXAS</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3552/ccf26052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3552/ccf26052025_0016.pdf</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3586/ccf26052025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3586/ccf26052025_0050.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE ESGOTO</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3585/ccf26052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3585/ccf26052025_0049.pdf</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3584/ccf26052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3584/ccf26052025_0048.pdf</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3583/ccf26052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3583/ccf26052025_0047.pdf</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3582/ccf26052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3582/ccf26052025_0046.pdf</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3581/ccf26052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3581/ccf26052025_0045.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE COLETA DE LIXO</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3580/ccf26052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3580/ccf26052025_0044.pdf</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3573/ccf26052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3573/ccf26052025_0037.pdf</t>
   </si>
   <si>
     <t>OFICIADO O D.E.R.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3504/ccf26052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3504/ccf26052025_0006.pdf</t>
   </si>
   <si>
     <t>OFICIADO D.E.R.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3503/ccf26052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3503/ccf26052025_0005.pdf</t>
   </si>
   <si>
     <t>OFICIADO PREFEITO SOBRE COPIA</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3537/ccf26052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3537/ccf26052025_0001.pdf</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3536/ccf26052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3536/ccf26052025.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE REFORMA</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3545/ccf26052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3545/ccf26052025_0009.pdf</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3549/ccf26052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3549/ccf26052025_0013.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE SERVIÇOS</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3548/ccf26052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3548/ccf26052025_0012.pdf</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3541/ccf26052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3541/ccf26052025_0005.pdf</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3540/ccf26052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3540/ccf26052025_0004.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE BANCO DO POVO</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3539/ccf26052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3539/ccf26052025_0003.pdf</t>
   </si>
   <si>
     <t>OFICIADO O SENHOR PREFEITO SOBRE REFLETORES</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3538/ccf26052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3538/ccf26052025_0002.pdf</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3554/ccf26052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3554/ccf26052025_0018.pdf</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3667/ccf28052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3667/ccf28052025_0002.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE LIMPEZA</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3668/ccf28052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3668/ccf28052025_0003.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE INTERNET</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3666/ccf28052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3666/ccf28052025_0001.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE PREDIO</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3665/ccf28052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3665/ccf28052025.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE VEICULOS</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3664/ccf27052025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3664/ccf27052025_0051.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE LIMPEZA E OBRAS</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3663/ccf27052025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3663/ccf27052025_0050.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O DEPUTADO PEDRO TOBIAS</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3662/ccf27052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3662/ccf27052025_0049.pdf</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3647/ccf27052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3647/ccf27052025_0034.pdf</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3646/ccf27052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3646/ccf27052025_0033.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE PINHEIRO</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3645/ccf27052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3645/ccf27052025_0032.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE OBRA</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3644/ccf27052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3644/ccf27052025_0031.pdf</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3643/ccf27052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3643/ccf27052025_0030.pdf</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3641/ccf27052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3641/ccf27052025_0028.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE ARVORES</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Jesus Jocelim Curtolo, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3642/ccf27052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3642/ccf27052025_0029.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE SALARIO</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3640/ccf27052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3640/ccf27052025_0027.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE INSALUBRIDADE</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3629/ccf27052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3629/ccf27052025_0016.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE CONVENIO</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3628/ccf27052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3628/ccf27052025_0015.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PRESIDENTE DA CAMARA SOBRE HORARIO DA CAMARA A NOITE</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3630/ccf27052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3630/ccf27052025_0017.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE ENCAMINHAMENTO DE  PROJETO DE LEI QUE DISPOE DO PLANO DIRETOR</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3631/ccf27052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3631/ccf27052025_0018.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE ENCAMINHAMENTO DE PROJETO DE LEI</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3632/ccf27052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3632/ccf27052025_0019.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE REFORMA DA GARAGEM MUNICIPAL</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3633/ccf27052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3633/ccf27052025_0020.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE ATRASO DE CESTA BASICA</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3634/ccf27052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3634/ccf27052025_0021.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE PROVIDENCIAS DE  TERRENO ABANDONADO</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3635/ccf27052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3635/ccf27052025_0022.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE TAPAR BURACOS</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3636/ccf27052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3636/ccf27052025_0023.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE AGUA DA CHUVA</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3637/ccf27052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3637/ccf27052025_0024.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE PROCESSO DE MUNICIPALIZAÇAO DA CASA DA AGRICULTURA</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3638/ccf27052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3638/ccf27052025_0025.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE COLETA DE LIXO</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3639/ccf27052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3639/ccf27052025_0026.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE OBRAS NÃO CONCLUIDAS</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3681/ccf28052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3681/ccf28052025_0001.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE RESEVATORIO DE AGUA</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3680/ccf28052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3680/ccf28052025.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE PODA DE ARVORES</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3679/ccf28052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3679/ccf28052025_0014.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE LIMPEZA DE TERRENOS</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3678/ccf28052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3678/ccf28052025_0013.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE MANDAR TAPAR BURACOS</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3677/ccf28052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3677/ccf28052025_0012.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE ABERTURA DE RUA</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3676/ccf28052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3676/ccf28052025_0011.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE LIGAR A BOMBA DO POÇO</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3675/ccf28052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3675/ccf28052025_0010.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO SOBRE RECAPE NAS RUAS</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3674/ccf28052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3674/ccf28052025_0009.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PREFEITO QUE MANDE RECOLHER  LIXOS E ENTULHOS</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3673/ccf28052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3673/ccf28052025_0008.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O PRESIDENTE DA CAMARA SOBRE ELABORAÇAO DE PROJETO DE LEI</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3672/ccf28052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3672/ccf28052025_0007.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO A TELEFONIA SOBRE TELEFONES PUBLICOS</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3671/ccf28052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3671/ccf28052025_0006.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O CONSELHO TUTELAR SOBRE PROGRAMA DE COMBATE A BEBIDA ALCOOLICA</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3724/ccf28052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3724/ccf28052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor Moacir Lanza, oportunidade na qual externamos aos familiares_x000D_
 nossos sinceros sentimentos.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Airton Aparecido Grimaldi, Irineu Fabio Ferraz</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3722/ccf28052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3722/ccf28052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor Luiz Izaias de Souza oportunidade na qual externamos aos_x000D_
 familiares nossos sinceros sentimentos.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3721/ccf28052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3721/ccf28052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações_x000D_
 para com o nobre colega Ademir Aparecido Castelani pelo grandioso ato de doação de um_x000D_
 rim para seu irmão.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3719/ccf28052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3719/ccf28052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os membros do CONPEVI- Conselho de Pastores Evangélicos de_x000D_
 Itapuí, que juntos realizam um excelente trabalho social em nossa cidade.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3464/ccf23052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3464/ccf23052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações,_x000D_
 agradecimentos e reconhecimento pelo relevante trabalho desenvolvido pelo Dr. Tiago José_x000D_
 dos Santos Hungaro e todos os funcionários do Setor de Investigação da Policia Civil de_x000D_
 Itapuí no combate a criminalidade tornando nossa cidade mais segura.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3463/ccf23052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3463/ccf23052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os Organizadores e Voluntários que trabalharam intensamente_x000D_
 para que a realização da Quermesse de Santo Antonio fosse um sucesso, e para finalizar o_x000D_
 evento foram arrematadas 36 cabeças de boi no Leilão que foi realizado no Recinto da_x000D_
 Chácara do Titão.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3462/ccf23052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3462/ccf23052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações_x000D_
 agradecimentos para com o Padre Romeu Antonio Parolize, Organizadores e Voluntários_x000D_
 que com amor e carinho embelezaram as ruas de nossa cidade para a realização da_x000D_
 Procissão de Corpus Cristhy. De maneira criativa, as ruas foram enfeitadas com a doação_x000D_
 de aproximadamente 3,5 toneladas de alimentos que foram destinados as entidades de nossa_x000D_
 cidade e para a população carente do município._x000D_
 Sala das sessões, 08 de agosto de 2011.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3461/ccf23052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3461/ccf23052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações_x000D_
 para com o Dr. Antonio Valencise, pelo excelente trabalho realizado ao longo dos anos_x000D_
 como Delegado de Policia, tendo trabalhado de maneira justa e correta em várias cidades da_x000D_
 região inclusive no município de Itapuí. Parabenizá-lo ainda, pela posse no cargo de Diretor_x000D_
 do DEINTER- 4 – Departamento de Policia Judiciária de São Paulo Interior no último dia_x000D_
 08 de julho, assumindo a responsabilidade por 89 municípios da região.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3460/ccf23052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3460/ccf23052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor José Carlos Anjolin ocorrido no último dia 05, oportunidade na_x000D_
 qual externamos aos familiares nossos sinceros sentimentos.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3459/ccf23052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3459/ccf23052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor José Aparecido Turra ocorrido no último dia 06, oportunidade_x000D_
 na qual externamos aos familiares nossos sinceros sentimentos.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3526/ccf26052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3526/ccf26052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com o Senhor Benedito Candido de Lima pelo excelente trabalho_x000D_
 realizado na Câmara Municipal de Itapuí, e pelo por todo trabalho voluntário que presta a_x000D_
 Paróquia de Santo Antonio de Itapuí.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3525/ccf26052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3525/ccf26052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com toda a equipe do Programa Fala Cidade, em especial ao_x000D_
 apresentador Amarildo de Oliveira pelo empenho no sentido de cobrar do Governo do_x000D_
 Estado providências com a relação à construção de cobertura no estacionamento po_x000D_
 Hospital Estadual de Bauru. Contando com o apoio de cidades da região, como por_x000D_
 exemplo: Itapuí, Barra Bonita, Igaraçu do Tietê, Bariri e Bauru, que através de abaixo_x000D_
 assinado garantiu proteção do sol e da chuva a toda população que necessita de atendimento_x000D_
 neste hospital.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3591/ccf26052025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3591/ccf26052025_0055.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 expostas:_x000D_
  para com o Senhor Afonso Celso Bueno do Prado, pelas razões a seguir_x000D_
 Afonso Celso Bueno do Prado, que no ultimo dia 06 de junho de 2011 recebeu_x000D_
 São_x000D_
  uma homenagem merecida do Conselho Regional de Contabilidade do Estado de Paulo por relevantes serviços prestados a Profissão Contábil e à Sociedade. Seu Celso como é mais conhecido, prestou seus serviços na Prefeitura Municipal de Itapuí até a sua aposentadoria, e mesmo aposentado continua trabalhando voluntariamente em prol de nossas entidades dedicando seu tempo e experiência. Recetemente, para ser mais preciso, no dia 25 de agosto de 2011 depois de uma defesa elaborada por este cidadão a Casa da Criança São José de Itapuí teve suas contas aprovadas pelo Tribunal de Contas do Estado, após manifestação unânime dos Órgãos Técnicos e decisão do Conselheiro Antonio Roque Citadini. Esta Moção tem como objetivo reconhecer e parabenizar o homenageado pelo sua c</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3590/ccf26052025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3590/ccf26052025_0054.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os Organizadores do 5° Festival da Musica de Moda Cabocla, realizado no ultimo dia 28 de agosto na Chácara do Titão, em especial para com os Senhores Marcelo Furlen e Fernando Carrimo que não mediram esforços para tornar evento um sucesso.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3589/ccf26052025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3589/ccf26052025_0053.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os Pedreiros que trabalham para o Município, inclusive para com_x000D_
 os servidores terceirizados que prestam um excelente trabalho e principalmente pelo_x000D_
 serviço realizado na reconstrução das valetas de escoamento de água do bairro da Vila da_x000D_
 Minhoca.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3588/ccf26052025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3588/ccf26052025_0052.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os funcionários do Setor de Água e Esgoto do Município pela_x000D_
 dedicação e prestatividade sempre que são chamados para atender a</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3587/ccf26052025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3587/ccf26052025_0051.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento da Senhora Aparecida Conceição Capobianco Masseto, ocorrido no_x000D_
 ultimo dia 27 de agosto de 2011, oportunidade na qual externamos aos familiares nossos_x000D_
 mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3566/ccf26052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3566/ccf26052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com os funcionários da Secretaria de Cultura de nossa cidade, em_x000D_
 especial a funcionaria Patrícia Nunes pelo empenho nos eventos em comemoração ao_x000D_
 Aniversário da Cidade.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3565/ccf26052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3565/ccf26052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com Itapuienses que não mediram esforços para conseguir realizar o_x000D_
 translado dos restos mortais do Cônego Arlindo Tardivo Zanoto no ultimo dia 18 de setembro, em especial para com Padre Romeu Antonio Parolize e os Senhor Hélio de_x000D_
 Marchi, e pela presença do Dr. Antonio Valencise- Diretor do DEINTER-4 Bauru, e_x000D_
 Familiares do Cônego e pelos demais cidadãos que não deixaram de prestigiar.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>Pedro Aparecido Miranda, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3649/ccf27052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3649/ccf27052025_0036.pdf</t>
   </si>
   <si>
     <t>Requeiro,_x000D_
  ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 Congresso_x000D_
 para com Pastor Flavio Martins pelo esforço para realização do 1° CIMOVA- Circulo de Oração Mocidade de Varões. No evento que foi realizado_x000D_
 Rogerio_x000D_
 nos dias 28,29 e 30 de outubro, estavam presentes os Pastores da cidade de Bauru: Pastor Bueno, Pastor Marcelo dos Santos e a Missionária Edenilse Morais. Os cantores: Elias_x000D_
 nossa_x000D_
 _x000D_
 _x000D_
 de_x000D_
 cidade._x000D_
  Paula,_x000D_
  Participaram_x000D_
  Marcelina Quintino, Samuel Alcantara e o Grupo Chama de Fogo, todos de_x000D_
 Tietê, Boracéia, Pederneiras_x000D_
  também as I</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3648/ccf27052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3648/ccf27052025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com a Orquestra de Violas Caipira de Itapuí pelo excelente trabalho_x000D_
 que vem realizando em apresentações na região, divulgando dessa forma as coisas boas que_x000D_
 existem em nossa cidade.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3614/ccf27052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3614/ccf27052025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de congratulações e_x000D_
 agradecimentos para com o Pastor João Cristiano Barnabé Neto da Igreja Assembléia de_x000D_
 Deus Interlagos e Pastor Helton José Matias da Igreja Assembléia de Deus Aliança da Paz,_x000D_
 pela realização de Congressos Evangélicos em nossa cidade.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3682/ccf28052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3682/ccf28052025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor Elton Augusto Zarpelão, oportunidade na qual externamos_x000D_
 nossos sinceros sentimentos aos familiares.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3683/ccf28052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3683/ccf28052025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja consignado em Ata votos de profundo pesar_x000D_
 pelo falecimento do Senhor Wilian Gouveia Anjolim, oportunidade na qual externamos_x000D_
 nossos sinceros sentimentos aos familiares.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -4460,67 +4460,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3599/ccf26052025_0063.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3661/ccf27052025_0048.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3669/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3713/ccf28052025_0020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3712/ccf28052025_0019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3711/ccf28052025_0018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3710/ccf28052025_0017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3709/ccf28052025_0016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3708/ccf28052025_0015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3706/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3707/ccf28052025_0014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3705/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3704/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3703/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3579/ccf26052025_0043.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3578/ccf26052025_0042.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3577/ccf26052025_0041.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3576/ccf26052025_0040.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3575/ccf26052025_0039.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3574/ccf26052025_0038.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3731/ccf28052025_0039.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3730/ccf28052025_0038.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3729/ccf28052025_0036.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3474/ccf23052025_0026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3506/ccf26052025_0008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3500/ccf26052025_0002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3627/ccf27052025_0014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3626/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3625/ccf27052025_0011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3702/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3734/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3733/ccf28052025_0041.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3476/ccf23052025_0028.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3508/ccf26052025_0010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3507/ccf26052025_0009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3475/ccf23052025_0027.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3571/ccf26052025_0035.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3501/ccf26052025_0003.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3693/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3697/ccf28052025_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3696/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3695/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3694/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3714/ccf28052025_0021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3732/ccf28052025_0040.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3744/ccf29052025_0011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3743/ccf29052025_0010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3742/ccf29052025_0009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3600/ccf26052025_0064.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3728/ccf28052025_0035.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3570/ccf26052025_0034.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3551/ccf26052025_0015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3550/ccf26052025_0014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3502/ccf26052025_0004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3623/ccf27052025_0009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3670/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3572/ccf26052025_0036.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3765/ccf29052025_0032.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3764/ccf29052025_0031.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3763/ccf29052025_0030.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3762/ccf29052025_0029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3761/ccf29052025_0028.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3760/ccf29052025_0027.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3759/ccf29052025_0026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3758/ccf29052025_0025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3756/ccf29052025_0023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3757/ccf29052025_0024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3755/ccf29052025_0022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3754/ccf29052025_0021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3753/ccf29052025_0020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3741/ccf29052025_0007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3740/ccf29052025_0006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3739/ccf29052025_0005.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3738/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3737/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3736/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3735/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3598/ccf26052025_0062.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3597/ccf26052025_0061.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3596/ccf26052025_0060.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3595/ccf26052025_0059.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3594/ccf26052025_0058.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3727/ccf28052025_0034.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3726/ccf28052025_0033.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3725/ccf28052025_0032.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3723/ccf28052025_0030.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3473/ccf23052025_0025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3472/ccf23052025_0024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3471/ccf23052025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3470/ccf23052025_0022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3469/ccf23052025_0021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3468/ccf23052025_0020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3467/ccf23052025_0019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3466/ccf23052025_0018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3465/ccf23052025_0017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3531/ccf26052025_0033.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3530/ccf26052025_0032.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3529/ccf26052025_0031.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3528/ccf26052025_0030.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3527/ccf26052025_0029.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3505/ccf26052025_0007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3478/ccf23052025_0030.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3477/ccf23052025_0029.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3592/ccf26052025_0056.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3613/ccf26052025_0077.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3612/ccf26052025_0076.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3611/ccf26052025_0075.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3610/ccf26052025_0074.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3609/ccf26052025_0073.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3608/ccf26052025_0072.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3569/ccf26052025_0033.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3568/ccf26052025_0032.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3567/ccf26052025_0031.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3499/ccf26052025_0001.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3498/ccf26052025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3497/ccf23052025_0049.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3496/ccf23052025_0048.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3495/ccf23052025_0047.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3494/ccf23052025_0046.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3493/ccf23052025_0045.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3547/ccf26052025_0011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3546/ccf26052025_0010.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3544/ccf26052025_0008.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3543/ccf26052025_0007.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3542/ccf26052025_0006.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3660/ccf27052025_0047.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3659/ccf27052025_0046.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3658/ccf27052025_0045.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3657/ccf27052025_0044.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3656/ccf27052025_0043.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3655/ccf27052025_0042.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3654/ccf27052025_0041.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3653/ccf27052025_0040.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3652/ccf27052025_0039.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3651/ccf27052025_0038.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3650/ccf27052025_0037.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3624/ccf27052025_0010.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3622/ccf27052025_0008.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3621/ccf27052025_0007.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3620/ccf27052025_0006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3619/ccf27052025_0005.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3618/ccf27052025_0004.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3617/ccf27052025_0003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3616/ccf27052025_0002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3615/ccf27052025_0001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3692/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3691/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3690/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3689/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3688/ccf28052025_0008.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3687/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3686/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3685/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3684/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3700/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3699/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3698/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3752/ccf29052025_0019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3751/ccf29052025_0018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3750/ccf29052025_0017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3748/ccf29052025_0015.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3749/ccf29052025_0016.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3747/ccf29052025_0014.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3746/ccf29052025_0013.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3745/ccf29052025_0012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3607/ccf26052025_0071.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3720/ccf28052025_0027.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3718/ccf28052025_0025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3717/ccf28052025_0024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3716/ccf28052025_0023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3715/ccf28052025_0022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3701/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3458/ccf23052025_0010.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3457/ccf23052025_0009.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3456/ccf23052025_0008.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3455/ccf23052025_0007.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3454/ccf23052025_0006.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3451/ccf23052025_0003.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3452/ccf23052025_0004.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3450/ccf23052025_0002.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3449/ccf23052025_0001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3448/ccf23052025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3535/ccf26052025_0039.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3534/ccf26052025_0038.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3533/ccf26052025_0037.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3524/ccf26052025_0026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3523/ccf26052025_0025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3522/ccf26052025_0024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3521/ccf26052025_0023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3520/ccf26052025_0022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3519/ccf26052025_0021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3518/ccf26052025_0020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3517/ccf26052025_0019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3516/ccf26052025_0018.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3515/ccf26052025_0017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3514/ccf26052025_0016.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3513/ccf26052025_0015.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3512/ccf26052025_0014.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3511/ccf26052025_0013.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3510/ccf26052025_0012.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3509/ccf26052025_0011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3492/ccf23052025_0044.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3491/ccf23052025_0043.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3490/ccf23052025_0042.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3489/ccf23052025_0041.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3488/ccf23052025_0040.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3487/ccf23052025_0039.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3486/ccf23052025_0038.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3485/ccf23052025_0037.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3484/ccf23052025_0036.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3483/ccf23052025_0035.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3482/ccf23052025_0034.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3481/ccf23052025_0033.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3480/ccf23052025_0032.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3479/ccf23052025_0031.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3606/ccf26052025_0070.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3605/ccf26052025_0069.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3604/ccf26052025_0068.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3603/ccf26052025_0067.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3602/ccf26052025_0066.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3601/ccf26052025_0065.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3563/ccf26052025_0027.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3564/ccf26052025_0028.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3562/ccf26052025_0026.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3561/ccf26052025_0025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3560/ccf26052025_0024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3559/ccf26052025_0023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3558/ccf26052025_0022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3557/ccf26052025_0021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3555/ccf26052025_0019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3556/ccf26052025_0020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3593/ccf26052025_0057.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3553/ccf26052025_0017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3552/ccf26052025_0016.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3586/ccf26052025_0050.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3585/ccf26052025_0049.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3584/ccf26052025_0048.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3583/ccf26052025_0047.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3582/ccf26052025_0046.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3581/ccf26052025_0045.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3580/ccf26052025_0044.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3573/ccf26052025_0037.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3504/ccf26052025_0006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3503/ccf26052025_0005.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3537/ccf26052025_0001.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3536/ccf26052025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3545/ccf26052025_0009.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3549/ccf26052025_0013.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3548/ccf26052025_0012.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3541/ccf26052025_0005.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3540/ccf26052025_0004.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3539/ccf26052025_0003.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3538/ccf26052025_0002.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3554/ccf26052025_0018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3667/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3668/ccf28052025_0003.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3666/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3665/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3664/ccf27052025_0051.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3663/ccf27052025_0050.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3662/ccf27052025_0049.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3647/ccf27052025_0034.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3646/ccf27052025_0033.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3645/ccf27052025_0032.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3644/ccf27052025_0031.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3643/ccf27052025_0030.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3641/ccf27052025_0028.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3642/ccf27052025_0029.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3640/ccf27052025_0027.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3629/ccf27052025_0016.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3628/ccf27052025_0015.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3630/ccf27052025_0017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3631/ccf27052025_0018.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3632/ccf27052025_0019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3633/ccf27052025_0020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3634/ccf27052025_0021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3635/ccf27052025_0022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3636/ccf27052025_0023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3637/ccf27052025_0024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3638/ccf27052025_0025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3639/ccf27052025_0026.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3681/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3680/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3679/ccf28052025_0014.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3678/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3677/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3676/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3675/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3674/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3673/ccf28052025_0008.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3672/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3671/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3724/ccf28052025_0031.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3722/ccf28052025_0029.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3721/ccf28052025_0028.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3719/ccf28052025_0026.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3464/ccf23052025_0016.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3463/ccf23052025_0015.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3462/ccf23052025_0014.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3461/ccf23052025_0013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3460/ccf23052025_0012.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3459/ccf23052025_0011.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3526/ccf26052025_0028.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3525/ccf26052025_0027.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3591/ccf26052025_0055.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3590/ccf26052025_0054.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3589/ccf26052025_0053.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3588/ccf26052025_0052.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3587/ccf26052025_0051.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3566/ccf26052025_0030.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3565/ccf26052025_0029.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3649/ccf27052025_0036.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3648/ccf27052025_0035.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3614/ccf27052025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3682/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3683/ccf28052025_0003.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3599/ccf26052025_0063.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3661/ccf27052025_0048.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3669/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3713/ccf28052025_0020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3712/ccf28052025_0019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3711/ccf28052025_0018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3710/ccf28052025_0017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3709/ccf28052025_0016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3708/ccf28052025_0015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3706/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3707/ccf28052025_0014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3705/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3704/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3703/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3579/ccf26052025_0043.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3578/ccf26052025_0042.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3577/ccf26052025_0041.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3576/ccf26052025_0040.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3575/ccf26052025_0039.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3574/ccf26052025_0038.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3731/ccf28052025_0039.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3730/ccf28052025_0038.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3729/ccf28052025_0036.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3474/ccf23052025_0026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3506/ccf26052025_0008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3500/ccf26052025_0002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3627/ccf27052025_0014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3626/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3625/ccf27052025_0011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3702/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3734/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3733/ccf28052025_0041.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3476/ccf23052025_0028.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3508/ccf26052025_0010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3507/ccf26052025_0009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3475/ccf23052025_0027.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3571/ccf26052025_0035.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3501/ccf26052025_0003.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3693/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3697/ccf28052025_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3696/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3695/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3694/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3714/ccf28052025_0021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3732/ccf28052025_0040.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3744/ccf29052025_0011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3743/ccf29052025_0010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3742/ccf29052025_0009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3600/ccf26052025_0064.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3728/ccf28052025_0035.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3570/ccf26052025_0034.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3551/ccf26052025_0015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3550/ccf26052025_0014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3502/ccf26052025_0004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3623/ccf27052025_0009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3670/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3572/ccf26052025_0036.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3765/ccf29052025_0032.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3764/ccf29052025_0031.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3763/ccf29052025_0030.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3762/ccf29052025_0029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3761/ccf29052025_0028.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3760/ccf29052025_0027.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3759/ccf29052025_0026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3758/ccf29052025_0025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3756/ccf29052025_0023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3757/ccf29052025_0024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3755/ccf29052025_0022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3754/ccf29052025_0021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3753/ccf29052025_0020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3741/ccf29052025_0007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3740/ccf29052025_0006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3739/ccf29052025_0005.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3738/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3737/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3736/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3735/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3598/ccf26052025_0062.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3597/ccf26052025_0061.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3596/ccf26052025_0060.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3595/ccf26052025_0059.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3594/ccf26052025_0058.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3727/ccf28052025_0034.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3726/ccf28052025_0033.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3725/ccf28052025_0032.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3723/ccf28052025_0030.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3473/ccf23052025_0025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3472/ccf23052025_0024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3471/ccf23052025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3470/ccf23052025_0022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3469/ccf23052025_0021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3468/ccf23052025_0020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3467/ccf23052025_0019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3466/ccf23052025_0018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3465/ccf23052025_0017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3531/ccf26052025_0033.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3530/ccf26052025_0032.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3529/ccf26052025_0031.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3528/ccf26052025_0030.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3527/ccf26052025_0029.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3505/ccf26052025_0007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3478/ccf23052025_0030.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3477/ccf23052025_0029.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3592/ccf26052025_0056.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3613/ccf26052025_0077.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3612/ccf26052025_0076.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3611/ccf26052025_0075.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3610/ccf26052025_0074.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3609/ccf26052025_0073.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3608/ccf26052025_0072.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3569/ccf26052025_0033.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3568/ccf26052025_0032.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3567/ccf26052025_0031.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3499/ccf26052025_0001.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3498/ccf26052025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3497/ccf23052025_0049.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3496/ccf23052025_0048.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3495/ccf23052025_0047.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3494/ccf23052025_0046.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3493/ccf23052025_0045.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3547/ccf26052025_0011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3546/ccf26052025_0010.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3544/ccf26052025_0008.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3543/ccf26052025_0007.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3542/ccf26052025_0006.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3660/ccf27052025_0047.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3659/ccf27052025_0046.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3658/ccf27052025_0045.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3657/ccf27052025_0044.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3656/ccf27052025_0043.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3655/ccf27052025_0042.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3654/ccf27052025_0041.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3653/ccf27052025_0040.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3652/ccf27052025_0039.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3651/ccf27052025_0038.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3650/ccf27052025_0037.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3624/ccf27052025_0010.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3622/ccf27052025_0008.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3621/ccf27052025_0007.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3620/ccf27052025_0006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3619/ccf27052025_0005.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3618/ccf27052025_0004.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3617/ccf27052025_0003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3616/ccf27052025_0002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3615/ccf27052025_0001.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3692/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3691/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3690/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3689/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3688/ccf28052025_0008.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3687/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3686/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3685/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3684/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3700/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3699/ccf28052025_0005.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3698/ccf28052025_0004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3752/ccf29052025_0019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3751/ccf29052025_0018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3750/ccf29052025_0017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3748/ccf29052025_0015.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3749/ccf29052025_0016.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3747/ccf29052025_0014.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3746/ccf29052025_0013.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3745/ccf29052025_0012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3607/ccf26052025_0071.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3720/ccf28052025_0027.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3718/ccf28052025_0025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3717/ccf28052025_0024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3716/ccf28052025_0023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3715/ccf28052025_0022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3701/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3458/ccf23052025_0010.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3457/ccf23052025_0009.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3456/ccf23052025_0008.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3455/ccf23052025_0007.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3454/ccf23052025_0006.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3451/ccf23052025_0003.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3452/ccf23052025_0004.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3450/ccf23052025_0002.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3449/ccf23052025_0001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3448/ccf23052025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3535/ccf26052025_0039.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3534/ccf26052025_0038.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3533/ccf26052025_0037.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3524/ccf26052025_0026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3523/ccf26052025_0025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3522/ccf26052025_0024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3521/ccf26052025_0023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3520/ccf26052025_0022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3519/ccf26052025_0021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3518/ccf26052025_0020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3517/ccf26052025_0019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3516/ccf26052025_0018.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3515/ccf26052025_0017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3514/ccf26052025_0016.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3513/ccf26052025_0015.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3512/ccf26052025_0014.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3511/ccf26052025_0013.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3510/ccf26052025_0012.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3509/ccf26052025_0011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3492/ccf23052025_0044.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3491/ccf23052025_0043.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3490/ccf23052025_0042.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3489/ccf23052025_0041.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3488/ccf23052025_0040.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3487/ccf23052025_0039.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3486/ccf23052025_0038.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3485/ccf23052025_0037.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3484/ccf23052025_0036.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3483/ccf23052025_0035.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3482/ccf23052025_0034.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3481/ccf23052025_0033.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3480/ccf23052025_0032.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3479/ccf23052025_0031.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3606/ccf26052025_0070.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3605/ccf26052025_0069.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3604/ccf26052025_0068.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3603/ccf26052025_0067.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3602/ccf26052025_0066.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3601/ccf26052025_0065.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3563/ccf26052025_0027.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3564/ccf26052025_0028.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3562/ccf26052025_0026.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3561/ccf26052025_0025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3560/ccf26052025_0024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3559/ccf26052025_0023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3558/ccf26052025_0022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3557/ccf26052025_0021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3555/ccf26052025_0019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3556/ccf26052025_0020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3593/ccf26052025_0057.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3553/ccf26052025_0017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3552/ccf26052025_0016.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3586/ccf26052025_0050.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3585/ccf26052025_0049.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3584/ccf26052025_0048.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3583/ccf26052025_0047.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3582/ccf26052025_0046.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3581/ccf26052025_0045.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3580/ccf26052025_0044.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3573/ccf26052025_0037.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3504/ccf26052025_0006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3503/ccf26052025_0005.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3537/ccf26052025_0001.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3536/ccf26052025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3545/ccf26052025_0009.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3549/ccf26052025_0013.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3548/ccf26052025_0012.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3541/ccf26052025_0005.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3540/ccf26052025_0004.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3539/ccf26052025_0003.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3538/ccf26052025_0002.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3554/ccf26052025_0018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3667/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3668/ccf28052025_0003.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3666/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3665/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3664/ccf27052025_0051.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3663/ccf27052025_0050.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3662/ccf27052025_0049.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3647/ccf27052025_0034.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3646/ccf27052025_0033.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3645/ccf27052025_0032.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3644/ccf27052025_0031.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3643/ccf27052025_0030.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3641/ccf27052025_0028.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3642/ccf27052025_0029.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3640/ccf27052025_0027.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3629/ccf27052025_0016.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3628/ccf27052025_0015.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3630/ccf27052025_0017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3631/ccf27052025_0018.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3632/ccf27052025_0019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3633/ccf27052025_0020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3634/ccf27052025_0021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3635/ccf27052025_0022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3636/ccf27052025_0023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3637/ccf27052025_0024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3638/ccf27052025_0025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3639/ccf27052025_0026.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3681/ccf28052025_0001.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3680/ccf28052025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3679/ccf28052025_0014.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3678/ccf28052025_0013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3677/ccf28052025_0012.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3676/ccf28052025_0011.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3675/ccf28052025_0010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3674/ccf28052025_0009.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3673/ccf28052025_0008.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3672/ccf28052025_0007.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3671/ccf28052025_0006.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3724/ccf28052025_0031.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3722/ccf28052025_0029.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3721/ccf28052025_0028.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3719/ccf28052025_0026.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3464/ccf23052025_0016.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3463/ccf23052025_0015.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3462/ccf23052025_0014.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3461/ccf23052025_0013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3460/ccf23052025_0012.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3459/ccf23052025_0011.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3526/ccf26052025_0028.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3525/ccf26052025_0027.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3591/ccf26052025_0055.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3590/ccf26052025_0054.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3589/ccf26052025_0053.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3588/ccf26052025_0052.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3587/ccf26052025_0051.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3566/ccf26052025_0030.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3565/ccf26052025_0029.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3649/ccf27052025_0036.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3648/ccf27052025_0035.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3614/ccf27052025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3682/ccf28052025_0002.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2011/3683/ccf28052025_0003.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H319"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>