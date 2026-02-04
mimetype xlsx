--- v0 (2025-10-27)
+++ v1 (2026-02-04)
@@ -10,130 +10,159 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2944" uniqueCount="1407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3550" uniqueCount="1642">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>6824</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica do Município</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6824/ccf_000038.pdf</t>
+  </si>
+  <si>
+    <t>g</t>
+  </si>
+  <si>
     <t>2859</t>
-  </si>
-[...4 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Carlos Pierazo, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2859/ccf13052025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS_x000D_
 SERVIDORES DA CÂMARA MUNICIPAL DE_x000D_
 ITAPUÍ, PREVISTA NO ARTIGO 37, X DA_x000D_
 CONSTITUIÇÃO FEDERAL, E CONCESSÃO DE_x000D_
 AUMENTO REAL NOS SALÁRIOS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>REFERENCIA DE EMPREGO ESPECIFICADO</t>
   </si>
   <si>
+    <t>6832</t>
+  </si>
+  <si>
+    <t>PLCE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar do Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6832/ccf_000052.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DE REFERÊNCIA_x000D_
+DOS EMPREGOS ESPECIFICADOS E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>3214</t>
   </si>
   <si>
     <t>2</t>
-  </si>
-[...4 lines deleted...]
-    <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3214/ccf21052025_0025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OBRIGAÇÃO DAS_x000D_
 AGÊNCIAS BANCÁRIAS DE ATENDER COM_x000D_
 DIGNIDADE HUMANA E EM TEMPO_x000D_
 RAZOÁVEL À POPULAÇÃO ITAPUIENSE Е_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2937/ilovepdf_merged_3.pdf</t>
   </si>
   <si>
     <t>REGIMENTO JURIDICO</t>
   </si>
   <si>
     <t>3051</t>
@@ -158,119 +187,166 @@
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2910/ccf15052025_0011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE VAGA DE_x000D_
 EMPREGO QUE ESPECIFICA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2908/ccf15052025_0008.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO NO ANO DE 2013 DЕ_x000D_
 PRÊMIO POR VALORIZAÇÃO PROFISSIONAL AOS_x000D_
 SERVIDORES INTEGRANTES DO QUADRO DO MAGISTÉRIO_x000D_
 PÚBLICO MUNICIPAL DE ITAPUÍ E DÁ PROVIDÊNCIAS_x000D_
 CORRELATAS."</t>
   </si>
   <si>
+    <t>6905</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6905/ccf_000106.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n.º 2.360 de 11 de_x000D_
+novembro de 2009, disciplinando o uso de_x000D_
+caçambas comunitárias e dá outras_x000D_
+providências</t>
+  </si>
+  <si>
     <t>3002</t>
   </si>
   <si>
-    <t>PLOL</t>
-[...4 lines deleted...]
-  <si>
     <t>AUTORIZA FIRMAR CONVENIO COM ENTIDADE QUE ESPECIFICA</t>
   </si>
   <si>
+    <t>6907</t>
+  </si>
+  <si>
+    <t>Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6907/ccf_000108.pdf</t>
+  </si>
+  <si>
+    <t>Obriga a colocação de braços de_x000D_
+iluminação em praças e logradouros_x000D_
+públicos de novos loteamentos e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>6906</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6906/ccf_000107.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina a transparência perante o Poder_x000D_
+Público Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>3189</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL</t>
   </si>
   <si>
     <t>3188</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3188/ccf20052025_0065.pdf</t>
   </si>
   <si>
     <t>Dá denominação à via pública e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3183/ccf20052025_0058.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO NAS RUAS E NA PRAÇA DO_x000D_
 RESIDENCIAL "GIRASSOL” E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3181/ccf20052025_0056.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO NAS RUAS DO_x000D_
 RESIDENCIAL "GIRASSOL II” E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3182/ccf20052025_0057.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO NAS RUAS DO JARDIM SÃO RAFAEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6904</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6904/ccf_000105.pdf</t>
+  </si>
+  <si>
+    <t>DÁ NOVA REDAÇÃO AO ARTIGO 2º DA LEI N° 2.486 DE 06_x000D_
+DE MARÇO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3131/ccf20052025_0007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE BOLSA DE_x000D_
 ESTUDO AOS FUNCIONÁRIOS PÚBLICOS_x000D_
 MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3184/ccf20052025_0059.pdf</t>
   </si>
   <si>
@@ -278,53 +354,50 @@
 MUNICIPAL A DOAÇÃO DE ÁREA À_x000D_
 FAZENDA PÚBLICA DO ESTADO DE_x000D_
 SÃO PAULO.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3001/ccf19052025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE_x000D_
 2013 FIRMAR CONVÊNIO COM ENTIDADE QUE_x000D_
 ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2974/ccf16052025_0036.pdf</t>
   </si>
   <si>
     <t>Declara a entidade ASSOCIAÇÃO SEDE_x000D_
 SANTOS DE ITAPUÍ como de utilidade_x000D_
 pública e dá outras providências.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3004/ccf19052025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE 2013_x000D_
 À REALIZAR REPASSE À ENTIDADE QUE ESPECIFICA_x000D_
 MEDIANTE CONVÊNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3026/ccf19052025.pdf</t>
   </si>
   <si>
@@ -359,127 +432,265 @@
   </si>
   <si>
     <t>AUTORIZA REALIZAR REPASSE COM ENTIDADE QUE ESPECIFICA</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3030/ccf19052025_0004.pdf</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3031/ccf19052025_0005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE 2013_x000D_
 A REALIZAR ACORDO DE COOPERAÇÃO MÚTUA, À_x000D_
 ENTIDADE QUE ESPECIFICA MEDIANTE CONVÊNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3065/ccf19052025_0033.pdf</t>
   </si>
   <si>
     <t>Dá denominação a prédio público е_x000D_
 dá outras providências</t>
+  </si>
+  <si>
+    <t>6903</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6903/ccf_000104.pdf</t>
+  </si>
+  <si>
+    <t>DÁ NOVA REDAÇÃO ARTIGO 2º DA LEI N° 2.488 DE 06 DE MARÇO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6830</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6830/ccf_000051.pdf</t>
+  </si>
+  <si>
+    <t>DÁ NOVA REDAÇÃO ARTIGO 11º DA LEI N° 2.167 DE 21 DE 189_x000D_
+MARÇO DE 2006, ALTERADA PELA LEI N° 2.231 DE 12 DE_x000D_
+SETEMBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6902</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6902/ccf_000103.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREFEITURA MUNICIPAL DE ITAPUÍ A_x000D_
+RECEBER RECURSOS DE CONVÊNIO FIRMADO COMА_x000D_
+SECRETÁRIA DE ECONOMIA E PLANEJAMENTO DO_x000D_
+ESTADO DE SÃO PAULO.</t>
+  </si>
+  <si>
+    <t>6901</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6901/ccf_000102.pdf</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2868/ccf14052025_0003.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 14°,19°, 20° E_x000D_
 PARAGRAFO 3º DO ARTIGO 31° DA LEI MUNICIPAL N°_x000D_
 1.933 DE 25 DE AGOSTO DE 1999, ADAPTANDO-A AOS_x000D_
 DITAMES DA LEI N° 12.696 DE JULHO DE 2012 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>6833</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6833/ccf_000053.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a celebrar_x000D_
+convênio com o Centro Estadual de_x000D_
+Educação Tecnológica Paula Souza -_x000D_
+CEETEPS"iD</t>
+  </si>
+  <si>
     <t>2869</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2869/ccf14052025_0004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS REGRAS PARA A LOCAÇÃO DO_x000D_
 SALÃO SOCIAL DO CLUBE MUNICIPAL PIRIQUITÃO.</t>
+  </si>
+  <si>
+    <t>6883</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6883/ccf_000086.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE 2013 FIRMAR CONVÊNIO COM ENTIDADE QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIASamh</t>
+  </si>
+  <si>
+    <t>6881</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6881/ccf_000085.pdf</t>
+  </si>
+  <si>
+    <t>6880</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6880/ccf_000084.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREFEITURA MUNICIPAL DE ITAPUÍ A_x000D_
+RECEBER RECURSOS DE CONVÊNIO FIRMADO COMА SECRETÁRIA DE ECONOMIA E PLANEJAMENTO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2870/ccf14052025_0005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a_x000D_
 celebrar o convênio com Estado de São_x000D_
 Paulo, por intermédio das Secretarias da_x000D_
 Educação e de Desenvolvimento Social,_x000D_
 desenvolvimento do "Programa Ação_x000D_
 ODAV Pobjetivando Educacio</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2871/ccf14052025_0006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI N°_x000D_
 2.310/2008, ALTERADA PELA LEI N°_x000D_
 2.331/2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
+    <t>6835</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6835/ccf_000054.pdf</t>
+  </si>
+  <si>
     <t>2872</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2872/ccf14052025_0007.pdf</t>
+  </si>
+  <si>
+    <t>6804</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, VALDIR MAIA</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6804/ccf_000028.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREFEITURA MUNICIPAL DE ITAPUÍ A_x000D_
+FORMALIZAR ACORDO DE PARCELAMENTO COM A_x000D_
+SECRETÁRIA DE ECONOMIA E PLANEJAMENTO DO_x000D_
+ESTADO DE SÃO PAULO.</t>
+  </si>
+  <si>
+    <t>6812</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6812/ccf_000035.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A PREFEITURA MUNICIPAL DE ITAPUÍ A_x000D_
+RECEBER RECURSOS DE CONVÊNIO FIRMADO COM А_x000D_
+SECRETÁRIA DE ECONOMIA E PLANEJAMENTO DO_x000D_
+ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/5627/ccf30072025.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2°_x000D_
 DA LEI MUNICIPAL N° 2.208 DE 21 DE_x000D_
 MARÇO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2867/ccf14052025_0002.pdf</t>
   </si>
   <si>
@@ -871,263 +1082,230 @@
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2992/ccf16052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que providencie a_x000D_
 aquisição de uniformes e capas de chuvas para os lixeiros de nossa cidade._x000D_
 Sala das sessões, 04 de fevereiro de 2013.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2991/ccf16052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar passar a maquina Patrol nas ruas do bairro balneário_x000D_
 Mar Azul II, pois a população está reclamando da dificuldade em trafegar pelo local._x000D_
 Sala das sessões, 04 de fevereiro de 2013</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2990/ccf16052025_0004.pdf</t>
   </si>
   <si>
     <t>possibilidades Indico ao Senhor Prefeito Municipal, que estude as de rever a lei municipal que dispõe sobre a cesta básica que é fornecida aos servidores públicos municipal, principalmente no artigo que se refere à perda do direito em caso de faltas justificadas. Solicito ainda, rever os casos de funcionários que possuem dois cargos no município e que recebem apenas uma cesta básica. Sala das sessões, 04 de fevereiro de 2013.</t>
   </si>
   <si>
     <t>2989</t>
-  </si>
-[...1 lines deleted...]
-    <t>12</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2989/ccf16052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de instalar nas Praças e Áreas Verdes dos bairros de nossa cidade_x000D_
 cidades_x000D_
 equipamentos para pratica de esportes, como as Academias ao Ar Livre existentes nas da região.</t>
   </si>
   <si>
     <t>2988</t>
-  </si>
-[...1 lines deleted...]
-    <t>13</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2988/ccf16052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de mandar construir mais banheiros na Escola Municipal "Manuel Rodrigues_x000D_
 Ferreira" para ser utilizado pelos professores e funcionários, pois é de conhecimento de_x000D_
 todos que o prédio é antigo e existe apenas um banheiro para todos os funcionários,_x000D_
 incluindo homens e mulheres.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2986/ccf16052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Município que faça uma vistoria no bueiro da rua Floriano Peixoto_x000D_
 local._x000D_
 esquina com a rua José Antonio, pois os moradores reclamam do mau cheiro que exala no</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2987/ccf16052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 do bairro balneário_x000D_
  que tome_x000D_
 _x000D_
  as devidas providências no sentido de mandar jogar piçarra nas ruas “Mar Azul II".</t>
   </si>
   <si>
     <t>2972</t>
-  </si>
-[...1 lines deleted...]
-    <t>16</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2972/ccf16052025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que avalie_x000D_
 a água da_x000D_
  de construir mais galerias de captação de água na rua José Zenatti, para conter_x000D_
 considerando chuva que_x000D_
  que_x000D_
  a mesma_x000D_
  se concentra na rua Arricieri Francischini, em frente ao Bar do Gaspar, não consegue absorver e escoar todos fluxo de água.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2971/ccf16052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente que efetue a capinação e a limpeza do mato que cresceu na área verde próxima do PSF- Dr. Geraldo Paulin, localizado no bairro Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>Luiz Pignatti</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2970/ccf16052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de construir uma bacia de decantação e tratamento da água no ponto de_x000D_
 captação da adutora do bairro Verônica, considerando que o local é responsável pelo_x000D_
 fornecimento de água a boa parte da população.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2969/ccf16052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de providenciar o aumento da vazão do poço e a_x000D_
 capacidade de armazenamento da caixa d'água do bairro "Terras de Santa Maria", bem_x000D_
 como proceder a instalação da rede de captação de esgoto e estação de tratamento com biodigestores compactos.</t>
   </si>
   <si>
     <t>2968</t>
-  </si>
-[...1 lines deleted...]
-    <t>20</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2968/ccf16052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de aumentar a vazão de poços e efetuar a elevação das_x000D_
 caixas d'água nos bairros Irmãos Franceschi, Distrito Industrial e Centro da Cidade, com a_x000D_
 colocação de registro central, por setores, nas três quadras próximas dos reservatórios_x000D_
 objetivando diminuir a ausência de água quando efetuadas novas ligações, bem como_x000D_
 solucionar os problemas dos encanamentos da cidade.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2967/ccf16052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de intensificar o serviço de tapa buracos, com asfalto, em todos os pontos em_x000D_
 que foram abertos para ligação de novas redes de água e esgoto, dado ao fato que as_x000D_
 vibrações causadas pelo transito podem causam danos aos veículos e imóveis construídos_x000D_
 em suas proximidades.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2965/ccf16052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de incluir junto ao carnê do IPTU- Imposto Predial e Territorial Urbano um_x000D_
 boleto de contribuição voluntária, no valor aproximado de R$ 10,00( dez reais), com_x000D_
 vencimento no dia 31/12/2013, que serão destinados a APAE Renascer de Itapuí.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2966/ccf16052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de tornar mão única de direção ou proíba o estacionamento dos lados da rua Floriano em um_x000D_
 Barros e XV de novembro_x000D_
  Peixoto, considerando que no trecho entre a Avenida Paes de o transito de veículos está cada vez mais complicado.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2964/ccf16052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de determinar ao Setor competente que construa obstáculos_x000D_
 redutores de velocidade em frente às Agencias Bancárias de nossa cidade, com objetivo de garantir maior segurança a população, principalmente aos idosos.</t>
   </si>
   <si>
     <t>2963</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2963/ccf16052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de determinar que seja construído obstáculos redutores de_x000D_
 velocidade na rua Luiz Rocchi, próximo ao "Bar do Gaspar", considerando que no local_x000D_
 não existe calçada para a população transitar e os veículos passam em alta velocidade.</t>
   </si>
   <si>
     <t>2962</t>
-  </si>
-[...1 lines deleted...]
-    <t>26</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2962/ccf16052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar construir obstáculos redutores de velocidade na Avenida_x000D_
 do Porto, altura dos números 500 e 700, pois nessa Avenida existe uma deficiência de_x000D_
 calçadas que obriga a população caminhar pela Avenida, ficando expostos ao risco de acidente.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2960/ccf16052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar tampar os buracos da estrada vicinal "Angelo Poli", bem como efetue a limpeza do acostamento da via.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
@@ -1426,50 +1604,644 @@
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3012/ccf19052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de determinar que sejam instaladas placas proibindo о_x000D_
 estacionamento em um dos lados da rua Floriano Peixoto, principalmente no trecho de maior concentração de estabelecimentos comerciais.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3013/ccf19052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de determinar que os Diretores e Chefes de Setor façam o uso do relógio de_x000D_
 ponto, com o objetivo de motivar a dar exemplo aos funcionários públicos municipais.</t>
   </si>
   <si>
+    <t>6900</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6900/ccf_000101.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de interceder junto ao Governo do Estado a fim de firmar convênio_x000D_
+para instalação do Banco do Povo em nossa cidade.</t>
+  </si>
+  <si>
+    <t>6894</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6894/ccf_000096.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de notificar o proprietário da plantação de milho próximo da_x000D_
+residência localizada na rua Orlando Sgaviolli, do número 30 ao número 70, pois os_x000D_
+moradores reclamam que os insetos invadem suas residências em função da proximidade da_x000D_
+lavoura.</t>
+  </si>
+  <si>
+    <t>6895</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6895/ccf_000097.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+as devidas_x000D_
+ no sentido de solicitar ao Setor de Recursos Humanos do município que tome providências no que tange fazer constar no holerite dos servidores públicos_x000D_
+tabela_x000D_
+municipais_x000D_
+ de vencimentos_x000D_
+ o número da referencia de cada um, bem como o grau em que se enquadra na para facilitar o entendimento para os servidores.</t>
+  </si>
+  <si>
+    <t>6896</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6896/ccf_000098.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome providências_x000D_
+sentido de mandar instalar braços de iluminação pública na rua Angelo Crozera e na_x000D_
+Avenida Ignêz Romanini.</t>
+  </si>
+  <si>
+    <t>6897</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6897/ccf_000099.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome providências_x000D_
+no sentido de mandar passar a maquina Patrol nas ruas do bairro “Terras de Santa Maria”,_x000D_
+especialmente na rua 11, e jogar piçarra na Avenida Jorge Chammas, nº 1003, em frente a_x000D_
+residência do Senhor Euclides Zanquim Dias, pois em ambos os locais residem pacientes_x000D_
+acamados e está impossível o acesso das ambulâncias.</t>
+  </si>
+  <si>
+    <t>6889</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6889/ccf_000092.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidade de equiparar a referencia dos Operadores de Raio-X da 11 para 14, igual às dos Técnicos de Enfermagem, considerando que a escolaridade exigida para o exercício da função são iguais.</t>
+  </si>
+  <si>
+    <t>6890</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6890/ccf_000093.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades_x000D_
+Atendimento_x000D_
+ de regulamentar o horário de Plantão dos funcionários do Pronto Municipal, de acordo com a Lei nº 605/49 e artigo 71 da CLT (doc.anexo).</t>
+  </si>
+  <si>
+    <t>6892</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6892/ccf_000094.pdf</t>
+  </si>
+  <si>
+    <t>Considerando a grande demanda de pacientes que necessitam_x000D_
+de atendimento oftalmológico em nossa cidade, e considerando ainda que as consultas estão_x000D_
+sendo agendadas para o mês de junho, indico ao Senhor Prefeito Municipal que estude as_x000D_
+possibilidades formar uma parceria com o Dr. Rogério Kawai, médico concursado em_x000D_
+nossa cidade, para atender a população inclusive as mais de vinte crianças com estrabismo_x000D_
+de nossa cidade.</t>
+  </si>
+  <si>
+    <t>6879</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6879/ccf_000083.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de elaborar um projeto de lei que conceda auxilio transporte aos funcionários_x000D_
+públicos municipais que residem em outras cidades.</t>
+  </si>
+  <si>
+    <t>6878</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6878/ccf_000082.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de efetuar o pagamento do adicional de insalubridade aos auxiliares de_x000D_
+consultório dentário e aos técnico de enfermagem, pois trabalham constantemente com_x000D_
+material contaminado.</t>
+  </si>
+  <si>
+    <t>6867</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6867/ccf_000080.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências com relação ao transito de veículos nas ruas próximas das escolas:_x000D_
+• Instalar placas de mão única de direção na rua Prudente de Moraes, sentido Centro/Bairro, na quadra da escola EE. Senador Vicente Prado, para melhorar o_x000D_
+fluxo dos ônibus escolares;_x000D_
+Instalar, além da placa proibindo o estacionamento com exceção a carros oficiais, colocar placa Livre nos finais de semana, em frente ao prédio do Centro de Especialidades, para dar mais conforto aos usuários da rua;_x000D_
+Instalar placas proibindo estacionar, no período de entrada e saída de alunos, período da manhã das 7:30 às 8:30, e no período da tarde 16:00 às 17:00 horas, na_x000D_
+rua José Antonio por toda a extensão da faixa amarela da Casa da Criança São José de Itapuí, para que as peruas, vans e ônibus escolares possam entrar e manobrar com tranqüilidade e segurança aos alunos.</t>
+  </si>
+  <si>
+    <t>6858</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6858/ccf_000071.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de incluir no projeto de lei de diretrizes orçamentárias e lei orçamentária_x000D_
+anual para o exercício de 2014, dotações orçamentárias para aquisição dos seguintes_x000D_
+equipamentos:_x000D_
+• Máquina para triturar resíduos de construção civil, abrandando e compactando_x000D_
+materiais sólidos e que precisam ser descartados diminuindo o impacto ambiental e_x000D_
+reduzindo o uso de local de descarte, podendo ainda ser reutilizados em estradas_x000D_
+municipais para compactação de locais escorregadios quando em período de chuvas;_x000D_
+• Máquina para triturar galhos e madeira produzidos na cidade;_x000D_
+Máquina de confecção de brochetes e pranchas de cimento leve, para colocação em_x000D_
+calçadas e ruas com baixo fluxo de veículos pesados, pois além de ser uma_x000D_
+alternativa ecologicamente correta, a mesma absorve a água das chuvas._x000D_
+Finalmente vale considerar que, todas essas máquinas contribuem com o uso de mão de_x000D_
+obra local e seria uma solução caseira e barata para as ruas, cal</t>
+  </si>
+  <si>
+    <t>6859</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6859/ccf_000072.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+calçadas nas ruas_x000D_
+ de mandar instalar bloquetes e determinar que sejam construídas_x000D_
+rua 3, objetivando do_x000D_
+ abrandar_x000D_
+ núcleo habitacional “Cônego Arlindo José Zanotto”, principalmente na_x000D_
+no local. os problemas causados no acesso às novas empresas instaladas</t>
+  </si>
+  <si>
+    <t>6860</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>DENILSON MIGUEL DA SILVA MASSETTO, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6860/ccf_000073.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar rever o serviço de tapa buraco da Avenida do Porto, pois o mesmo foi realizado recentemente e está se deteriorando.</t>
+  </si>
+  <si>
+    <t>6861</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6861/ccf_000074.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor competente que realize a limpeza do terreno localizado ao lado do prédio do antigo Matadouro Municipal, pois o acumulo de entulho e madeira está propiciando a proliferação de insetos. Informo ainda que o proprietário do sítio vizinho se disponibilizou a colaborar com a limpeza.</t>
+  </si>
+  <si>
+    <t>6862</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6862/ccf_000075.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar podar o eucalipto localizado na Avenida Jorge Chammas, pois está muito alto e correndo risco de cair.</t>
+  </si>
+  <si>
+    <t>6852</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6852/ccf_000068.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de notificar os proprietários do imóvel localizado na esquina da_x000D_
+Praça Governador Pedro de Toledo com a rua XV de novembro, para que façam uma_x000D_
+reformar no imóvel que se encontra em péssimo estado de conservação e colocando em_x000D_
+risco a integridade física dos transeuntes que passam pelo local.</t>
+  </si>
+  <si>
+    <t>6855</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, José Roberto Gonçalves Meira, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6855/ccf_000069.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
+Setor Competente que efetue o serviço de tapa buraco na estrada vicinal “Angelo Poli",_x000D_
+com o objetivo de conservá-la antes que volte ao estado lamentável que era antes do recape.</t>
+  </si>
+  <si>
+    <t>6857</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6857/ccf_000070.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as_x000D_
+providências no sentido de mandar passar a maquina Patrol na estrada rural, do bairro_x000D_
+Verônica, no trecho que dá acesso ai sítio do "Neguinho”, pois a mesma está intransitável e_x000D_
+impossibilitando o transporte escolar.</t>
+  </si>
+  <si>
+    <t>6845</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6845/ccf_000063.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de determinar que o Centro de Especialidades fique aberto a partir das 6:00_x000D_
+horas, principalmente agora no inverno, pois a população chega cedo e fica aguardando no_x000D_
+relento.</t>
+  </si>
+  <si>
+    <t>6846</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6846/ccf_000064.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de mandar jogar piçarra na estrada rural que dá acesso ao Sítio_x000D_
+"Sonho Meu", localizado no bairro do "Campinho”, pois está impossível de trafegar.</t>
+  </si>
+  <si>
+    <t>6847</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, José Roberto Gonçalves Meira</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6847/ccf_000065.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as_x000D_
+providências no sentido de mandar construir obstáculos redutores de velocidade na Avenida_x000D_
+do Porto e na rua Luiz Rocchi, em frente ao bar do Gaspar.</t>
+  </si>
+  <si>
+    <t>6850</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6850/ccf_000066.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que providencie a_x000D_
+instalação de proteção na lateral da ponte do córrego "Bica de Pedra", principal rua de_x000D_
+acesso ao bairro Jardim Bica de Pedra.</t>
+  </si>
+  <si>
+    <t>6840</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6840/ccf_000058.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que determine seja realizado a capinação e a limpeza do mato do terreno localizado na rua José Zenatti, próximo ao prédio da Assistência Social do Município.</t>
+  </si>
+  <si>
+    <t>6851</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6851/ccf_000067.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de melhorar a iluminação do Centro de Lazer do Trabalhador_x000D_
+"Cyro Portieri".</t>
+  </si>
+  <si>
+    <t>6841</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6841/ccf_000059.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de mandar passar a maquina patrol, no trecho sem asfalto, da_x000D_
+estrada do bairro "Baririzinho”, pois os moradores estão reclamando do difícil acesso até_x000D_
+suas residências.</t>
+  </si>
+  <si>
+    <t>6843</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6843/ccf_000061.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que_x000D_
+possibilidades de abrir a tabela de referencia em que estão enquadrados os Médicos e_x000D_
+Dentista do Programa Médico da Familia, considerando que os mesmo já completaram três_x000D_
+anos de efetivo serviço e ainda não progrediram._x000D_
+Sala das sessões, 29 de abri</t>
+  </si>
+  <si>
+    <t>6844</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6844/ccf_000062.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de mandar pintar a faixa de pedestre na rua Salma Simão Azar,_x000D_
+altura do número 447, assim como na próxima esquina em frente ao Bar do Balão, como_x000D_
+objetivo de fazer com que os motoristas diminuam a velocidade.</t>
+  </si>
+  <si>
+    <t>6828</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6828/ccf_000048.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal que mande demarcar com tinta_x000D_
+reflexiva, separando pista de trânsito rápido, área para ciclista e pedestres, nas_x000D_
+Avenidas do Porto, Jorge Chamas e Estrada Baririzinho.</t>
+  </si>
+  <si>
+    <t>6808</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6808/ccf_000031.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+possibilidades de incluir na Lei Orçamentária para o exercício de 2014, previsão_x000D_
+orçamentária para aquisição dos seguintes equipamentos para solucionar os problemas de_x000D_
+mobilidade de nossa cidade:_x000D_
+Aquisição de 01 betoneira;_x000D_
+Aquisição de 01 máquina de pequeno porte para desempenar piso;_x000D_
+Aquisição de moldes para confeccionar ladrilhos para calçadas;_x000D_
+Criação de uma frente de trabalho, em conjunto com o Engenheiro do Município,_x000D_
+para construção e colocação de piso padrão nas calçadas, proporcionando_x000D_
+mobilidade em locais sem calçada, diminuindo risco de atropelamentos nas ruas;_x000D_
+Finalmente elaborar um projeto de lei que autorize o parcelamento dos serviços aos_x000D_
+proprietários de imóveis que não possui calçadas junto ao carnê do IPTU.</t>
+  </si>
+  <si>
+    <t>6809</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6809/ccf_000032.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de determinar que as portas do Centro de Especialidades sejam aberta a partir das 6:00 horas da manhã, principalmente no inverno pois a população fica aguardando no frio e na maioria das vezes com crianças de colo e com problemas respiratórios.</t>
+  </si>
+  <si>
+    <t>6810</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6810/ccf_000033.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de mandar melhorar a iluminação da Praça da Igreja São Benedito,_x000D_
+o mais urgente possível pois o local é propício a atos de vandalismo.</t>
+  </si>
+  <si>
+    <t>6806</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6806/ccf_000029.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências no sentido de mandar construir pontos de embarque e desembarque de alunos_x000D_
+nos bairros de nossa cidade, pois as crianças esperam pelo transporte embaixo do sol e da_x000D_
+chuva.</t>
+  </si>
+  <si>
+    <t>6807</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6807/ccf_000030.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
+não é asfaltada,_x000D_
+ de_x000D_
+ na_x000D_
+ mandar construir guia e se for viável sarjeta, considerando que essa rua rua José Castelani, localizada no bairro Jardim Bica de Pedra.</t>
+  </si>
+  <si>
+    <t>6865</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6865/ccf_000078.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas no_x000D_
+sentido de mandar instalar placas de sinalização e com o nome das ruas no bairro Jardim_x000D_
+Bica de Pedra, mais conhecido como "Bairro do Robertão”.</t>
+  </si>
+  <si>
+    <t>6866</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6866/ccf_000079.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que determine ao setor_x000D_
+competente que proceda a instalação de placas proibindo o estacionamento em um dos_x000D_
+lados da rua Floriano Peixoto.</t>
+  </si>
+  <si>
+    <t>6863</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6863/ccf_000076.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
+com o Zelador do Cemitério Municipal “Dona Tinda" para que mantenha o portão de baixo_x000D_
+aberto para facilitar o acesso para os moradores da “Vila São Sebastião”.</t>
+  </si>
+  <si>
+    <t>6864</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6864/ccf_000077.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
+providências nos sentido de mandar rebaixar a guia da sarjeta na rua José Castelani em_x000D_
+frente das garagens das residências, principalmente em frente da casa do Senhor Samuel_x000D_
+Caetano Bezerra pois está com dificuldade em entrar e sair com o carro.</t>
+  </si>
+  <si>
+    <t>6898</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6898/ccf_000100.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de adquirir uniformes refletivos para os lixeiros e demais servidores que trabalham nas ruas de nossa cidade.</t>
+  </si>
+  <si>
     <t>3159</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3159/ccf20052025_0042.pdf</t>
   </si>
   <si>
     <t>possibilidade de mandar_x000D_
 Indico ao Senhor Prefeito Municipal, que estude a_x000D_
  instalar bancos na área verde do bairro “Waldomiro Guarinon", em frente ao bar do Neuzinho, para que a população possa voltar a usufruir do local.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3160/ccf20052025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades_x000D_
 nossa cidade._x000D_
@@ -1785,53 +2557,50 @@
 Maria Rosária".</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3147/ccf20052025_0023.pdf</t>
   </si>
   <si>
     <t>de proibir o estacionamento_x000D_
 Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 pois os motoristas_x000D_
  de veículos em um dos lados da rua Candido Ferreira Dias,_x000D_
 estabelecimentos comerciais._x000D_
  reclamam que está difícil trafegar principalmente onde estão localizados_x000D_
 Sala das sessões, 02 de setembro de 2013.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>171</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3148/ccf20052025_0024.pdf</t>
   </si>
   <si>
     <t>Competente Indico ao Senhor Prefeito Municipal, que determine ao Setor que construa o mais urgente possível obstáculos redutores de velocidade na via de acesso Prefeito Alberto Massoni, no trecho compreendido entre o cruzamento da Avenida Ignez Romanini até a fábrica de Móveis Lindolar.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3145/ccf20052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine a Secretaria Municipal de Meio Ambiente para que entre em contato com o Instituto Estadual do Ambiente -_x000D_
 INEA, órgão da Secretaria de Estado do Ambiente - SEA, ISA Empresa responsável pela viabilidade ee navegação do rio Tiete e ações como retiradas e desobstrução de corredeiras de água, que executem ações de limpeza e desobstrução de vários rios como rio Jaú, rio da Prata em seus_x000D_
 desemboques inclusive o rio Tiete retirando assoreamento, taboas e aguapés, antecedendo as duas pontes da Marambaia e todo ponto necessário no canal do rio Tiete até o ponto em que não esteja assoreado. Também canais dos córregos (Bica de Pedra e Robertão) que atravessam a cidade de tapuí. Inclusive seus desemboque no rio Tiete proximidades da ponte do bairro Baririzinho, até o_x000D_
 canal livre do rio Tiete. No aguardo de um cronograma de limpeza e máquinas necessárias para xecução dos serviços de desassoreamento e rebaixamento da calha dos riachos.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
@@ -3387,84 +4156,320 @@
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando que informe esta Casa de Leis sobre qual foi o destino da “Vaca Mecânica" do Município, e se existe a possibilidade e qual a viabilidade de reativá-la.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3021/ccf19052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se o município possui alguma "máquina compactadora de solo", e onde a mesma se encontra.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3022/ccf19052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Secretário de_x000D_
 Segurança Pública do Estado solicitando providências no sentido de designar um_x000D_
 investigador de polícia para nosso município, considerando o aumento na demanda e a_x000D_
 aposentaria de outro funcionário.</t>
   </si>
   <si>
-    <t>2895</t>
+    <t>6888</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6888/ccf_000091.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado aos membros da Comissão de Pastores Evangélicos e ao Diretor de Cultura de nossa cidade, para que seja marcada uma reunião nesta Casa de Leis objetivando transferir os eventos de Comemoração da Semana do Evangélico para a semana do Aniversário da Cidade, excepcionalmente esse ano em razão da Comemoração do Centenário.</t>
+  </si>
+  <si>
+    <t>6886</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6886/ccf_000089.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado à Mesa da Câmara_x000D_
+Municipal solicitando informações sobre o total gasto durante a participação no 57°_x000D_
+Congresso Estadual dos Municípios.</t>
+  </si>
+  <si>
+    <t>6885</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6885/ccf_000088.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre onde está guardado o alambrado que foi retirado do mini-campo de futebol do núcleo habitacional “Cônego Arlindo José Zanotto".</t>
+  </si>
+  <si>
+    <t>6884</t>
+  </si>
+  <si>
+    <t>VALDIR MAIA, Vandir Donizete Viaro</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6884/ccf_000087.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis, cópia das Notas Fiscais empenhadas e liquidadas durante os exercícios de 2009, 2010, 2011 e 2012 da empresa Itapeças.</t>
+  </si>
+  <si>
+    <t>6910</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6910/ccf_000112.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
+Municipal solicitando informações sobre o prazo inicial e o final da Obra de reforma_x000D_
+recuperação da Praça da Matriz e da Praça Governador Pedro de Toledo.</t>
+  </si>
+  <si>
+    <t>6842</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6842/ccf_000060.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
+Municipal solicitando que encaminhe a esta Casa de Leis a relação e os valores auferidos_x000D_
+aos cargos em comissão, principalmente os de Secretários.</t>
+  </si>
+  <si>
+    <t>6838</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6838/ccf_000057.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
+Municipal solicitando informações se existe alguma fiscalização municipal com relação aos_x000D_
+veículos de transporte escolar no que tange à segurança das crianças, e se os condutores_x000D_
+possuem cursos para prestarem esse serviço.</t>
+  </si>
+  <si>
+    <t>6908</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6908/ccf_000109.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada a Presidente desta Casa,_x000D_
+solicitando a elaboração de um projeto de resolução que dispõe sobre adiantamento de_x000D_
+viagem aos Vereadores.</t>
+  </si>
+  <si>
+    <t>6909</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6909/ccf_000110.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada a Mesa Diretora desta_x000D_
+relação_x000D_
+Casa de_x000D_
+_x000D_
+ Leis, solicitando informações se já foi encaminhado ao Ministério Público а_x000D_
+necessidade_x000D_
+de cargos_x000D_
+ de cada_x000D_
+ em_x000D_
+ um.</t>
+  </si>
+  <si>
+    <t>6837</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6837/ccf_000056.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada a Mesa Diretora desta_x000D_
+Casa de Leis, solicitando informações se já foi encaminhado ao Ministério Público à_x000D_
+relação de cargos em comissão do Município, para que o mesmo avalie a legalidade e a_x000D_
+necessidade de cada um.</t>
+  </si>
+  <si>
+    <t>6836</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6836/ccf_000055.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações sobre quando pretende voltar a andar pelas ruas de_x000D_
+nossa cidade junto com o Vice-Prefeito, como fazia antigamente, para tomar conhecimento_x000D_
+dos problemas da cidade e resolve-los efetivamente._x000D_
+Sala das sessões, 29 de abril de 2013</t>
+  </si>
+  <si>
+    <t>6829</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6829/ccf_000050.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações sobre as razões pela qual foram retirados os bancos da_x000D_
+Pracinha do núcleo habitacional “Waldomiro Guarinon”, próximo do bar do Neuzinho,_x000D_
+considerando que era ponto de encontro dos aposentados daquele bairro e os mesmos estão_x000D_
+reclamando.</t>
+  </si>
+  <si>
+    <t>6825</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6825/ccf_000046.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações sobre qual é o funcionário público municipal_x000D_
+responsável pela fiscalização dos carros de som e propaganda que circulam pelas ruas de_x000D_
+nossa cidade, principalmente se o volume do som é permitido por lei.</t>
+  </si>
+  <si>
+    <t>6827</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6827/ccf_000047.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações sobre quando vai ser realizado o processo licitatório_x000D_
+para contratação da empresa para prestar serviço de transporte escolar, considerando que o_x000D_
+prazo do contrato emergencial está expirando</t>
+  </si>
+  <si>
+    <t>6815</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6815/ccf_000045.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações se já foi firmado convênio com Neuropediatra,_x000D_
+considerando a grande demanda de crianças e adolescentes em tratamento em nossa cidade.</t>
+  </si>
+  <si>
+    <t>6818</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6818/ccf_000043.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal que encaminhe a esta Casa de Leis a relação completa de todos os remédios que_x000D_
+estão disponíveis na rede pública de saúde. Solicito ainda que a mesma lista seja afixada_x000D_
+nos consultórios médicos da cidade, pois a demanda de pedidos de ajuda para comprar os_x000D_
+medicamentos prescritos pelos médicos tem sido muito grande.</t>
+  </si>
+  <si>
+    <t>6817</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6817/ccf_000044.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Secretário de Obras_x000D_
+do Município solicitando informações sobre onde estão guardados os bloquetes que foram_x000D_
+retirados da Avenida Comendador José Maria de Almeida Prado, e que informe esta Casa_x000D_
+se os mesmos podem ser reutilizados.</t>
+  </si>
+  <si>
+    <t>6821</t>
+  </si>
+  <si>
+    <t>José Roberto Gonçalves Meira, VALDIR MAIA</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6821/ccf_000041.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a casa seja oficiada ao Senhor Prefeito_x000D_
+Municipal solicitando informações se os recursos que serão repassados pela Secretaria do_x000D_
+Planejamento e Economia do Estado de São Paulo, no valor de 300 mil reais, serão também_x000D_
+utilizados para obras de construção de galerias e rede de esgoto da Vila Antonio Cairrão até_x000D_
+o Jardim Alvorada, captando dessa forma toda água que é despejada no córrego e que acaba_x000D_
+inundando as residências das ruas próximas.</t>
+  </si>
+  <si>
+    <t>6819</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2895/ccf14052025_0030.pdf</t>
-[...26 lines deleted...]
-Deputado Federal Nelson Marquezeli, o qual solicita a disponibilização de um microônibus para a entidade.</t>
+    <t>DENILSON MIGUEL DA SILVA MASSETTO, VALDIR MAIA</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6819/ccf_000042.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
+solicitando mudança de referências para os enfermeiros, dentistas, assistentes_x000D_
+sociais, professores, engenheiros e outros que não tiveram a referida mudança.</t>
+  </si>
+  <si>
+    <t>6823</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6823/ccf_000039.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
+solicitando informações sobre qual a atual situação do terreno onde está_x000D_
+instalada a Associação Hípica de nossa cidade.</t>
+  </si>
+  <si>
+    <t>6822</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6822/ccf_000040.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa, seja oficiado ao Senhor Prefeito Municipal_x000D_
+solicitando que encaminhe a Câmara Municipal de Itapuí cópia do contrato de_x000D_
+prestação de serviços com a empresa que faz a limpeza das ruas de nossa_x000D_
+cidade, informando qual o valor mensal, qual o custo de cada funcionário, de_x000D_
+quem é a responsabilidade com relação aos encargos trabalhistas.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2899/ccf14052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado às Entidades_x000D_
 Filantrópicas de nossa cidade solicitando informações se já foram tomadas as devidas_x000D_
 providências no sentido de disponibilizar o Portal da Transparência para população_x000D_
 conforme dispõe a legislação em vigor.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2898/ccf14052025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiada a ANATEL-AGÊNCIA_x000D_
 NACIONAL DE TELECOMUNICAÇÕES solicitando providências no sentido que seja_x000D_
 realizada uma medição do índice de radiação emitido pelas Torres de Celular que estão_x000D_
 instaladas em nossa cidade, considerando que a maioria delas é próxima de residências e_x000D_
 tem havido um alto índice de pessoas com doenças.</t>
@@ -3623,699 +4628,579 @@
   <si>
     <t>Requeiro, ouvida a casa seja oficiado à Secretária de_x000D_
 Educação do Município se está sendo divulgado nas Escolas Públicas Municipais o_x000D_
 Programa do Governo "Senador Jovem Brasileiro- 6° Concurso de Redação do Senado_x000D_
 Federal para o Jovem Senador 2013, visando incentivar o interesse das crianças e os jovens_x000D_
 pela política brasileira.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2880/ccf14052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis a relação dos membros do_x000D_
 Conselho Municipal de Saúde, se os mesmo são qualificados e se estão de acordo com as_x000D_
 normas do Conselho como representante municipal. Na mesma ocasião, solicito que seja_x000D_
 encaminhado cópia das últimas Atas das reuniões realizadas, para que seja verificada se as_x000D_
 metas da saúde em conformidade com a legislação federal exige.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>José Roberto Gonçalves Meira, VALDIR MAIA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2879/ccf14052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Responsável pelo_x000D_
 Cartório de Registro de Notas de nossa cidade, solicitando informações sobre a_x000D_
 possibilidade de alterar o horário de funcionamento para tornar o serviço mais acessível aos_x000D_
 cidadãos que trabalham.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2890/ccf14052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Governador do_x000D_
 Estado de São Paulo, Digníssimo Senhor Geraldo Alckmin, solicitando os valiosos_x000D_
 préstimos no sentido de disponibilizar recursos para obras de recape da via de acesso_x000D_
 "Prefeito Alberto Massoni".</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>69</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2892/ccf14052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Diretor da Empresa_x000D_
 Auto- Ônibus Macacari solicitando informações se existe a possibilidade de isentar os_x000D_
 idosos e aposentados de pagar a passagem de ônibus.</t>
   </si>
   <si>
     <t>2891</t>
-  </si>
-[...1 lines deleted...]
-    <t>70</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2891/ccf14052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Diretor de Higiene e_x000D_
 Saúde do Município solicitando informações se existe a possibilidade de informatizar a_x000D_
 prescrição de remédios aos pacientes de nossa cidade, com o objetivo de facilitar o_x000D_
 entendimento pelos farmacêuticos.</t>
   </si>
   <si>
     <t>2882</t>
-  </si>
-[...1 lines deleted...]
-    <t>71</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2882/ccf14052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Sargento da Policia Militar_x000D_
 escolar_x000D_
 _x000D_
 _x000D_
 de_x000D_
 em_x000D_
  Itapuí para que intensifique a fiscalização dos veículos que fazem o transporte_x000D_
 transportada_x000D_
  nossa cidade, pois a população tem reclamado que as crianças vêm sendo em pé devido à super lotação</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>72</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2888/ccf14052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis cópia dos contratos firmados com_x000D_
 as operadoras de celular para instalação de torres em nossa cidade, principalmente do_x000D_
 ultimo firmado no exercício anterior. Solicito ainda, que informe se a doação da_x000D_
 ambulância foi efetivada pela operadora.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>73</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2883/ccf14052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado a Secretária de Educação do_x000D_
 Município solicitando que seja agendada uma reunião nesta Casa de Leis, para discutir assuntos_x000D_
 referentes ao transporte escolar para as cidades da região, principalmente no que se refere ao_x000D_
 reembolso dos valores pagos pelos alunos.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>74</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2887/ccf14052025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre quando pretende resolver a questão da deficiência_x000D_
 no atendimento Médico- Pediatra, pois a população esta reclamando da falta de_x000D_
 atendimento.</t>
   </si>
   <si>
     <t>2886</t>
-  </si>
-[...1 lines deleted...]
-    <t>75</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2886/ccf14052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 autorizando o tombamento_x000D_
  informações se existe a possibilidade de elaborar um Projeto de Lei_x000D_
 do imóvel localizado_x000D_
  histórico e cultural, de acordo com o artigo 23, inciso III da CF,_x000D_
 novembro, para_x000D_
  na esquina da Praça Governador Pedro de Toledo com a rua XV de do mesmo._x000D_
  que posteriormente possa reivindicar recursos para reforma e preservação</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>76</t>
-[...1 lines deleted...]
-  <si>
     <t>Luiz Pignatti, VALDIR MAIA</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2885/ccf14052025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações se existe a possibilidades de doar um terreno do Distrito_x000D_
 Industrial II ao Empresário Jair Passareli, observando os terrenos que já foram doados e não_x000D_
 cumprida a exigência legal. Enquanto isso, que conceda autorização para que o mesmo_x000D_
 permaneça com suas atividades no terreno localizado no bairro Jardim Maria Rosária.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>77</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2884/ccf14052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando para que entre em contato com o CDHU, com o objetivo de_x000D_
 regularizar as escrituras do núcleo habitacional "Jardim Alvorada".</t>
   </si>
   <si>
     <t>2889</t>
-  </si>
-[...1 lines deleted...]
-    <t>78</t>
   </si>
   <si>
     <t>Luiz Pignatti, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2889/ccf14052025_0024.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados requerem, ouvido o Douto Plenário, seja instalada_x000D_
 Comissão Especial de Inquérito para apurar utilização das verbas públicas recebidas pelo_x000D_
 Município de Itapuí através de convênios com a União e o Governo do Estado de São Paulo,_x000D_
 entre os anos de 2005 e 2012, bem como eventual destinação dada às mesmas._x000D_
 Referida Comissão Especial contará com a participação de 3 (Três) membros, com_x000D_
 prazo de duração de 90 (noventa) dias, tudo como previsto no artigo 37 da Lei Orgânica do_x000D_
 Município de Itapuí e no artigo 22 e seguintes do Regimento Interno da Câmara Municipal de_x000D_
 Itapuí.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>79</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3178/ccf20052025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis cópia de todos os contratos_x000D_
 firmados com as Operadoras de Celular.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>80</t>
-[...1 lines deleted...]
-  <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3176/ccf20052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre quando pretende liquidar os valores devidos aos_x000D_
 servidores o Programa Saúde Bucal, referente aos meses de novembro e dezembro de 2013.</t>
   </si>
   <si>
     <t>3177</t>
-  </si>
-[...1 lines deleted...]
-    <t>81</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3177/ccf20052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis cópia do Convênio "Espaço_x000D_
 Amigo", bem como a relação de todos os pagamentos efetuados com os recursos desse_x000D_
 programa.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>82</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3175/ccf20052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de elaborar um projeto de tornando de utilidade pública a Associação "Eco Vidas", considerando a importância dessa entidade e a regularidade comprovada pela documentação em anexo.</t>
   </si>
   <si>
     <t>3128</t>
-  </si>
-[...1 lines deleted...]
-    <t>83</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3128/ccf20052025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado a ANEEL- Agencia_x000D_
 Nacional de Energia Elétrica solicitando que se faça uma avaliação na rede de distribuição_x000D_
 de energia do bairro do Pichelli, pois a incidências que equipamentos eletrônicos que_x000D_
 queima é muito alta.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>84</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3202/ccf21052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações se existe a possibilidade de nomear vigias para trabalhar_x000D_
 na Praça da Matriz, para fiscalizar o trafego de bicicletas na Praça da Matriz para que a_x000D_
 população possa fazer caminhadas tranquilamente.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>85</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3200/ccf21052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre se existe pretensão em formalizar o Convênio_x000D_
 com o Projeto Guri novamente, pois esse projeto é de grande importância para os jovens de_x000D_
 nossa cidade.</t>
   </si>
   <si>
     <t>3201</t>
-  </si>
-[...1 lines deleted...]
-    <t>86</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Vandir Donizete Viaro</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3201/ccf21052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 para construção_x000D_
  solicitando_x000D_
  de casas_x000D_
  informações sobre quando pretende desapropriar uma área de terras populares.</t>
   </si>
   <si>
     <t>3198</t>
-  </si>
-[...1 lines deleted...]
-    <t>87</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3198/ccf21052025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Rocchi, esquina_x000D_
 solicitando_x000D_
  com_x000D_
  informações se existe a possibilidade de construir na rua Luiz_x000D_
 lobo ou_x000D_
  a rua José Abraão Azer um método de escoamento de água( boca de_x000D_
 pouco desnível,_x000D_
  canaleta), pois se tratando de ser esquina e as guias da rua Luiz Rocchi serem de_x000D_
 sendo que os mesmos_x000D_
  há acumulo_x000D_
  descem_x000D_
  de água e outros detritos ( terra, pedra, dentre outras sujeiras), pela rua José Abraão Azer._x000D_
 não escoa_x000D_
 O Problema é ainda mais grave quando chove, por que a água_x000D_
 já está comprometido_x000D_
  só pela guia,_x000D_
  com_x000D_
  indo_x000D_
  muitas_x000D_
  parar no meio do asfalto danificando ainda mais o mesmo, que rachaduras._x000D_
 também as_x000D_
 Esse problema vai além dos proprietários do local, atingindo inúmeras pessoas que passam por este local.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>88</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3199/ccf21052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de entrar em contato com o_x000D_
 Senhor FEIJÃO, com o objetivo de notificá-lo sobre as reclamações sobre o_x000D_
 armazenamento de combustível no terreno do Distrito Industrial, pois é perigoso e nessa época do ano pois os moradores põe fogo no mato.</t>
   </si>
   <si>
     <t>3196</t>
-  </si>
-[...1 lines deleted...]
-    <t>89</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3196/ccf21052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis cópia das Notas Fiscais_x000D_
 empenhadas e pagas até a presente data, da empresa que faz o transporte escolar e da_x000D_
 merenda em nossa cidade.</t>
   </si>
   <si>
     <t>3197</t>
-  </si>
-[...1 lines deleted...]
-    <t>90</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3197/ccf21052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações se existe a possibilidade de realizar uma fiscalizar nos_x000D_
 terrenos do Distrito Industrial II, averiguando se os prazos para construção estão de acordo_x000D_
 com a legislação municipal. Solicitamos ainda, que efetue a retomada dos terrenos sem_x000D_
 benfeitorias e que os mesmos sejam doados a outros empresários.</t>
   </si>
   <si>
     <t>3195</t>
-  </si>
-[...1 lines deleted...]
-    <t>91</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3195/ccf21052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do processo licitatório para_x000D_
 contratação da empresa que perfurou o poço semi-artesiano na entrada da cidade, no_x000D_
 mandato anterior. Ainda neste, solicito cópia da Nota Fiscal e do empenho referente ao serviço._x000D_
 Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do processo licitatório para_x000D_
 contratação da empresa que perfurou o poço semi-artesiano na entrada da cidade, no_x000D_
 mandato anterior. Ainda neste, solicito cópia da Nota Fiscal e do empenho referente ao serviço.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>92</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3194/ccf21052025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando serão retomadas as obras de recape da Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>3192</t>
-  </si>
-[...1 lines deleted...]
-    <t>93</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3192/ccf21052025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 alambrado do mini-_x000D_
  informações sobre quais providências serão tomadas com relação ao_x000D_
 Zanotto", considerando_x000D_
  campo de futebol do núcleo habitacional "Cônego Arlindo José que já se passaram alguns dias da resposta encaminhada través do ofício nº 169/2013-PM.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>94</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3193/ccf21052025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando serão entregues as apostilas aos alunos da rede municipal de ensino, pois os pais estão questionando a demora.</t>
   </si>
   <si>
     <t>3191</t>
-  </si>
-[...1 lines deleted...]
-    <t>95</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3191/ccf21052025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se o mesmo tem conhecimento da forma com que vem_x000D_
 estão_x000D_
 sendo_x000D_
  sendo_x000D_
  realizada a poda das árvores de nossa cidade. Ocorre que, recebi reclamações de que realizadas podas drásticas e todos sabem que isso é muito prejudicial à planta. Afirmam que esse procedimento está sendo realizado dessa forma para obter um lucro maior com a venda da madeira, o que revolta ainda mais a_x000D_
 população._x000D_
 com_x000D_
 Finalmente, solicito a Vossa Excelência que entre em contato o Setor de Obras e de Meio Ambiente do Município para que oriente a maneira correta de realizar o serviço.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>96</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3190/ccf21052025_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Gerente Regional do_x000D_
 D.E.R- Departamento de Estradas e Rodagens e ao Digníssimo Governador do Estado_x000D_
 solicitando providências no sentido de disponibilizar recursos para o recape da Via de_x000D_
 Acesso "Prefeito Alberto Massoni", considerando a incidência de acidentes em função do_x000D_
 estado precário do leito viário.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>97</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3140/ccf20052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Gerente da Agencia_x000D_
 do Banco do Brasil, solicitando informações sobre quando é a previsão para a instalação_x000D_
 dos caixas eletrônicos, pois o serviço está demorando e a população reclamando da demora_x000D_
 o atendimento.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>98</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3138/ccf20052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Diretor da Empresa_x000D_
 de Açúcar e Álcool- RAISEN, solicitando providências com relação ao mau cheiro que_x000D_
 invade nossa cidade em razão do insumo que está sendo usado para o plantio</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3139/ccf20052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis a relação de todos os convênios_x000D_
 firmados nos exercícios de 2011 e 2012, classificando-os em concluídos ou não.</t>
   </si>
   <si>
     <t>3137</t>
-  </si>
-[...1 lines deleted...]
-    <t>100</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3137/ccf20052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis a relação dos cargos em comissão_x000D_
 do Município relacionando as atribuições de cada um, principalmente do Senhor Jesus_x000D_
 Jocelim Curtolo.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>101</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3136/ccf20052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando que encaminhe a esta Casa de Leis cópia do mapa do bairro núcleo_x000D_
 habitacional “Irmãos Fraceschi", destacando as áreas verdes e institucionais do bairro.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>102</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3135/ccf20052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre quais foram os critérios utilizados para indicação_x000D_
 dos munícipes que participaram do processo seletivo para trabalhar no Banco do Povo.</t>
   </si>
   <si>
     <t>3134</t>
-  </si>
-[...1 lines deleted...]
-    <t>103</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3134/ccf20052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 água nas residências_x000D_
  informações sobre quando pretende resolver o problema da falta de_x000D_
 Fraceschi". próximas do reservatório de água do núcleo habitacional "Irmãos</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>104</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3133/ccf20052025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre quais serão as atribuições do novo Secretário de_x000D_
 Obras contratado pelo Município.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>105</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3132/ccf20052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Senhor Prefeito_x000D_
 Municipal solicitando informações sobre qual é o destino dos valores recolhidos a título de_x000D_
 taxa de embarque de passageiros, pois a Rodoviária esta uma sujeira.</t>
   </si>
   <si>
     <t>3205</t>
-  </si>
-[...1 lines deleted...]
-    <t>106</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3205/ccf21052025_0036.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, integrantes da Comissão Especial de_x000D_
 Inquérito 02/2013, aprovada através do Requerimento 78/2013,_x000D_
 CONSIDERANDO que os trabalhos ainda não foram concluídos pois os_x000D_
 ofícios encaminhados à Prefeitura Municipal de Itapuí e ao ERPLAN ainda não_x000D_
 foram respondidos;_x000D_
 CONSIDERANDO que o prazo fixado para término dos trabalhos desta_x000D_
 Comissão se encerra em 16 de setembro próximo;_x000D_
 Requerem, ouvido o Douto Plenário, seja autorizada a prorrogação do prazo_x000D_
 para conclusão dos trabalhos desta Comissão, por mais 60 (sessenta) dias, ou seja,_x000D_
 de 17 de setembro de 2013 a 13 de novembro de 2013, a fim de se apurar a_x000D_
 utilização das verbas públicas recebidos pelo Município de Itapuí através de_x000D_
 convênios com a União e o Governo do Estado de São Paulo, entre os anos de 2005_x000D_
 a 2012, bem como a eventual destinação dada às mesmas._x000D_
 SALA DAS SESSÕES, 16 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>107</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3204/ccf21052025_0036.pdf</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3203/ccf21052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Governador do_x000D_
 Estado e ao Gerente Regional do D.E.R- Departamento de Estradas e Rodagens, solicitando_x000D_
 os valiosos préstimos no sentido de disponibilizar recursos para obras de recape da via de_x000D_
 acesso "Prefeito Alberto Massoni".</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3213/ccf21052025_0033.pdf</t>
@@ -4575,53 +5460,50 @@
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2914/ccf15052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa seja oficiado ao Ministério da Pesca,_x000D_
 na pessoa do Senhor Ministro Marcelo Crivela, no sentido de adquirir e enviar uma_x000D_
 patrulha mecanizada composta por escavadeira hidráulica, trator esteira, maquinas de_x000D_
 construção de telas e tanques rede, do programa de apoio ao desenvolvimento da cadeia_x000D_
 produtiva para agricultura e piscicultura familiar, visto a necessidades do Sindicato dos_x000D_
 Trabalhadores rurais de Itapuí considerando o aumento do número de pescadores que_x000D_
 utilizam essa atividade para o sustento de suas famílias._x000D_
 Ocorre que, com a mecanização total predominante da monocultura da cana de_x000D_
 açúcar e previsão de ociosidade na mão de obra e impactos que podemos sofrer em futuro_x000D_
 próximo, e com pontos positivos de recuperação de mananciais e matas ciliares em toda_x000D_
 a extensão e proximidades de Córregos de nossa cidade,do rio Tiête (proximidades do_x000D_
 Angical), rio Jau e rio da Prata que em nosso município estão totalmente despoluídos e_x000D_
 aptos a proporcionar a socialização</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>VALDIR MAIA, Vandir Donizete Viaro</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2913/ccf15052025_0014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e observadas as disposições legais, seja oficiado ao Sr. Prefeito Municipal solicitando providências quanto a Rua Sebastião F. Dias no Bairro Padre Arlindo, pois com as chuvas a enxurrada traz lama, galhos e pedra até a frente da residência dos moradores.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3066/ccf19052025_0034.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e dispensadas as formalidades_x000D_
 legais, seja oficiado ao Senhor Prefeito Municipal e a Procuradoria Jurídica da Prefeitura_x000D_
 Municipal a fim de que tomem as providências no sentido de requerer a reintegração de_x000D_
 posse dos lotes industriais doados e cuja finalidade foi desviada - Distrito Industrial II.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>130</t>
@@ -4687,53 +5569,50 @@
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3096/ccf20052025_0017.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e dispensadas às formalidades legais e regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de determinar que o Estádio Municipal "José Miraglia", permaneça aberto durante o horário de verão para que a população possa fazer caminhadas, indicando a presença de um Professor de Educação Física do Município para orientar a população com relação aos exercícios físicos.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3095/ccf20052025_0016.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e dispensadas às formalidades_x000D_
 legais e regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe_x000D_
 a esta Casa de Leis informações se a reforma do PSF- Dr. Geraldo Paulin está sendo_x000D_
 realizada com recursos próprios do município, bem como que seja encaminhado à cópia do_x000D_
 contrato com a empresa que está executando o serviço e o valor total para ser concluída.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3094/ccf20052025_0015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e dispensadas às formalidades legais e regimentais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a_x000D_
 comprovem_x000D_
  esta Casa de Leis informações sobre a titularidade e cópia dos demais documentos que a posse do Centro Comunitário do núcleo habitacional “Irmãos Franceschi".</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3093/ccf20052025_0014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ouvida a Casa e dispensadas às formalidades_x000D_
 a esta Casa de Leis_x000D_
 seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe_x000D_
 durante a Festa do Peão,_x000D_
  os valores que foram arrecadados e repassados para as Entidades bem como quais entidades foram beneficiadas.</t>
   </si>
   <si>
     <t>3092</t>
@@ -5111,50 +5990,74 @@
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2945/ccf16052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 Padovani._x000D_
  em ata votos de profundo pesar pelo falecimento do Senhor José Geraldo_x000D_
 sentimentos._x000D_
 Oportunidade na qual externamos aos familiares nossos mais sinceros_x000D_
 S</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3014/ccf19052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com os Proprietários_x000D_
 da Camisaria Jovel, pela inauguração de mais uma loja no "Shopping Boulevard" de Bauru.</t>
+  </si>
+  <si>
+    <t>6893</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6893/ccf_000095.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com os proprietários_x000D_
+do Supermercado do Nena, Papelaria New Star, Souza e Cia, Junior Souza e esposa pela_x000D_
+doação de 73 ovos de páscoa para os alunos da APAE Renascer de Itapuí.</t>
+  </si>
+  <si>
+    <t>6887</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6887/ccf_000090.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
+seja consignado em ata votos de congratulações e agradecimentos para com o Pastor_x000D_
+Marcos pela inauguração da Igreja “Brasil para Cristo", bem como para os demais Pastores_x000D_
+que estavam presentes no evento.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2864/ccf13052025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Dr. Fredson_x000D_
 de Paula e Silva pelo excelente trabalho realizado enquanto esteve como Diretor de Higiene_x000D_
 e Saúde do Município.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2896/ccf14052025_0031.pdf</t>
   </si>
   <si>
     <t>ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com os proprietários_x000D_
 do Supermercado Irmãos Canela, Supermercado do Nena, Supermercado Lenharo,_x000D_
 Supermercado São João, Senhor Enerid Nakid, Senhora Delza Morozini e Senhor Eduardo_x000D_
 Rota pela colaboração na confecção de pizzas que foram vendidas pelo Hospital e_x000D_
@@ -5667,65 +6570,65 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2859/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3214/ccf21052025_0025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2937/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3051/ccf19052025_0019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2910/ccf15052025_0011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2908/ccf15052025_0008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3188/ccf20052025_0065.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3183/ccf20052025_0058.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3181/ccf20052025_0056.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3182/ccf20052025_0057.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3131/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3184/ccf20052025_0059.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3001/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2974/ccf16052025_0036.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3004/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3026/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3027/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3028/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3029/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3030/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3031/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3065/ccf19052025_0033.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2868/ccf14052025_0003.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2869/ccf14052025_0004.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2870/ccf14052025_0005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2871/ccf14052025_0006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2872/ccf14052025_0007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/5627/ccf30072025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2867/ccf14052025_0002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2865/ccf14052025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3127/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2866/ccf14052025_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3126/ccf20052025_0002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3124/ccf20052025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/5628/ccf30072025_0001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3185/ccf20052025_0060.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3186/ccf20052025_0061.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3078/ccf19052025_0047.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3080/ccf20052025_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3052/ccf19052025_0020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2907/ccf15052025_0007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2909/ccf15052025_0010.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2905/ccf15052025_0002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2906/ccf15052025_0003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2903/ccf15052025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2904/ccf15052025_0001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3053/ccf19052025_0021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3000/ccf16052025_0014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2999/ccf16052025_0013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2998/ccf16052025_0012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2997/ccf16052025_0011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2996/ccf16052025_0010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2995/ccf16052025_0009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2994/ccf16052025_0008.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2993/ccf16052025_0007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2992/ccf16052025_0006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2991/ccf16052025_0005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2990/ccf16052025_0004.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2989/ccf16052025_0003.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2988/ccf16052025_0002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2986/ccf16052025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2987/ccf16052025_0001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2972/ccf16052025_0034.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2971/ccf16052025_0033.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2970/ccf16052025_0032.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2969/ccf16052025_0031.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2968/ccf16052025_0030.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2967/ccf16052025_0029.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2965/ccf16052025_0027.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2966/ccf16052025_0028.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2964/ccf16052025_0026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2963/ccf16052025_0025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2962/ccf16052025_0024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2960/ccf16052025_0022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2961/ccf16052025_0023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2959/ccf16052025_0021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2958/ccf16052025_0020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2957/ccf16052025_0019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2955/ccf16052025_0017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2956/ccf16052025_0018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2954/ccf16052025_0016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2953/ccf16052025_0015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2952/ccf16052025_0014.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2951/ccf16052025_0013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2950/ccf16052025_0012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2949/ccf16052025_0011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2948/ccf16052025_0010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3025/ccf19052025_0021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3003/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3005/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3006/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3007/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3008/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3009/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3010/ccf19052025_0006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3011/ccf19052025_0007.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3012/ccf19052025_0008.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3013/ccf19052025_0009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3159/ccf20052025_0042.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3160/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3158/ccf20052025_0041.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3155/ccf20052025_0038.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3157/ccf20052025_0040.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3156/ccf20052025_0039.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3154/ccf20052025_0037.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3153/ccf20052025_0036.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3125/ccf20052025_0001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3223/ccf21052025_0020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3222/ccf21052025_0019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3221/ccf21052025_0018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3220/ccf21052025_0017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3218/ccf21052025_0015.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3219/ccf21052025_0016.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3217/ccf21052025_0014.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3187/ccf20052025_0064.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3173/ccf20052025_0063.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3174/ccf20052025_0062.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3149/ccf20052025_0025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3150/ccf20052025_0026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3151/ccf20052025_0027.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3152/ccf20052025_0028.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3147/ccf20052025_0023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3148/ccf20052025_0024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3145/ccf20052025_0021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3146/ccf20052025_0022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3143/ccf20052025_0019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3144/ccf20052025_0020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3141/ccf20052025_0017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3142/ccf20052025_0018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3172/ccf20052025_0055.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3171/ccf20052025_0054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3170/ccf20052025_0053.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3169/ccf20052025_0052.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3168/ccf20052025_0051.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3167/ccf20052025_0050.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3165/ccf20052025_0048.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3166/ccf20052025_0049.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3164/ccf20052025_0047.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3163/ccf20052025_0046.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3162/ccf20052025_0045.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3161/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3129/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3130/ccf20052025_0006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3227/ccf21052025_0024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3226/ccf21052025_0023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3225/ccf21052025_0022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3224/ccf21052025_0021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2926/ccf15052025_0027.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2927/ccf15052025_0028.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2928/ccf15052025_0029.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2929/ccf15052025_0030.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2930/ccf15052025_0031.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2931/ccf15052025_0032.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2932/ccf15052025_0033.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2933/ccf15052025_0034.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2934/ccf15052025_0035.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3077/ccf19052025_0046.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3075/ccf19052025_0044.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3076/ccf19052025_0045.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3074/ccf19052025_0043.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3073/ccf19052025_0042.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3072/ccf19052025_0041.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3071/ccf19052025_0040.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3070/ccf19052025_0039.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3069/ccf19052025_0038.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3068/ccf19052025_0037.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3064/ccf19052025_0032.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3063/ccf19052025_0031.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3061/ccf19052025_0029.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3062/ccf19052025_0030.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3060/ccf19052025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3059/ccf19052025_0027.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3058/ccf19052025_0026.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3057/ccf19052025_0025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3056/ccf19052025_0024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3055/ccf19052025_0023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3054/ccf19052025_0022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3099/ccf20052025_0020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3050/ccf19052025_0018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3049/ccf19052025_0017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3048/ccf19052025_0016.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3047/ccf19052025_0015.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3046/ccf19052025_0014.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3045/ccf19052025_0013.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3044/ccf19052025_0012.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3043/ccf19052025_0011.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3042/ccf19052025_0010.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3041/ccf19052025_0009.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3040/ccf19052025_0008.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3039/ccf19052025_0007.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3038/ccf19052025_0006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3037/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3036/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3123/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3122/ccf20052025_0043.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3121/ccf20052025_0042.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3120/ccf20052025_0041.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3119/ccf20052025_0040.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3118/ccf20052025_0039.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3117/ccf20052025_0038.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3115/ccf20052025_0036.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3116/ccf20052025_0037.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3114/ccf20052025_0035.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3113/ccf20052025_0034.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3112/ccf20052025_0033.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2985/ccf16052025_0047.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2983/ccf16052025_0045.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2984/ccf16052025_0046.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2982/ccf16052025_0044.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2980/ccf16052025_0042.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2981/ccf16052025_0043.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2979/ccf16052025_0041.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2978/ccf16052025_0040.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2977/ccf16052025_0039.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2976/ccf16052025_0038.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2975/ccf16052025_0037.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2944/ccf16052025_0006.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2943/ccf16052025_0005.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2942/ccf16052025_0004.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2941/ccf16052025_0003.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2940/ccf16052025_0002.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2939/ccf16052025_0001.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2938/ccf16052025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3023/ccf19052025_0019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3024/ccf19052025_0020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3015/ccf19052025_0011.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3016/ccf19052025_0012.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3017/ccf19052025_0013.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3018/ccf19052025_0014.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3019/ccf19052025_0015.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3020/ccf19052025_0016.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3021/ccf19052025_0017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3022/ccf19052025_0018.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2895/ccf14052025_0030.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2894/ccf14052025_0029.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2893/ccf14052025_0028.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2899/ccf14052025_0034.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2898/ccf14052025_0033.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2897/ccf14052025_0032.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2901/ccf14052025_0036.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2900/ccf14052025_0035.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2902/ccf14052025_0037.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2878/ccf14052025_0013.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2877/ccf14052025_0012.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2876/ccf14052025_0011.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2875/ccf14052025_0010.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2874/ccf14052025_0009.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2873/ccf14052025_0008.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2881/ccf14052025_0016.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2880/ccf14052025_0015.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2879/ccf14052025_0014.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2890/ccf14052025_0025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2892/ccf14052025_0027.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2891/ccf14052025_0026.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2882/ccf14052025_0017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2888/ccf14052025_0023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2883/ccf14052025_0018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2887/ccf14052025_0022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2886/ccf14052025_0021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2885/ccf14052025_0020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2884/ccf14052025_0019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2889/ccf14052025_0024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3178/ccf20052025_0032.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3176/ccf20052025_0030.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3177/ccf20052025_0031.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3175/ccf20052025_0029.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3128/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3202/ccf21052025_0013.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3200/ccf21052025_0011.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3201/ccf21052025_0012.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3198/ccf21052025_0009.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3199/ccf21052025_0010.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3196/ccf21052025_0007.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3197/ccf21052025_0008.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3195/ccf21052025_0006.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3194/ccf21052025_0005.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3192/ccf21052025_0003.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3193/ccf21052025_0004.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3191/ccf21052025_0002.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3190/ccf21052025_0001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3140/ccf20052025_0016.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3138/ccf20052025_0014.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3139/ccf20052025_0015.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3137/ccf20052025_0013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3136/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3135/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3134/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3133/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3132/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3205/ccf21052025_0036.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3204/ccf21052025_0036.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3203/ccf21052025_0034.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3213/ccf21052025_0033.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3212/ccf21052025_0032.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3211/ccf21052025_0031.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3210/ccf21052025_0030.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3209/ccf21052025_0029.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3208/ccf21052025_0028.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3215/ccf21052025_0026.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2922/ccf15052025_0023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2923/ccf15052025_0024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2924/ccf15052025_0025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2925/ccf15052025_0026.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2919/ccf15052025_0020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2920/ccf15052025_0021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2921/ccf15052025_0022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2917/ccf15052025_0018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2918/ccf15052025_0019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2915/ccf15052025_0016.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2916/ccf15052025_0017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2914/ccf15052025_0015.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2913/ccf15052025_0014.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3066/ccf19052025_0034.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3100/ccf20052025_0021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3098/ccf20052025_0019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3097/ccf20052025_0018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3096/ccf20052025_0017.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3095/ccf20052025_0016.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3094/ccf20052025_0015.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3093/ccf20052025_0014.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3092/ccf20052025_0013.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3091/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3090/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3089/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3087/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3088/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3086/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3085/ccf20052025_0006.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3084/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3083/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3081/ccf20052025_0002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3082/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3110/ccf20052025_0031.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3109/ccf20052025_0030.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3108/ccf20052025_0029.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3107/ccf20052025_0028.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3106/ccf20052025_0027.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3105/ccf20052025_0026.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3104/ccf20052025_0025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3103/ccf20052025_0024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3102/ccf20052025_0023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3101/ccf20052025_0022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2912/ccf15052025_0013.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2911/ccf15052025_0012.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2973/ccf16052025_0035.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2947/ccf16052025_0009.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2946/ccf16052025_0008.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2945/ccf16052025_0007.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3014/ccf19052025_0010.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2864/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2896/ccf14052025_0031.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3180/ccf20052025_0034.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3179/ccf20052025_0033.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3207/ccf21052025_0038.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3216/ccf21052025_0027.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3206/ccf21052025_0037.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2935/ccf15052025_0036.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2936/ccf15052025_0037.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3067/ccf19052025_0036.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3035/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3034/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3033/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3111/ccf20052025_0032.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3032/ccf19052025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6824/ccf_000038.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2859/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6832/ccf_000052.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3214/ccf21052025_0025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2937/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3051/ccf19052025_0019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2910/ccf15052025_0011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2908/ccf15052025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6905/ccf_000106.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6907/ccf_000108.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6906/ccf_000107.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3188/ccf20052025_0065.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3183/ccf20052025_0058.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3181/ccf20052025_0056.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3182/ccf20052025_0057.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6904/ccf_000105.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3131/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3184/ccf20052025_0059.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3001/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2974/ccf16052025_0036.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3004/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3026/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3027/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3028/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3029/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3030/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3031/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3065/ccf19052025_0033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6903/ccf_000104.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6830/ccf_000051.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6902/ccf_000103.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6901/ccf_000102.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2868/ccf14052025_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6833/ccf_000053.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2869/ccf14052025_0004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6883/ccf_000086.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6881/ccf_000085.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6880/ccf_000084.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2870/ccf14052025_0005.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2871/ccf14052025_0006.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6835/ccf_000054.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2872/ccf14052025_0007.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6804/ccf_000028.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6812/ccf_000035.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/5627/ccf30072025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2867/ccf14052025_0002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2865/ccf14052025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3127/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2866/ccf14052025_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3126/ccf20052025_0002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3124/ccf20052025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/5628/ccf30072025_0001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3185/ccf20052025_0060.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3186/ccf20052025_0061.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3078/ccf19052025_0047.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3080/ccf20052025_0001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3052/ccf19052025_0020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2907/ccf15052025_0007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2909/ccf15052025_0010.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2905/ccf15052025_0002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2906/ccf15052025_0003.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2903/ccf15052025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2904/ccf15052025_0001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3053/ccf19052025_0021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3000/ccf16052025_0014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2999/ccf16052025_0013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2998/ccf16052025_0012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2997/ccf16052025_0011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2996/ccf16052025_0010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2995/ccf16052025_0009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2994/ccf16052025_0008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2993/ccf16052025_0007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2992/ccf16052025_0006.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2991/ccf16052025_0005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2990/ccf16052025_0004.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2989/ccf16052025_0003.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2988/ccf16052025_0002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2986/ccf16052025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2987/ccf16052025_0001.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2972/ccf16052025_0034.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2971/ccf16052025_0033.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2970/ccf16052025_0032.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2969/ccf16052025_0031.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2968/ccf16052025_0030.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2967/ccf16052025_0029.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2965/ccf16052025_0027.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2966/ccf16052025_0028.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2964/ccf16052025_0026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2963/ccf16052025_0025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2962/ccf16052025_0024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2960/ccf16052025_0022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2961/ccf16052025_0023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2959/ccf16052025_0021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2958/ccf16052025_0020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2957/ccf16052025_0019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2955/ccf16052025_0017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2956/ccf16052025_0018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2954/ccf16052025_0016.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2953/ccf16052025_0015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2952/ccf16052025_0014.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2951/ccf16052025_0013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2950/ccf16052025_0012.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2949/ccf16052025_0011.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2948/ccf16052025_0010.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3025/ccf19052025_0021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3003/ccf19052025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3005/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3006/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3007/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3008/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3009/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3010/ccf19052025_0006.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3011/ccf19052025_0007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3012/ccf19052025_0008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3013/ccf19052025_0009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6900/ccf_000101.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6894/ccf_000096.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6895/ccf_000097.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6896/ccf_000098.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6897/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6889/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6890/ccf_000093.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6892/ccf_000094.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6879/ccf_000083.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6878/ccf_000082.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6867/ccf_000080.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6858/ccf_000071.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6859/ccf_000072.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6860/ccf_000073.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6861/ccf_000074.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6862/ccf_000075.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6852/ccf_000068.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6855/ccf_000069.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6857/ccf_000070.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6845/ccf_000063.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6846/ccf_000064.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6847/ccf_000065.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6850/ccf_000066.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6840/ccf_000058.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6851/ccf_000067.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6841/ccf_000059.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6843/ccf_000061.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6844/ccf_000062.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6828/ccf_000048.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6808/ccf_000031.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6809/ccf_000032.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6810/ccf_000033.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6806/ccf_000029.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6807/ccf_000030.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6865/ccf_000078.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6866/ccf_000079.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6863/ccf_000076.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6864/ccf_000077.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6898/ccf_000100.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3159/ccf20052025_0042.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3160/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3158/ccf20052025_0041.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3155/ccf20052025_0038.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3157/ccf20052025_0040.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3156/ccf20052025_0039.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3154/ccf20052025_0037.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3153/ccf20052025_0036.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3125/ccf20052025_0001.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3223/ccf21052025_0020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3222/ccf21052025_0019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3221/ccf21052025_0018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3220/ccf21052025_0017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3218/ccf21052025_0015.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3219/ccf21052025_0016.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3217/ccf21052025_0014.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3187/ccf20052025_0064.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3173/ccf20052025_0063.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3174/ccf20052025_0062.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3149/ccf20052025_0025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3150/ccf20052025_0026.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3151/ccf20052025_0027.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3152/ccf20052025_0028.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3147/ccf20052025_0023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3148/ccf20052025_0024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3145/ccf20052025_0021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3146/ccf20052025_0022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3143/ccf20052025_0019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3144/ccf20052025_0020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3141/ccf20052025_0017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3142/ccf20052025_0018.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3172/ccf20052025_0055.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3171/ccf20052025_0054.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3170/ccf20052025_0053.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3169/ccf20052025_0052.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3168/ccf20052025_0051.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3167/ccf20052025_0050.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3165/ccf20052025_0048.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3166/ccf20052025_0049.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3164/ccf20052025_0047.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3163/ccf20052025_0046.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3162/ccf20052025_0045.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3161/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3129/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3130/ccf20052025_0006.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3227/ccf21052025_0024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3226/ccf21052025_0023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3225/ccf21052025_0022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3224/ccf21052025_0021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2926/ccf15052025_0027.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2927/ccf15052025_0028.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2928/ccf15052025_0029.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2929/ccf15052025_0030.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2930/ccf15052025_0031.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2931/ccf15052025_0032.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2932/ccf15052025_0033.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2933/ccf15052025_0034.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2934/ccf15052025_0035.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3077/ccf19052025_0046.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3075/ccf19052025_0044.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3076/ccf19052025_0045.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3074/ccf19052025_0043.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3073/ccf19052025_0042.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3072/ccf19052025_0041.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3071/ccf19052025_0040.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3070/ccf19052025_0039.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3069/ccf19052025_0038.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3068/ccf19052025_0037.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3064/ccf19052025_0032.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3063/ccf19052025_0031.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3061/ccf19052025_0029.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3062/ccf19052025_0030.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3060/ccf19052025_0028.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3059/ccf19052025_0027.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3058/ccf19052025_0026.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3057/ccf19052025_0025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3056/ccf19052025_0024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3055/ccf19052025_0023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3054/ccf19052025_0022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3099/ccf20052025_0020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3050/ccf19052025_0018.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3049/ccf19052025_0017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3048/ccf19052025_0016.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3047/ccf19052025_0015.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3046/ccf19052025_0014.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3045/ccf19052025_0013.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3044/ccf19052025_0012.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3043/ccf19052025_0011.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3042/ccf19052025_0010.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3041/ccf19052025_0009.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3040/ccf19052025_0008.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3039/ccf19052025_0007.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3038/ccf19052025_0006.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3037/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3036/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3123/ccf20052025_0044.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3122/ccf20052025_0043.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3121/ccf20052025_0042.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3120/ccf20052025_0041.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3119/ccf20052025_0040.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3118/ccf20052025_0039.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3117/ccf20052025_0038.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3115/ccf20052025_0036.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3116/ccf20052025_0037.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3114/ccf20052025_0035.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3113/ccf20052025_0034.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3112/ccf20052025_0033.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2985/ccf16052025_0047.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2983/ccf16052025_0045.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2984/ccf16052025_0046.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2982/ccf16052025_0044.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2980/ccf16052025_0042.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2981/ccf16052025_0043.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2979/ccf16052025_0041.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2978/ccf16052025_0040.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2977/ccf16052025_0039.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2976/ccf16052025_0038.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2975/ccf16052025_0037.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2944/ccf16052025_0006.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2943/ccf16052025_0005.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2942/ccf16052025_0004.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2941/ccf16052025_0003.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2940/ccf16052025_0002.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2939/ccf16052025_0001.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2938/ccf16052025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3023/ccf19052025_0019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3024/ccf19052025_0020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3015/ccf19052025_0011.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3016/ccf19052025_0012.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3017/ccf19052025_0013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3018/ccf19052025_0014.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3019/ccf19052025_0015.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3020/ccf19052025_0016.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3021/ccf19052025_0017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3022/ccf19052025_0018.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6888/ccf_000091.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6886/ccf_000089.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6885/ccf_000088.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6884/ccf_000087.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6910/ccf_000112.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6842/ccf_000060.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6838/ccf_000057.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6908/ccf_000109.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6909/ccf_000110.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6837/ccf_000056.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6836/ccf_000055.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6829/ccf_000050.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6825/ccf_000046.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6827/ccf_000047.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6815/ccf_000045.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6818/ccf_000043.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6817/ccf_000044.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6821/ccf_000041.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6819/ccf_000042.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6823/ccf_000039.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6822/ccf_000040.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2899/ccf14052025_0034.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2898/ccf14052025_0033.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2897/ccf14052025_0032.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2901/ccf14052025_0036.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2900/ccf14052025_0035.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2902/ccf14052025_0037.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2878/ccf14052025_0013.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2877/ccf14052025_0012.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2876/ccf14052025_0011.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2875/ccf14052025_0010.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2874/ccf14052025_0009.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2873/ccf14052025_0008.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2881/ccf14052025_0016.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2880/ccf14052025_0015.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2879/ccf14052025_0014.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2890/ccf14052025_0025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2892/ccf14052025_0027.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2891/ccf14052025_0026.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2882/ccf14052025_0017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2888/ccf14052025_0023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2883/ccf14052025_0018.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2887/ccf14052025_0022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2886/ccf14052025_0021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2885/ccf14052025_0020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2884/ccf14052025_0019.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2889/ccf14052025_0024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3178/ccf20052025_0032.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3176/ccf20052025_0030.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3177/ccf20052025_0031.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3175/ccf20052025_0029.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3128/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3202/ccf21052025_0013.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3200/ccf21052025_0011.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3201/ccf21052025_0012.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3198/ccf21052025_0009.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3199/ccf21052025_0010.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3196/ccf21052025_0007.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3197/ccf21052025_0008.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3195/ccf21052025_0006.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3194/ccf21052025_0005.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3192/ccf21052025_0003.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3193/ccf21052025_0004.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3191/ccf21052025_0002.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3190/ccf21052025_0001.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3140/ccf20052025_0016.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3138/ccf20052025_0014.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3139/ccf20052025_0015.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3137/ccf20052025_0013.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3136/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3135/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3134/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3133/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3132/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3205/ccf21052025_0036.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3204/ccf21052025_0036.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3203/ccf21052025_0034.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3213/ccf21052025_0033.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3212/ccf21052025_0032.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3211/ccf21052025_0031.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3210/ccf21052025_0030.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3209/ccf21052025_0029.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3208/ccf21052025_0028.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3215/ccf21052025_0026.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2922/ccf15052025_0023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2923/ccf15052025_0024.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2924/ccf15052025_0025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2925/ccf15052025_0026.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2919/ccf15052025_0020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2920/ccf15052025_0021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2921/ccf15052025_0022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2917/ccf15052025_0018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2918/ccf15052025_0019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2915/ccf15052025_0016.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2916/ccf15052025_0017.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2914/ccf15052025_0015.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2913/ccf15052025_0014.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3066/ccf19052025_0034.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3100/ccf20052025_0021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3098/ccf20052025_0019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3097/ccf20052025_0018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3096/ccf20052025_0017.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3095/ccf20052025_0016.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3094/ccf20052025_0015.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3093/ccf20052025_0014.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3092/ccf20052025_0013.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3091/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3090/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3089/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3087/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3088/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3086/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3085/ccf20052025_0006.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3084/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3083/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3081/ccf20052025_0002.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3082/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3110/ccf20052025_0031.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3109/ccf20052025_0030.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3108/ccf20052025_0029.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3107/ccf20052025_0028.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3106/ccf20052025_0027.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3105/ccf20052025_0026.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3104/ccf20052025_0025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3103/ccf20052025_0024.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3102/ccf20052025_0023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3101/ccf20052025_0022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2912/ccf15052025_0013.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2911/ccf15052025_0012.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2973/ccf16052025_0035.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2947/ccf16052025_0009.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2946/ccf16052025_0008.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2945/ccf16052025_0007.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3014/ccf19052025_0010.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6893/ccf_000095.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/6887/ccf_000090.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2864/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2896/ccf14052025_0031.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3180/ccf20052025_0034.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3179/ccf20052025_0033.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3207/ccf21052025_0038.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3216/ccf21052025_0027.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3206/ccf21052025_0037.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2935/ccf15052025_0036.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/2936/ccf15052025_0037.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3067/ccf19052025_0036.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3035/ccf19052025_0003.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3034/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3033/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3111/ccf20052025_0032.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2013/3032/ccf19052025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H368"/>
+  <dimension ref="A1:H444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5747,9556 +6650,11526 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
         <v>24</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
         <v>24</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="D13" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G15" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="H16" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...5 lines deleted...]
-      <c r="D17" t="s">
+      <c r="H17" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
         <v>82</v>
-      </c>
-[...19 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B20" t="s">
-[...14 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>87</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="E22" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" t="s">
         <v>96</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E25" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E26" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="H26" t="s">
-        <v>104</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E27" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H27" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>49</v>
       </c>
       <c r="D28" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E28" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H28" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E29" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H29" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>117</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" t="s">
+        <v>96</v>
+      </c>
+      <c r="E30" t="s">
+        <v>97</v>
+      </c>
+      <c r="F30" t="s">
+        <v>24</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H30" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" t="s">
+        <v>96</v>
+      </c>
+      <c r="E31" t="s">
+        <v>97</v>
+      </c>
+      <c r="F31" t="s">
+        <v>24</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H31" t="s">
         <v>121</v>
-      </c>
-[...19 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>122</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" t="s">
+        <v>96</v>
+      </c>
+      <c r="E32" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
+        <v>24</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H32" t="s">
         <v>124</v>
-      </c>
-[...19 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" t="s">
+        <v>96</v>
+      </c>
+      <c r="E33" t="s">
+        <v>97</v>
+      </c>
+      <c r="F33" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H33" t="s">
         <v>128</v>
-      </c>
-[...19 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" t="s">
+        <v>96</v>
+      </c>
+      <c r="E34" t="s">
+        <v>97</v>
+      </c>
+      <c r="F34" t="s">
+        <v>24</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H34" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>134</v>
+      </c>
+      <c r="D35" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" t="s">
+        <v>97</v>
+      </c>
+      <c r="F35" t="s">
+        <v>24</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H35" t="s">
         <v>136</v>
-      </c>
-[...19 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E36" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="H36" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D37" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E37" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E38" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="H38" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D39" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E39" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="H39" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D40" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E40" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="H40" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D41" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E41" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="D42" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E42" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="H42" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D43" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E43" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="H43" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D44" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E44" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F44" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="H44" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D45" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E45" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="H45" t="s">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E46" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F46" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="H46" t="s">
-        <v>184</v>
+        <v>113</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="D47" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E47" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F47" t="s">
-        <v>18</v>
+        <v>179</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="H47" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="D48" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E48" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F48" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H48" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D49" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E49" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="H49" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="D50" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E50" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="H50" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>195</v>
       </c>
       <c r="D51" t="s">
-        <v>202</v>
+        <v>96</v>
       </c>
       <c r="E51" t="s">
-        <v>203</v>
+        <v>97</v>
       </c>
       <c r="F51" t="s">
-        <v>204</v>
+        <v>24</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="H51" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="D52" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E52" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F52" t="s">
-        <v>210</v>
+        <v>24</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="H52" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>22</v>
+        <v>203</v>
       </c>
       <c r="D53" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E53" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F53" t="s">
-        <v>214</v>
+        <v>24</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="H53" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="D54" t="s">
+        <v>96</v>
+      </c>
+      <c r="E54" t="s">
+        <v>97</v>
+      </c>
+      <c r="F54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="E54" t="s">
+      <c r="H54" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>32</v>
+        <v>211</v>
       </c>
       <c r="D55" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E55" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F55" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="H55" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>36</v>
+        <v>215</v>
       </c>
       <c r="D56" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E56" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F56" t="s">
-        <v>226</v>
+        <v>24</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="H56" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="D57" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E57" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F57" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="H57" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="D58" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E58" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F58" t="s">
-        <v>234</v>
+        <v>24</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="H58" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>58</v>
+        <v>227</v>
       </c>
       <c r="D59" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E59" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F59" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="H59" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>62</v>
+        <v>232</v>
       </c>
       <c r="D60" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E60" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F60" t="s">
-        <v>241</v>
+        <v>24</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="H60" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>102</v>
+        <v>236</v>
       </c>
       <c r="D61" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E61" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F61" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="H61" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="D62" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E62" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F62" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="H62" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="D63" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E63" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F63" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="H63" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="D64" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E64" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F64" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="H64" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="D65" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E65" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F65" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="H65" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>106</v>
+        <v>256</v>
       </c>
       <c r="D66" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E66" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F66" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="H66" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E67" t="s">
-        <v>209</v>
+        <v>97</v>
       </c>
       <c r="F67" t="s">
-        <v>241</v>
+        <v>24</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="H67" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>208</v>
+        <v>264</v>
       </c>
       <c r="E68" t="s">
-        <v>209</v>
+        <v>265</v>
       </c>
       <c r="F68" t="s">
-        <v>214</v>
+        <v>266</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>270</v>
+      </c>
+      <c r="E69" t="s">
+        <v>271</v>
+      </c>
+      <c r="F69" t="s">
+        <v>272</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="H69" t="s">
         <v>274</v>
-      </c>
-[...13 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>275</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>33</v>
+      </c>
+      <c r="D70" t="s">
+        <v>270</v>
+      </c>
+      <c r="E70" t="s">
+        <v>271</v>
+      </c>
+      <c r="F70" t="s">
+        <v>276</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H70" t="s">
         <v>278</v>
-      </c>
-[...19 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>279</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" t="s">
+        <v>270</v>
+      </c>
+      <c r="E71" t="s">
+        <v>271</v>
+      </c>
+      <c r="F71" t="s">
+        <v>280</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H71" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>41</v>
+      </c>
+      <c r="D72" t="s">
+        <v>270</v>
+      </c>
+      <c r="E72" t="s">
+        <v>271</v>
+      </c>
+      <c r="F72" t="s">
+        <v>284</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H72" t="s">
         <v>286</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>287</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>45</v>
+      </c>
+      <c r="D73" t="s">
+        <v>270</v>
+      </c>
+      <c r="E73" t="s">
+        <v>271</v>
+      </c>
+      <c r="F73" t="s">
+        <v>288</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="B73" t="s">
-[...14 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>291</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>49</v>
+      </c>
+      <c r="D74" t="s">
+        <v>270</v>
+      </c>
+      <c r="E74" t="s">
+        <v>271</v>
+      </c>
+      <c r="F74" t="s">
         <v>292</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="G74" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>295</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>72</v>
+      </c>
+      <c r="D75" t="s">
+        <v>270</v>
+      </c>
+      <c r="E75" t="s">
+        <v>271</v>
+      </c>
+      <c r="F75" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H75" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>299</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
+        <v>76</v>
+      </c>
+      <c r="D76" t="s">
+        <v>270</v>
+      </c>
+      <c r="E76" t="s">
+        <v>271</v>
+      </c>
+      <c r="F76" t="s">
+        <v>280</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>302</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>80</v>
+      </c>
+      <c r="D77" t="s">
+        <v>270</v>
+      </c>
+      <c r="E77" t="s">
+        <v>271</v>
+      </c>
+      <c r="F77" t="s">
         <v>303</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="G77" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>306</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>84</v>
+      </c>
+      <c r="D78" t="s">
+        <v>270</v>
+      </c>
+      <c r="E78" t="s">
+        <v>271</v>
+      </c>
+      <c r="F78" t="s">
+        <v>284</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B78" t="s">
-[...11 lines deleted...]
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>309</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>126</v>
+      </c>
+      <c r="D79" t="s">
+        <v>270</v>
+      </c>
+      <c r="E79" t="s">
+        <v>271</v>
+      </c>
+      <c r="F79" t="s">
+        <v>292</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H79" t="s">
         <v>311</v>
-      </c>
-[...19 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>312</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>130</v>
+      </c>
+      <c r="D80" t="s">
+        <v>270</v>
+      </c>
+      <c r="E80" t="s">
+        <v>271</v>
+      </c>
+      <c r="F80" t="s">
+        <v>280</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H80" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>315</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>134</v>
+      </c>
+      <c r="D81" t="s">
+        <v>270</v>
+      </c>
+      <c r="E81" t="s">
+        <v>271</v>
+      </c>
+      <c r="F81" t="s">
+        <v>292</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H81" t="s">
         <v>317</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>318</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>138</v>
+      </c>
+      <c r="D82" t="s">
+        <v>270</v>
+      </c>
+      <c r="E82" t="s">
+        <v>271</v>
+      </c>
+      <c r="F82" t="s">
+        <v>284</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H82" t="s">
         <v>320</v>
-      </c>
-[...19 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D83" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E83" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F83" t="s">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="H83" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D84" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E84" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F84" t="s">
-        <v>230</v>
+        <v>303</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="H84" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>66</v>
+        <v>149</v>
       </c>
       <c r="D85" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E85" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F85" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="H85" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>153</v>
       </c>
       <c r="D86" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E86" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F86" t="s">
-        <v>241</v>
+        <v>331</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="H86" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>334</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>157</v>
+      </c>
+      <c r="D87" t="s">
+        <v>270</v>
+      </c>
+      <c r="E87" t="s">
+        <v>271</v>
+      </c>
+      <c r="F87" t="s">
+        <v>331</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H87" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D88" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E88" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F88" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="H88" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D89" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E89" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F89" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="H89" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>70</v>
+        <v>168</v>
       </c>
       <c r="D90" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E90" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F90" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="H90" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="D91" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E91" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F91" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="H91" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>353</v>
+        <v>175</v>
       </c>
       <c r="D92" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E92" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F92" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="H92" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>357</v>
+        <v>178</v>
       </c>
       <c r="D93" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E93" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F93" t="s">
-        <v>358</v>
+        <v>284</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="H93" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>362</v>
+        <v>183</v>
       </c>
       <c r="D94" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E94" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F94" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="H94" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>366</v>
+        <v>187</v>
       </c>
       <c r="D95" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E95" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F95" t="s">
-        <v>226</v>
+        <v>359</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="H95" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>370</v>
+        <v>191</v>
       </c>
       <c r="D96" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E96" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F96" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="H96" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>374</v>
+        <v>195</v>
       </c>
       <c r="D97" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E97" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F97" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="H97" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>378</v>
+        <v>199</v>
       </c>
       <c r="D98" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E98" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F98" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="H98" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>382</v>
+        <v>203</v>
       </c>
       <c r="D99" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E99" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F99" t="s">
-        <v>275</v>
+        <v>372</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
       <c r="H99" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>386</v>
+        <v>207</v>
       </c>
       <c r="D100" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E100" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F100" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="H100" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>390</v>
+        <v>211</v>
       </c>
       <c r="D101" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E101" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F101" t="s">
-        <v>241</v>
+        <v>292</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="H101" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>394</v>
+        <v>88</v>
       </c>
       <c r="D102" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E102" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F102" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="H102" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>398</v>
+        <v>215</v>
       </c>
       <c r="D103" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E103" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F103" t="s">
-        <v>218</v>
+        <v>303</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>399</v>
+        <v>385</v>
       </c>
       <c r="H103" t="s">
-        <v>400</v>
+        <v>386</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>401</v>
+        <v>387</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>402</v>
+        <v>388</v>
       </c>
       <c r="D104" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E104" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F104" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="H104" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>406</v>
+        <v>219</v>
       </c>
       <c r="D105" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E105" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F105" t="s">
-        <v>407</v>
+        <v>288</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>408</v>
+        <v>392</v>
       </c>
       <c r="H105" t="s">
-        <v>409</v>
+        <v>393</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>410</v>
+        <v>394</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>411</v>
+        <v>223</v>
       </c>
       <c r="D106" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E106" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F106" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="H106" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>415</v>
+        <v>92</v>
       </c>
       <c r="D107" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E107" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F107" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>416</v>
+        <v>398</v>
       </c>
       <c r="H107" t="s">
-        <v>417</v>
+        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>418</v>
+        <v>400</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>419</v>
+        <v>227</v>
       </c>
       <c r="D108" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E108" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F108" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>420</v>
+        <v>401</v>
       </c>
       <c r="H108" t="s">
-        <v>421</v>
+        <v>402</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>422</v>
+        <v>403</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="D109" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E109" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F109" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>424</v>
+        <v>405</v>
       </c>
       <c r="H109" t="s">
-        <v>425</v>
+        <v>406</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>427</v>
+        <v>408</v>
       </c>
       <c r="D110" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E110" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F110" t="s">
-        <v>226</v>
+        <v>409</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>428</v>
+        <v>410</v>
       </c>
       <c r="H110" t="s">
-        <v>429</v>
+        <v>411</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>430</v>
+        <v>412</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>431</v>
+        <v>413</v>
       </c>
       <c r="D111" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E111" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F111" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>432</v>
+        <v>414</v>
       </c>
       <c r="H111" t="s">
-        <v>433</v>
+        <v>415</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>434</v>
+        <v>416</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>435</v>
+        <v>417</v>
       </c>
       <c r="D112" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E112" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F112" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>436</v>
+        <v>418</v>
       </c>
       <c r="H112" t="s">
-        <v>437</v>
+        <v>419</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>438</v>
+        <v>420</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>439</v>
+        <v>421</v>
       </c>
       <c r="D113" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E113" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F113" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="H113" t="s">
-        <v>441</v>
+        <v>423</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>442</v>
+        <v>424</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>443</v>
+        <v>425</v>
       </c>
       <c r="D114" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E114" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F114" t="s">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>444</v>
+        <v>426</v>
       </c>
       <c r="H114" t="s">
-        <v>445</v>
+        <v>427</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>447</v>
+        <v>429</v>
       </c>
       <c r="D115" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E115" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F115" t="s">
-        <v>230</v>
+        <v>331</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>448</v>
+        <v>430</v>
       </c>
       <c r="H115" t="s">
-        <v>449</v>
+        <v>431</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>450</v>
+        <v>432</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>451</v>
+        <v>433</v>
       </c>
       <c r="D116" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E116" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F116" t="s">
-        <v>230</v>
+        <v>331</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>452</v>
+        <v>434</v>
       </c>
       <c r="H116" t="s">
-        <v>453</v>
+        <v>435</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>454</v>
+        <v>436</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>455</v>
+        <v>437</v>
       </c>
       <c r="D117" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E117" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F117" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>456</v>
+        <v>438</v>
       </c>
       <c r="H117" t="s">
-        <v>457</v>
+        <v>439</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>458</v>
+        <v>440</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>459</v>
+        <v>441</v>
       </c>
       <c r="D118" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E118" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F118" t="s">
-        <v>226</v>
+        <v>303</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>460</v>
+        <v>442</v>
       </c>
       <c r="H118" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>463</v>
+        <v>445</v>
       </c>
       <c r="D119" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E119" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F119" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>464</v>
+        <v>446</v>
       </c>
       <c r="H119" t="s">
-        <v>465</v>
+        <v>447</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>466</v>
+        <v>448</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D120" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E120" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F120" t="s">
-        <v>407</v>
+        <v>359</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="H120" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>470</v>
+        <v>452</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>471</v>
+        <v>453</v>
       </c>
       <c r="D121" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E121" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F121" t="s">
-        <v>472</v>
+        <v>359</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="H121" t="s">
-        <v>474</v>
+        <v>455</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>475</v>
+        <v>456</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="D122" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E122" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F122" t="s">
-        <v>472</v>
+        <v>292</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="H122" t="s">
-        <v>478</v>
+        <v>459</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>479</v>
+        <v>460</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>480</v>
+        <v>461</v>
       </c>
       <c r="D123" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E123" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F123" t="s">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>481</v>
+        <v>462</v>
       </c>
       <c r="H123" t="s">
-        <v>482</v>
+        <v>463</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>483</v>
+        <v>464</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>484</v>
+        <v>465</v>
       </c>
       <c r="D124" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E124" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F124" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>485</v>
+        <v>466</v>
       </c>
       <c r="H124" t="s">
-        <v>486</v>
+        <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>487</v>
+        <v>468</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>488</v>
+        <v>469</v>
       </c>
       <c r="D125" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E125" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F125" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>489</v>
+        <v>470</v>
       </c>
       <c r="H125" t="s">
-        <v>490</v>
+        <v>471</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>491</v>
+        <v>472</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>492</v>
+        <v>473</v>
       </c>
       <c r="D126" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E126" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F126" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>493</v>
+        <v>474</v>
       </c>
       <c r="H126" t="s">
-        <v>494</v>
+        <v>475</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>495</v>
+        <v>476</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>496</v>
+        <v>477</v>
       </c>
       <c r="D127" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E127" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F127" t="s">
-        <v>497</v>
+        <v>288</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="H127" t="s">
-        <v>499</v>
+        <v>479</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>500</v>
+        <v>480</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="D128" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E128" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F128" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>502</v>
+        <v>482</v>
       </c>
       <c r="H128" t="s">
-        <v>503</v>
+        <v>483</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>504</v>
+        <v>484</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>505</v>
+        <v>485</v>
       </c>
       <c r="D129" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E129" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F129" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>506</v>
+        <v>486</v>
       </c>
       <c r="H129" t="s">
-        <v>507</v>
+        <v>487</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>508</v>
+        <v>488</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>509</v>
+        <v>489</v>
       </c>
       <c r="D130" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E130" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F130" t="s">
-        <v>275</v>
+        <v>331</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="H130" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>512</v>
+        <v>492</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>513</v>
+        <v>493</v>
       </c>
       <c r="D131" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E131" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F131" t="s">
-        <v>275</v>
+        <v>331</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>514</v>
+        <v>494</v>
       </c>
       <c r="H131" t="s">
-        <v>515</v>
+        <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>517</v>
+        <v>497</v>
       </c>
       <c r="D132" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E132" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F132" t="s">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>518</v>
+        <v>498</v>
       </c>
       <c r="H132" t="s">
-        <v>519</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="D133" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E133" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F133" t="s">
-        <v>214</v>
+        <v>502</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>522</v>
+        <v>503</v>
       </c>
       <c r="H133" t="s">
-        <v>523</v>
+        <v>504</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>524</v>
+        <v>505</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>525</v>
+        <v>506</v>
       </c>
       <c r="D134" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E134" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F134" t="s">
-        <v>241</v>
+        <v>276</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>526</v>
+        <v>507</v>
       </c>
       <c r="H134" t="s">
-        <v>527</v>
+        <v>508</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>528</v>
+        <v>509</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>529</v>
+        <v>510</v>
       </c>
       <c r="D135" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E135" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F135" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>530</v>
+        <v>511</v>
       </c>
       <c r="H135" t="s">
-        <v>531</v>
+        <v>512</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>532</v>
+        <v>513</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>533</v>
+        <v>514</v>
       </c>
       <c r="D136" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E136" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F136" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>534</v>
+        <v>515</v>
       </c>
       <c r="H136" t="s">
-        <v>535</v>
+        <v>516</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>537</v>
+        <v>518</v>
       </c>
       <c r="D137" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E137" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F137" t="s">
-        <v>275</v>
+        <v>519</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>538</v>
+        <v>520</v>
       </c>
       <c r="H137" t="s">
-        <v>539</v>
+        <v>521</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>540</v>
+        <v>522</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>541</v>
+        <v>523</v>
       </c>
       <c r="D138" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E138" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F138" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>542</v>
+        <v>524</v>
       </c>
       <c r="H138" t="s">
-        <v>543</v>
+        <v>525</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>544</v>
+        <v>526</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>545</v>
+        <v>527</v>
       </c>
       <c r="D139" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E139" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F139" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>546</v>
+        <v>528</v>
       </c>
       <c r="H139" t="s">
-        <v>547</v>
+        <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>548</v>
+        <v>530</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>549</v>
+        <v>531</v>
       </c>
       <c r="D140" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E140" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F140" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>550</v>
+        <v>532</v>
       </c>
       <c r="H140" t="s">
-        <v>551</v>
+        <v>533</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>552</v>
+        <v>534</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>553</v>
+        <v>535</v>
       </c>
       <c r="D141" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E141" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F141" t="s">
-        <v>218</v>
+        <v>536</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>554</v>
+        <v>537</v>
       </c>
       <c r="H141" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>556</v>
+        <v>539</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="D142" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E142" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F142" t="s">
-        <v>218</v>
+        <v>536</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>558</v>
+        <v>541</v>
       </c>
       <c r="H142" t="s">
-        <v>559</v>
+        <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>560</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>561</v>
+        <v>544</v>
       </c>
       <c r="D143" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E143" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F143" t="s">
-        <v>226</v>
+        <v>536</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>562</v>
+        <v>545</v>
       </c>
       <c r="H143" t="s">
-        <v>563</v>
+        <v>546</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>564</v>
+        <v>547</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>565</v>
+        <v>548</v>
       </c>
       <c r="D144" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E144" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F144" t="s">
-        <v>226</v>
+        <v>536</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>566</v>
+        <v>549</v>
       </c>
       <c r="H144" t="s">
-        <v>567</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>568</v>
+        <v>551</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>569</v>
+        <v>552</v>
       </c>
       <c r="D145" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E145" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F145" t="s">
-        <v>308</v>
+        <v>536</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>570</v>
+        <v>553</v>
       </c>
       <c r="H145" t="s">
-        <v>404</v>
+        <v>554</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>571</v>
+        <v>555</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>572</v>
+        <v>556</v>
       </c>
       <c r="D146" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E146" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F146" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>573</v>
+        <v>557</v>
       </c>
       <c r="H146" t="s">
-        <v>574</v>
+        <v>558</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>575</v>
+        <v>559</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>576</v>
+        <v>560</v>
       </c>
       <c r="D147" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E147" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F147" t="s">
-        <v>226</v>
+        <v>276</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="H147" t="s">
-        <v>578</v>
+        <v>562</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>579</v>
+        <v>563</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="D148" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E148" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F148" t="s">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>581</v>
+        <v>565</v>
       </c>
       <c r="H148" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>583</v>
+        <v>567</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="D149" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E149" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F149" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>585</v>
+        <v>569</v>
       </c>
       <c r="H149" t="s">
-        <v>586</v>
+        <v>570</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>587</v>
+        <v>571</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>588</v>
+        <v>572</v>
       </c>
       <c r="D150" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E150" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F150" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>589</v>
+        <v>573</v>
       </c>
       <c r="H150" t="s">
-        <v>590</v>
+        <v>574</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>591</v>
+        <v>575</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="D151" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E151" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F151" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="H151" t="s">
-        <v>594</v>
+        <v>578</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>595</v>
+        <v>579</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>596</v>
+        <v>580</v>
       </c>
       <c r="D152" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E152" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F152" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="H152" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="D153" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E153" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F153" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>601</v>
+        <v>585</v>
       </c>
       <c r="H153" t="s">
-        <v>602</v>
+        <v>586</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>603</v>
+        <v>587</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>604</v>
+        <v>588</v>
       </c>
       <c r="D154" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E154" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F154" t="s">
-        <v>308</v>
+        <v>284</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="H154" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>607</v>
+        <v>591</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>608</v>
+        <v>592</v>
       </c>
       <c r="D155" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E155" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F155" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>609</v>
+        <v>593</v>
       </c>
       <c r="H155" t="s">
-        <v>610</v>
+        <v>594</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="D156" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E156" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F156" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="H156" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>616</v>
+        <v>600</v>
       </c>
       <c r="D157" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E157" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F157" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="H157" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
       <c r="D158" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E158" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F158" t="s">
-        <v>275</v>
+        <v>605</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>621</v>
+        <v>606</v>
       </c>
       <c r="H158" t="s">
-        <v>622</v>
+        <v>607</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>623</v>
+        <v>608</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>624</v>
+        <v>609</v>
       </c>
       <c r="D159" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E159" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F159" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="H159" t="s">
-        <v>626</v>
+        <v>611</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>627</v>
+        <v>612</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>628</v>
+        <v>613</v>
       </c>
       <c r="D160" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E160" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F160" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>629</v>
+        <v>614</v>
       </c>
       <c r="H160" t="s">
-        <v>630</v>
+        <v>615</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>631</v>
+        <v>616</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>632</v>
+        <v>617</v>
       </c>
       <c r="D161" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E161" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F161" t="s">
-        <v>222</v>
+        <v>618</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>633</v>
+        <v>619</v>
       </c>
       <c r="H161" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>635</v>
+        <v>621</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="D162" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E162" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F162" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>637</v>
+        <v>623</v>
       </c>
       <c r="H162" t="s">
-        <v>638</v>
+        <v>624</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>639</v>
+        <v>625</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>640</v>
+        <v>626</v>
       </c>
       <c r="D163" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E163" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F163" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>641</v>
+        <v>627</v>
       </c>
       <c r="H163" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="D164" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E164" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F164" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>645</v>
+        <v>631</v>
       </c>
       <c r="H164" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>647</v>
+        <v>633</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>648</v>
+        <v>634</v>
       </c>
       <c r="D165" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E165" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F165" t="s">
-        <v>649</v>
+        <v>288</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
       <c r="H165" t="s">
-        <v>651</v>
+        <v>636</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>652</v>
+        <v>637</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>653</v>
+        <v>638</v>
       </c>
       <c r="D166" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E166" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F166" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>654</v>
+        <v>639</v>
       </c>
       <c r="H166" t="s">
-        <v>655</v>
+        <v>640</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>656</v>
+        <v>641</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="D167" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E167" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F167" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c r="H167" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>660</v>
+        <v>645</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>661</v>
+        <v>646</v>
       </c>
       <c r="D168" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E168" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F168" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="H168" t="s">
-        <v>663</v>
+        <v>648</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>665</v>
+        <v>650</v>
       </c>
       <c r="D169" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E169" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F169" t="s">
-        <v>226</v>
+        <v>359</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>666</v>
+        <v>651</v>
       </c>
       <c r="H169" t="s">
-        <v>667</v>
+        <v>652</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>668</v>
+        <v>653</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="D170" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E170" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F170" t="s">
-        <v>226</v>
+        <v>276</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>670</v>
+        <v>655</v>
       </c>
       <c r="H170" t="s">
-        <v>671</v>
+        <v>656</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="D171" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E171" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F171" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="H171" t="s">
-        <v>675</v>
+        <v>660</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>676</v>
+        <v>661</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>677</v>
+        <v>662</v>
       </c>
       <c r="D172" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E172" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F172" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>678</v>
+        <v>663</v>
       </c>
       <c r="H172" t="s">
-        <v>679</v>
+        <v>664</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>680</v>
+        <v>665</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>681</v>
+        <v>666</v>
       </c>
       <c r="D173" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E173" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F173" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>682</v>
+        <v>667</v>
       </c>
       <c r="H173" t="s">
-        <v>683</v>
+        <v>668</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="D174" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E174" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F174" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>686</v>
+        <v>671</v>
       </c>
       <c r="H174" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>688</v>
+        <v>673</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>689</v>
+        <v>674</v>
       </c>
       <c r="D175" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E175" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F175" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>690</v>
+        <v>675</v>
       </c>
       <c r="H175" t="s">
-        <v>691</v>
+        <v>676</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>692</v>
+        <v>677</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>693</v>
+        <v>678</v>
       </c>
       <c r="D176" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E176" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F176" t="s">
-        <v>226</v>
+        <v>618</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
       <c r="H176" t="s">
-        <v>695</v>
+        <v>680</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>696</v>
+        <v>681</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>697</v>
+        <v>682</v>
       </c>
       <c r="D177" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E177" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F177" t="s">
-        <v>226</v>
+        <v>683</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="H177" t="s">
-        <v>699</v>
+        <v>685</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>700</v>
+        <v>686</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>701</v>
+        <v>687</v>
       </c>
       <c r="D178" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E178" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F178" t="s">
-        <v>275</v>
+        <v>683</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>702</v>
+        <v>688</v>
       </c>
       <c r="H178" t="s">
-        <v>703</v>
+        <v>689</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>704</v>
+        <v>690</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="D179" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E179" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F179" t="s">
-        <v>214</v>
+        <v>292</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>706</v>
+        <v>692</v>
       </c>
       <c r="H179" t="s">
-        <v>707</v>
+        <v>693</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>708</v>
+        <v>694</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>709</v>
+        <v>695</v>
       </c>
       <c r="D180" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E180" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F180" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="H180" t="s">
-        <v>711</v>
+        <v>697</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>713</v>
+        <v>699</v>
       </c>
       <c r="D181" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E181" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F181" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>714</v>
+        <v>700</v>
       </c>
       <c r="H181" t="s">
-        <v>715</v>
+        <v>701</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>716</v>
+        <v>702</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>717</v>
+        <v>703</v>
       </c>
       <c r="D182" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E182" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F182" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>718</v>
+        <v>704</v>
       </c>
       <c r="H182" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>721</v>
+        <v>707</v>
       </c>
       <c r="D183" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E183" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F183" t="s">
-        <v>218</v>
+        <v>605</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>722</v>
+        <v>708</v>
       </c>
       <c r="H183" t="s">
-        <v>723</v>
+        <v>709</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>724</v>
+        <v>710</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>725</v>
+        <v>711</v>
       </c>
       <c r="D184" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E184" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F184" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>726</v>
+        <v>712</v>
       </c>
       <c r="H184" t="s">
-        <v>727</v>
+        <v>713</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>728</v>
+        <v>714</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>729</v>
+        <v>715</v>
       </c>
       <c r="D185" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E185" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F185" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>730</v>
+        <v>716</v>
       </c>
       <c r="H185" t="s">
-        <v>731</v>
+        <v>717</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>732</v>
+        <v>718</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>733</v>
+        <v>719</v>
       </c>
       <c r="D186" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E186" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F186" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>734</v>
+        <v>720</v>
       </c>
       <c r="H186" t="s">
-        <v>735</v>
+        <v>721</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>736</v>
+        <v>722</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>737</v>
+        <v>723</v>
       </c>
       <c r="D187" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E187" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F187" t="s">
-        <v>230</v>
+        <v>331</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>738</v>
+        <v>724</v>
       </c>
       <c r="H187" t="s">
-        <v>739</v>
+        <v>725</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>740</v>
+        <v>726</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>741</v>
+        <v>727</v>
       </c>
       <c r="D188" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E188" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F188" t="s">
-        <v>222</v>
+        <v>276</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>742</v>
+        <v>728</v>
       </c>
       <c r="H188" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>745</v>
+        <v>731</v>
       </c>
       <c r="D189" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E189" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F189" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
       <c r="H189" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>748</v>
+        <v>734</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
       <c r="D190" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E190" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F190" t="s">
-        <v>275</v>
+        <v>303</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>750</v>
+        <v>736</v>
       </c>
       <c r="H190" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>752</v>
+        <v>738</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="D191" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E191" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F191" t="s">
-        <v>275</v>
+        <v>331</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>754</v>
+        <v>740</v>
       </c>
       <c r="H191" t="s">
-        <v>755</v>
+        <v>741</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>756</v>
+        <v>742</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="D192" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E192" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F192" t="s">
-        <v>275</v>
+        <v>331</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="H192" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
       <c r="D193" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E193" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F193" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>762</v>
+        <v>748</v>
       </c>
       <c r="H193" t="s">
-        <v>763</v>
+        <v>749</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="D194" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E194" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F194" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>766</v>
+        <v>752</v>
       </c>
       <c r="H194" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>769</v>
+        <v>755</v>
       </c>
       <c r="D195" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E195" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F195" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>770</v>
+        <v>756</v>
       </c>
       <c r="H195" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>772</v>
+        <v>758</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>773</v>
+        <v>759</v>
       </c>
       <c r="D196" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E196" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F196" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>774</v>
+        <v>760</v>
       </c>
       <c r="H196" t="s">
-        <v>775</v>
+        <v>761</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>776</v>
+        <v>762</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>777</v>
+        <v>763</v>
       </c>
       <c r="D197" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E197" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F197" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>778</v>
+        <v>764</v>
       </c>
       <c r="H197" t="s">
-        <v>779</v>
+        <v>765</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>780</v>
+        <v>766</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>781</v>
+        <v>767</v>
       </c>
       <c r="D198" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E198" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F198" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>782</v>
+        <v>768</v>
       </c>
       <c r="H198" t="s">
-        <v>783</v>
+        <v>769</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c r="D199" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E199" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F199" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>786</v>
+        <v>772</v>
       </c>
       <c r="H199" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>789</v>
+        <v>775</v>
       </c>
       <c r="D200" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E200" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F200" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="H200" t="s">
-        <v>791</v>
+        <v>777</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="D201" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E201" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F201" t="s">
-        <v>321</v>
+        <v>359</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>794</v>
+        <v>780</v>
       </c>
       <c r="H201" t="s">
-        <v>795</v>
+        <v>615</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>796</v>
+        <v>781</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="D202" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E202" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F202" t="s">
-        <v>226</v>
+        <v>359</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="H202" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>800</v>
+        <v>785</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>801</v>
+        <v>786</v>
       </c>
       <c r="D203" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E203" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F203" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>802</v>
+        <v>787</v>
       </c>
       <c r="H203" t="s">
-        <v>803</v>
+        <v>788</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>804</v>
+        <v>789</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>805</v>
+        <v>790</v>
       </c>
       <c r="D204" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E204" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F204" t="s">
-        <v>222</v>
+        <v>276</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>806</v>
+        <v>791</v>
       </c>
       <c r="H204" t="s">
-        <v>807</v>
+        <v>792</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>808</v>
+        <v>793</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
       <c r="D205" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E205" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F205" t="s">
-        <v>241</v>
+        <v>288</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="H205" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>812</v>
+        <v>797</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>813</v>
+        <v>798</v>
       </c>
       <c r="D206" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E206" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F206" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>814</v>
+        <v>799</v>
       </c>
       <c r="H206" t="s">
-        <v>815</v>
+        <v>800</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>816</v>
+        <v>801</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>817</v>
+        <v>802</v>
       </c>
       <c r="D207" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E207" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F207" t="s">
-        <v>321</v>
+        <v>288</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c r="H207" t="s">
-        <v>819</v>
+        <v>804</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>820</v>
+        <v>805</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>821</v>
+        <v>806</v>
       </c>
       <c r="D208" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E208" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F208" t="s">
-        <v>321</v>
+        <v>372</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>822</v>
+        <v>807</v>
       </c>
       <c r="H208" t="s">
-        <v>823</v>
+        <v>808</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>824</v>
+        <v>809</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>825</v>
+        <v>810</v>
       </c>
       <c r="D209" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="E209" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="F209" t="s">
-        <v>218</v>
+        <v>372</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>826</v>
+        <v>811</v>
       </c>
       <c r="H209" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>10</v>
+        <v>814</v>
       </c>
       <c r="D210" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E210" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F210" t="s">
-        <v>831</v>
+        <v>359</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>832</v>
+        <v>815</v>
       </c>
       <c r="H210" t="s">
-        <v>833</v>
+        <v>816</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>834</v>
+        <v>817</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>22</v>
+        <v>818</v>
       </c>
       <c r="D211" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E211" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F211" t="s">
-        <v>275</v>
+        <v>359</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="H211" t="s">
-        <v>836</v>
+        <v>820</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>837</v>
+        <v>821</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>17</v>
+        <v>822</v>
       </c>
       <c r="D212" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E212" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F212" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="H212" t="s">
-        <v>839</v>
+        <v>824</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>840</v>
+        <v>825</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>32</v>
+        <v>826</v>
       </c>
       <c r="D213" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E213" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F213" t="s">
-        <v>241</v>
+        <v>331</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>841</v>
+        <v>827</v>
       </c>
       <c r="H213" t="s">
-        <v>842</v>
+        <v>828</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>843</v>
+        <v>829</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>36</v>
+        <v>830</v>
       </c>
       <c r="D214" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E214" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F214" t="s">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>844</v>
+        <v>831</v>
       </c>
       <c r="H214" t="s">
-        <v>845</v>
+        <v>832</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>846</v>
+        <v>833</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>40</v>
+        <v>834</v>
       </c>
       <c r="D215" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E215" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F215" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="H215" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>849</v>
+        <v>837</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>54</v>
+        <v>838</v>
       </c>
       <c r="D216" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E216" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F216" t="s">
-        <v>222</v>
+        <v>331</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="H216" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>852</v>
+        <v>841</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>58</v>
+        <v>842</v>
       </c>
       <c r="D217" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E217" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F217" t="s">
-        <v>321</v>
+        <v>284</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="H217" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>62</v>
+        <v>846</v>
       </c>
       <c r="D218" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E218" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F218" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="H218" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>858</v>
+        <v>849</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>102</v>
+        <v>850</v>
       </c>
       <c r="D219" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E219" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F219" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="H219" t="s">
-        <v>860</v>
+        <v>852</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>248</v>
+        <v>854</v>
       </c>
       <c r="D220" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E220" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F220" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="H220" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>252</v>
+        <v>858</v>
       </c>
       <c r="D221" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E221" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F221" t="s">
-        <v>222</v>
+        <v>859</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="H221" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>256</v>
+        <v>863</v>
       </c>
       <c r="D222" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E222" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F222" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="H222" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>260</v>
+        <v>867</v>
       </c>
       <c r="D223" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E223" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F223" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="H223" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>870</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>871</v>
+      </c>
+      <c r="D224" t="s">
+        <v>270</v>
+      </c>
+      <c r="E224" t="s">
+        <v>271</v>
+      </c>
+      <c r="F224" t="s">
+        <v>288</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H224" t="s">
         <v>873</v>
-      </c>
-[...19 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>874</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>875</v>
+      </c>
+      <c r="D225" t="s">
+        <v>270</v>
+      </c>
+      <c r="E225" t="s">
+        <v>271</v>
+      </c>
+      <c r="F225" t="s">
+        <v>288</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B225" t="s">
-[...14 lines deleted...]
-      <c r="G225" s="1" t="s">
+      <c r="H225" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>878</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
         <v>879</v>
       </c>
-      <c r="B226" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D226" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E226" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F226" t="s">
-        <v>230</v>
+        <v>288</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>880</v>
       </c>
       <c r="H226" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>882</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>274</v>
+        <v>883</v>
       </c>
       <c r="D227" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E227" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F227" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H227" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>283</v>
+        <v>887</v>
       </c>
       <c r="D228" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E228" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F228" t="s">
-        <v>886</v>
+        <v>331</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H228" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>114</v>
+        <v>891</v>
       </c>
       <c r="D229" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E229" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F229" t="s">
-        <v>230</v>
+        <v>331</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="H229" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>118</v>
+        <v>895</v>
       </c>
       <c r="D230" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E230" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F230" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="H230" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>122</v>
+        <v>899</v>
       </c>
       <c r="D231" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E231" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F231" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="H231" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>300</v>
+        <v>903</v>
       </c>
       <c r="D232" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E232" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F232" t="s">
-        <v>241</v>
+        <v>288</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="H232" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>304</v>
+        <v>907</v>
       </c>
       <c r="D233" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E233" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F233" t="s">
-        <v>241</v>
+        <v>288</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="H233" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>125</v>
+        <v>911</v>
       </c>
       <c r="D234" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E234" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F234" t="s">
-        <v>905</v>
+        <v>331</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="H234" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>129</v>
+        <v>915</v>
       </c>
       <c r="D235" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E235" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F235" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="H235" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>133</v>
+        <v>919</v>
       </c>
       <c r="D236" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E236" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F236" t="s">
-        <v>50</v>
+        <v>284</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="H236" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>137</v>
+        <v>923</v>
       </c>
       <c r="D237" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E237" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F237" t="s">
-        <v>308</v>
+        <v>284</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="H237" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="D238" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E238" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F238" t="s">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="H238" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>186</v>
+        <v>931</v>
       </c>
       <c r="D239" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E239" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F239" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="H239" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>190</v>
+        <v>935</v>
       </c>
       <c r="D240" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E240" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F240" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="H240" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>194</v>
+        <v>939</v>
       </c>
       <c r="D241" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E241" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F241" t="s">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>928</v>
+        <v>940</v>
       </c>
       <c r="H241" t="s">
-        <v>929</v>
+        <v>941</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>930</v>
+        <v>942</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>198</v>
+        <v>943</v>
       </c>
       <c r="D242" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E242" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F242" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
       <c r="H242" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>933</v>
+        <v>946</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="D243" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E243" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F243" t="s">
-        <v>214</v>
+        <v>292</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
       <c r="H243" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
       <c r="D244" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E244" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F244" t="s">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="H244" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="D245" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E245" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F245" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
       <c r="H245" t="s">
-        <v>944</v>
+        <v>957</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
       <c r="D246" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E246" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F246" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="H246" t="s">
-        <v>948</v>
+        <v>961</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>353</v>
+        <v>963</v>
       </c>
       <c r="D247" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E247" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F247" t="s">
-        <v>50</v>
+        <v>331</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="H247" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>357</v>
+        <v>967</v>
       </c>
       <c r="D248" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E248" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F248" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="H248" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>362</v>
+        <v>971</v>
       </c>
       <c r="D249" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E249" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F249" t="s">
-        <v>321</v>
+        <v>288</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>956</v>
+        <v>972</v>
       </c>
       <c r="H249" t="s">
-        <v>957</v>
+        <v>973</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>366</v>
+        <v>975</v>
       </c>
       <c r="D250" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E250" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F250" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>959</v>
+        <v>976</v>
       </c>
       <c r="H250" t="s">
-        <v>960</v>
+        <v>977</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>374</v>
+        <v>979</v>
       </c>
       <c r="D251" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E251" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F251" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="H251" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>378</v>
+        <v>983</v>
       </c>
       <c r="D252" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E252" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F252" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>965</v>
+        <v>984</v>
       </c>
       <c r="H252" t="s">
-        <v>966</v>
+        <v>985</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>967</v>
+        <v>986</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>382</v>
+        <v>987</v>
       </c>
       <c r="D253" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E253" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F253" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>968</v>
+        <v>988</v>
       </c>
       <c r="H253" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>386</v>
+        <v>991</v>
       </c>
       <c r="D254" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E254" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F254" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>971</v>
+        <v>992</v>
       </c>
       <c r="H254" t="s">
-        <v>972</v>
+        <v>993</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>973</v>
+        <v>994</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>390</v>
+        <v>995</v>
       </c>
       <c r="D255" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E255" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F255" t="s">
-        <v>974</v>
+        <v>331</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>975</v>
+        <v>996</v>
       </c>
       <c r="H255" t="s">
-        <v>976</v>
+        <v>997</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>977</v>
+        <v>998</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>394</v>
+        <v>999</v>
       </c>
       <c r="D256" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E256" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F256" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>978</v>
+        <v>1000</v>
       </c>
       <c r="H256" t="s">
-        <v>979</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>980</v>
+        <v>1002</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>981</v>
+        <v>1003</v>
       </c>
       <c r="D257" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E257" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F257" t="s">
-        <v>308</v>
+        <v>372</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>982</v>
+        <v>1004</v>
       </c>
       <c r="H257" t="s">
-        <v>983</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>984</v>
+        <v>1006</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>985</v>
+        <v>1007</v>
       </c>
       <c r="D258" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E258" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F258" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>986</v>
+        <v>1008</v>
       </c>
       <c r="H258" t="s">
-        <v>987</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>988</v>
+        <v>1010</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>989</v>
+        <v>1011</v>
       </c>
       <c r="D259" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E259" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F259" t="s">
-        <v>222</v>
+        <v>288</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>990</v>
+        <v>1012</v>
       </c>
       <c r="H259" t="s">
-        <v>991</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>992</v>
+        <v>1014</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>993</v>
+        <v>1015</v>
       </c>
       <c r="D260" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E260" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F260" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>994</v>
+        <v>1016</v>
       </c>
       <c r="H260" t="s">
-        <v>995</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>996</v>
+        <v>1018</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>997</v>
+        <v>1019</v>
       </c>
       <c r="D261" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E261" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F261" t="s">
-        <v>50</v>
+        <v>303</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>998</v>
+        <v>1020</v>
       </c>
       <c r="H261" t="s">
-        <v>999</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1000</v>
+        <v>1022</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1001</v>
+        <v>1023</v>
       </c>
       <c r="D262" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E262" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F262" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1002</v>
+        <v>1024</v>
       </c>
       <c r="H262" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1005</v>
+        <v>1027</v>
       </c>
       <c r="D263" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E263" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F263" t="s">
-        <v>275</v>
+        <v>372</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1006</v>
+        <v>1028</v>
       </c>
       <c r="H263" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1008</v>
+        <v>1030</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1009</v>
+        <v>1031</v>
       </c>
       <c r="D264" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E264" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F264" t="s">
-        <v>1010</v>
+        <v>372</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1011</v>
+        <v>1032</v>
       </c>
       <c r="H264" t="s">
-        <v>1012</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1013</v>
+        <v>1034</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1014</v>
+        <v>1035</v>
       </c>
       <c r="D265" t="s">
-        <v>829</v>
+        <v>270</v>
       </c>
       <c r="E265" t="s">
-        <v>830</v>
+        <v>271</v>
       </c>
       <c r="F265" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1015</v>
+        <v>1036</v>
       </c>
       <c r="H265" t="s">
-        <v>1016</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1017</v>
+        <v>1038</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1018</v>
+        <v>10</v>
       </c>
       <c r="D266" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E266" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F266" t="s">
-        <v>1019</v>
+        <v>1041</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1020</v>
+        <v>1042</v>
       </c>
       <c r="H266" t="s">
-        <v>1021</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1022</v>
+        <v>1044</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1023</v>
+        <v>33</v>
       </c>
       <c r="D267" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E267" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F267" t="s">
-        <v>214</v>
+        <v>331</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1024</v>
+        <v>1045</v>
       </c>
       <c r="H267" t="s">
-        <v>1025</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1026</v>
+        <v>1047</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1027</v>
+        <v>23</v>
       </c>
       <c r="D268" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E268" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F268" t="s">
-        <v>1028</v>
+        <v>331</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1029</v>
+        <v>1048</v>
       </c>
       <c r="H268" t="s">
-        <v>1030</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1031</v>
+        <v>1050</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1032</v>
+        <v>41</v>
       </c>
       <c r="D269" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E269" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F269" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1033</v>
+        <v>1051</v>
       </c>
       <c r="H269" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1036</v>
+        <v>45</v>
       </c>
       <c r="D270" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E270" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F270" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
       <c r="H270" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>49</v>
+      </c>
+      <c r="D271" t="s">
         <v>1039</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="E271" t="s">
         <v>1040</v>
       </c>
-      <c r="D271" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F271" t="s">
-        <v>214</v>
+        <v>280</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="H271" t="s">
-        <v>1042</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1043</v>
+        <v>1059</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1044</v>
+        <v>72</v>
       </c>
       <c r="D272" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E272" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F272" t="s">
-        <v>214</v>
+        <v>284</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="H272" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1048</v>
+        <v>76</v>
       </c>
       <c r="D273" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E273" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F273" t="s">
-        <v>308</v>
+        <v>372</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="H273" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1052</v>
+        <v>80</v>
       </c>
       <c r="D274" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E274" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F274" t="s">
-        <v>1053</v>
+        <v>372</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="H274" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1057</v>
+        <v>84</v>
       </c>
       <c r="D275" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E275" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F275" t="s">
-        <v>230</v>
+        <v>372</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="H275" t="s">
-        <v>1059</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1061</v>
+        <v>126</v>
       </c>
       <c r="D276" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E276" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F276" t="s">
-        <v>218</v>
+        <v>372</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="H276" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1065</v>
+        <v>130</v>
       </c>
       <c r="D277" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E277" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F277" t="s">
-        <v>222</v>
+        <v>284</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="H277" t="s">
-        <v>1067</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1069</v>
+        <v>134</v>
       </c>
       <c r="D278" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E278" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F278" t="s">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="H278" t="s">
-        <v>1071</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1072</v>
+        <v>1080</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1073</v>
+        <v>138</v>
       </c>
       <c r="D279" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E279" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F279" t="s">
-        <v>222</v>
+        <v>331</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="H279" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1077</v>
+        <v>141</v>
       </c>
       <c r="D280" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E280" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F280" t="s">
-        <v>1078</v>
+        <v>288</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="H280" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1082</v>
+        <v>145</v>
       </c>
       <c r="D281" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E281" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F281" t="s">
-        <v>218</v>
+        <v>372</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="H281" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1086</v>
+        <v>149</v>
       </c>
       <c r="D282" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E282" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F282" t="s">
-        <v>1053</v>
+        <v>292</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="H282" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1090</v>
+        <v>153</v>
       </c>
       <c r="D283" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E283" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F283" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="H283" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1094</v>
+        <v>160</v>
       </c>
       <c r="D284" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E284" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F284" t="s">
-        <v>308</v>
+        <v>1096</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H284" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1098</v>
+        <v>164</v>
       </c>
       <c r="D285" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E285" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F285" t="s">
-        <v>222</v>
+        <v>292</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="H285" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1102</v>
+        <v>168</v>
       </c>
       <c r="D286" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E286" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F286" t="s">
-        <v>226</v>
+        <v>359</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="H286" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>1105</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
+        <v>175</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F287" t="s">
+        <v>280</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="D287" t="s">
-[...8 lines deleted...]
-      <c r="G287" s="1" t="s">
+      <c r="H287" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>178</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F288" t="s">
+        <v>303</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="H288" t="s">
         <v>1110</v>
-      </c>
-[...13 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>183</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F289" t="s">
+        <v>303</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H289" t="s">
         <v>1113</v>
-      </c>
-[...19 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>187</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H290" t="s">
         <v>1117</v>
-      </c>
-[...19 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1122</v>
+        <v>191</v>
       </c>
       <c r="D291" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E291" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F291" t="s">
-        <v>241</v>
+        <v>331</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="H291" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1126</v>
+        <v>195</v>
       </c>
       <c r="D292" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E292" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F292" t="s">
-        <v>497</v>
+        <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="H292" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1130</v>
+        <v>199</v>
       </c>
       <c r="D293" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E293" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F293" t="s">
-        <v>241</v>
+        <v>359</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="H293" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1134</v>
+        <v>203</v>
       </c>
       <c r="D294" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E294" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F294" t="s">
-        <v>1019</v>
+        <v>288</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1135</v>
+        <v>1128</v>
       </c>
       <c r="H294" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1138</v>
+        <v>207</v>
       </c>
       <c r="D295" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E295" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F295" t="s">
-        <v>1019</v>
+        <v>303</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="H295" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1141</v>
+        <v>211</v>
       </c>
       <c r="D296" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E296" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F296" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="H296" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1145</v>
+        <v>88</v>
       </c>
       <c r="D297" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E297" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F297" t="s">
-        <v>321</v>
+        <v>1137</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1146</v>
+        <v>1138</v>
       </c>
       <c r="H297" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1149</v>
+        <v>215</v>
       </c>
       <c r="D298" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E298" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F298" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="H298" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1153</v>
+        <v>388</v>
       </c>
       <c r="D299" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E299" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F299" t="s">
-        <v>226</v>
+        <v>331</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="H299" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1156</v>
+        <v>1146</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1157</v>
+        <v>219</v>
       </c>
       <c r="D300" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E300" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F300" t="s">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="H300" t="s">
-        <v>1159</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1161</v>
+        <v>223</v>
       </c>
       <c r="D301" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E301" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F301" t="s">
-        <v>241</v>
+        <v>372</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1162</v>
+        <v>1150</v>
       </c>
       <c r="H301" t="s">
-        <v>1163</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1164</v>
+        <v>1152</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1165</v>
+        <v>92</v>
       </c>
       <c r="D302" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E302" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F302" t="s">
-        <v>222</v>
+        <v>1137</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1166</v>
+        <v>1153</v>
       </c>
       <c r="H302" t="s">
-        <v>1167</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1168</v>
+        <v>1155</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1169</v>
+        <v>227</v>
       </c>
       <c r="D303" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E303" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F303" t="s">
-        <v>222</v>
+        <v>1137</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1170</v>
+        <v>1156</v>
       </c>
       <c r="H303" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="D304" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E304" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F304" t="s">
-        <v>308</v>
+        <v>536</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="H304" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1176</v>
+        <v>1162</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1177</v>
+        <v>232</v>
       </c>
       <c r="D305" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E305" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F305" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1178</v>
+        <v>1163</v>
       </c>
       <c r="H305" t="s">
-        <v>1179</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1180</v>
+        <v>1165</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1181</v>
+        <v>236</v>
       </c>
       <c r="D306" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E306" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F306" t="s">
-        <v>321</v>
+        <v>536</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1182</v>
+        <v>1166</v>
       </c>
       <c r="H306" t="s">
-        <v>1183</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1184</v>
+        <v>1168</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1185</v>
+        <v>240</v>
       </c>
       <c r="D307" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E307" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F307" t="s">
-        <v>222</v>
+        <v>536</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1186</v>
+        <v>1169</v>
       </c>
       <c r="H307" t="s">
-        <v>1187</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1189</v>
+        <v>1172</v>
       </c>
       <c r="D308" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E308" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F308" t="s">
-        <v>241</v>
+        <v>276</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1190</v>
+        <v>1173</v>
       </c>
       <c r="H308" t="s">
-        <v>1191</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1192</v>
+        <v>1175</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1193</v>
+        <v>1176</v>
       </c>
       <c r="D309" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E309" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F309" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1194</v>
+        <v>1177</v>
       </c>
       <c r="H309" t="s">
-        <v>1195</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1196</v>
+        <v>1179</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1197</v>
+        <v>1180</v>
       </c>
       <c r="D310" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E310" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F310" t="s">
-        <v>218</v>
+        <v>536</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1198</v>
+        <v>1181</v>
       </c>
       <c r="H310" t="s">
-        <v>1199</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1200</v>
+        <v>1183</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1201</v>
+        <v>244</v>
       </c>
       <c r="D311" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E311" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F311" t="s">
-        <v>230</v>
+        <v>1184</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1202</v>
+        <v>1185</v>
       </c>
       <c r="H311" t="s">
-        <v>1203</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1204</v>
+        <v>1187</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1205</v>
+        <v>1188</v>
       </c>
       <c r="D312" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E312" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F312" t="s">
-        <v>230</v>
+        <v>1189</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1206</v>
+        <v>1190</v>
       </c>
       <c r="H312" t="s">
-        <v>1207</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1208</v>
+        <v>1192</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1209</v>
+        <v>248</v>
       </c>
       <c r="D313" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E313" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F313" t="s">
-        <v>230</v>
+        <v>1189</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1210</v>
+        <v>1193</v>
       </c>
       <c r="H313" t="s">
-        <v>1211</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1212</v>
+        <v>1195</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1213</v>
+        <v>252</v>
       </c>
       <c r="D314" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E314" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F314" t="s">
-        <v>226</v>
+        <v>292</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1214</v>
+        <v>1196</v>
       </c>
       <c r="H314" t="s">
-        <v>1215</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1216</v>
+        <v>1198</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1217</v>
+        <v>256</v>
       </c>
       <c r="D315" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E315" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F315" t="s">
-        <v>275</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1218</v>
+        <v>1199</v>
       </c>
       <c r="H315" t="s">
-        <v>1219</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1220</v>
+        <v>1201</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1221</v>
+        <v>260</v>
       </c>
       <c r="D316" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E316" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F316" t="s">
-        <v>1222</v>
+        <v>331</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1223</v>
+        <v>1202</v>
       </c>
       <c r="H316" t="s">
-        <v>1224</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1225</v>
+        <v>1204</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1226</v>
+        <v>1205</v>
       </c>
       <c r="D317" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E317" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F317" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1227</v>
+        <v>1206</v>
       </c>
       <c r="H317" t="s">
-        <v>1228</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1229</v>
+        <v>1208</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1230</v>
+        <v>1209</v>
       </c>
       <c r="D318" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E318" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F318" t="s">
-        <v>1231</v>
+        <v>288</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1232</v>
+        <v>1210</v>
       </c>
       <c r="H318" t="s">
-        <v>1233</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1234</v>
+        <v>1212</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1235</v>
+        <v>1213</v>
       </c>
       <c r="D319" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E319" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F319" t="s">
-        <v>649</v>
+        <v>372</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1236</v>
+        <v>1214</v>
       </c>
       <c r="H319" t="s">
-        <v>1237</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1238</v>
+        <v>1216</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1239</v>
+        <v>1217</v>
       </c>
       <c r="D320" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E320" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F320" t="s">
-        <v>321</v>
+        <v>372</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1240</v>
+        <v>1218</v>
       </c>
       <c r="H320" t="s">
-        <v>1241</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1242</v>
+        <v>1220</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1243</v>
+        <v>404</v>
       </c>
       <c r="D321" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E321" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F321" t="s">
-        <v>230</v>
+        <v>13</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1244</v>
+        <v>1221</v>
       </c>
       <c r="H321" t="s">
-        <v>1245</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1246</v>
+        <v>1223</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1247</v>
+        <v>408</v>
       </c>
       <c r="D322" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E322" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F322" t="s">
-        <v>230</v>
+        <v>372</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1248</v>
+        <v>1224</v>
       </c>
       <c r="H322" t="s">
-        <v>1249</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1250</v>
+        <v>1226</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1251</v>
+        <v>413</v>
       </c>
       <c r="D323" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E323" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F323" t="s">
-        <v>230</v>
+        <v>372</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1252</v>
+        <v>1227</v>
       </c>
       <c r="H323" t="s">
-        <v>1253</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1254</v>
+        <v>1229</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1255</v>
+        <v>417</v>
       </c>
       <c r="D324" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E324" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F324" t="s">
-        <v>222</v>
+        <v>280</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1256</v>
+        <v>1230</v>
       </c>
       <c r="H324" t="s">
-        <v>1257</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1258</v>
+        <v>1232</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1259</v>
+        <v>425</v>
       </c>
       <c r="D325" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E325" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F325" t="s">
-        <v>1260</v>
+        <v>284</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1261</v>
+        <v>1233</v>
       </c>
       <c r="H325" t="s">
-        <v>1262</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1263</v>
+        <v>1235</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1264</v>
+        <v>429</v>
       </c>
       <c r="D326" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E326" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F326" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1265</v>
+        <v>1236</v>
       </c>
       <c r="H326" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1267</v>
+        <v>1238</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1268</v>
+        <v>433</v>
       </c>
       <c r="D327" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E327" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F327" t="s">
-        <v>226</v>
+        <v>288</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1269</v>
+        <v>1239</v>
       </c>
       <c r="H327" t="s">
-        <v>1270</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1271</v>
+        <v>1241</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1272</v>
+        <v>437</v>
       </c>
       <c r="D328" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E328" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F328" t="s">
-        <v>214</v>
+        <v>288</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1273</v>
+        <v>1242</v>
       </c>
       <c r="H328" t="s">
-        <v>1274</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1275</v>
+        <v>1244</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1276</v>
+        <v>441</v>
       </c>
       <c r="D329" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E329" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F329" t="s">
-        <v>308</v>
+        <v>1184</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1277</v>
+        <v>1245</v>
       </c>
       <c r="H329" t="s">
-        <v>1278</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1279</v>
+        <v>1247</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1280</v>
+        <v>445</v>
       </c>
       <c r="D330" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E330" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F330" t="s">
-        <v>308</v>
+        <v>359</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1281</v>
+        <v>1248</v>
       </c>
       <c r="H330" t="s">
-        <v>1282</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1283</v>
+        <v>1250</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1284</v>
+        <v>449</v>
       </c>
       <c r="D331" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E331" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F331" t="s">
-        <v>241</v>
+        <v>359</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1285</v>
+        <v>1251</v>
       </c>
       <c r="H331" t="s">
-        <v>1286</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1287</v>
+        <v>1253</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1288</v>
+        <v>453</v>
       </c>
       <c r="D332" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E332" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F332" t="s">
-        <v>241</v>
+        <v>284</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1289</v>
+        <v>1254</v>
       </c>
       <c r="H332" t="s">
-        <v>1290</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1291</v>
+        <v>1256</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1292</v>
+        <v>457</v>
       </c>
       <c r="D333" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E333" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F333" t="s">
-        <v>218</v>
+        <v>284</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1293</v>
+        <v>1257</v>
       </c>
       <c r="H333" t="s">
-        <v>1294</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1295</v>
+        <v>1259</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1296</v>
+        <v>461</v>
       </c>
       <c r="D334" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E334" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F334" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1297</v>
+        <v>1260</v>
       </c>
       <c r="H334" t="s">
-        <v>1298</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1299</v>
+        <v>1262</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>398</v>
+        <v>465</v>
       </c>
       <c r="D335" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E335" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F335" t="s">
-        <v>218</v>
+        <v>13</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1300</v>
+        <v>1263</v>
       </c>
       <c r="H335" t="s">
-        <v>1301</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1302</v>
+        <v>1265</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>402</v>
+        <v>469</v>
       </c>
       <c r="D336" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E336" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F336" t="s">
-        <v>1303</v>
+        <v>288</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1304</v>
+        <v>1266</v>
       </c>
       <c r="H336" t="s">
-        <v>1305</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1306</v>
+        <v>1268</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>406</v>
+        <v>473</v>
       </c>
       <c r="D337" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E337" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F337" t="s">
-        <v>1053</v>
+        <v>331</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1307</v>
+        <v>1269</v>
       </c>
       <c r="H337" t="s">
-        <v>1308</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1309</v>
+        <v>1271</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>411</v>
+        <v>477</v>
       </c>
       <c r="D338" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E338" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F338" t="s">
-        <v>321</v>
+        <v>1272</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1310</v>
+        <v>1273</v>
       </c>
       <c r="H338" t="s">
-        <v>1311</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1312</v>
+        <v>1275</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>415</v>
+        <v>481</v>
       </c>
       <c r="D339" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E339" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F339" t="s">
-        <v>1303</v>
+        <v>280</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1313</v>
+        <v>1276</v>
       </c>
       <c r="H339" t="s">
-        <v>1314</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1315</v>
+        <v>1278</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>419</v>
+        <v>485</v>
       </c>
       <c r="D340" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E340" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F340" t="s">
-        <v>1222</v>
+        <v>1279</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1316</v>
+        <v>1280</v>
       </c>
       <c r="H340" t="s">
-        <v>1317</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1318</v>
+        <v>1282</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>427</v>
+        <v>489</v>
       </c>
       <c r="D341" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E341" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F341" t="s">
-        <v>308</v>
+        <v>276</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1319</v>
+        <v>1283</v>
       </c>
       <c r="H341" t="s">
-        <v>1320</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1321</v>
+        <v>1285</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>431</v>
+        <v>493</v>
       </c>
       <c r="D342" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E342" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F342" t="s">
-        <v>308</v>
+        <v>1286</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1322</v>
+        <v>1287</v>
       </c>
       <c r="H342" t="s">
-        <v>1323</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1324</v>
+        <v>1289</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>435</v>
+        <v>497</v>
       </c>
       <c r="D343" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E343" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F343" t="s">
-        <v>222</v>
+        <v>372</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1325</v>
+        <v>1290</v>
       </c>
       <c r="H343" t="s">
-        <v>1326</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1327</v>
+        <v>1292</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>439</v>
+        <v>501</v>
       </c>
       <c r="D344" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E344" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F344" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1328</v>
+        <v>1293</v>
       </c>
       <c r="H344" t="s">
-        <v>1329</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1330</v>
+        <v>1295</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>443</v>
+        <v>506</v>
       </c>
       <c r="D345" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E345" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F345" t="s">
-        <v>308</v>
+        <v>276</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1331</v>
+        <v>1296</v>
       </c>
       <c r="H345" t="s">
-        <v>1332</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1333</v>
+        <v>1298</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>447</v>
+        <v>510</v>
       </c>
       <c r="D346" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E346" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F346" t="s">
-        <v>1222</v>
+        <v>276</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1334</v>
+        <v>1299</v>
       </c>
       <c r="H346" t="s">
-        <v>1335</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1336</v>
+        <v>1301</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>451</v>
+        <v>514</v>
       </c>
       <c r="D347" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E347" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F347" t="s">
-        <v>226</v>
+        <v>359</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1337</v>
+        <v>1302</v>
       </c>
       <c r="H347" t="s">
-        <v>1338</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1339</v>
+        <v>1304</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>455</v>
+        <v>518</v>
       </c>
       <c r="D348" t="s">
-        <v>829</v>
+        <v>1039</v>
       </c>
       <c r="E348" t="s">
-        <v>830</v>
+        <v>1040</v>
       </c>
       <c r="F348" t="s">
-        <v>321</v>
+        <v>1305</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1340</v>
+        <v>1306</v>
       </c>
       <c r="H348" t="s">
-        <v>1341</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1342</v>
+        <v>1308</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>22</v>
+        <v>523</v>
       </c>
       <c r="D349" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E349" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F349" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1345</v>
+        <v>1309</v>
       </c>
       <c r="H349" t="s">
-        <v>1346</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1347</v>
+        <v>1311</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>17</v>
+        <v>527</v>
       </c>
       <c r="D350" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E350" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F350" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1348</v>
+        <v>1312</v>
       </c>
       <c r="H350" t="s">
-        <v>1349</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1350</v>
+        <v>1314</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>32</v>
+        <v>531</v>
       </c>
       <c r="D351" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E351" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F351" t="s">
-        <v>50</v>
+        <v>284</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1351</v>
+        <v>1315</v>
       </c>
       <c r="H351" t="s">
-        <v>1352</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1353</v>
+        <v>1317</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>36</v>
+        <v>535</v>
       </c>
       <c r="D352" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E352" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F352" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1354</v>
+        <v>1318</v>
       </c>
       <c r="H352" t="s">
-        <v>1355</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1356</v>
+        <v>1320</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>54</v>
+        <v>540</v>
       </c>
       <c r="D353" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E353" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F353" t="s">
-        <v>308</v>
+        <v>284</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1357</v>
+        <v>1321</v>
       </c>
       <c r="H353" t="s">
-        <v>1358</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1359</v>
+        <v>1323</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>102</v>
+        <v>544</v>
       </c>
       <c r="D354" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E354" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F354" t="s">
-        <v>226</v>
+        <v>536</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1360</v>
+        <v>1324</v>
       </c>
       <c r="H354" t="s">
-        <v>1361</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1362</v>
+        <v>1326</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>248</v>
+        <v>548</v>
       </c>
       <c r="D355" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E355" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F355" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1363</v>
+        <v>1327</v>
       </c>
       <c r="H355" t="s">
-        <v>1364</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1365</v>
+        <v>1329</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>256</v>
+        <v>552</v>
       </c>
       <c r="D356" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E356" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F356" t="s">
-        <v>308</v>
+        <v>1305</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1366</v>
+        <v>1330</v>
       </c>
       <c r="H356" t="s">
-        <v>1367</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1368</v>
+        <v>1332</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>260</v>
+        <v>556</v>
       </c>
       <c r="D357" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E357" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F357" t="s">
-        <v>308</v>
+        <v>331</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1369</v>
+        <v>1333</v>
       </c>
       <c r="H357" t="s">
-        <v>1370</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1371</v>
+        <v>1335</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>106</v>
+        <v>560</v>
       </c>
       <c r="D358" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E358" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F358" t="s">
-        <v>407</v>
+        <v>359</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1372</v>
+        <v>1336</v>
       </c>
       <c r="H358" t="s">
-        <v>1373</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1374</v>
+        <v>1338</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>267</v>
+        <v>564</v>
       </c>
       <c r="D359" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E359" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F359" t="s">
-        <v>214</v>
+        <v>284</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1375</v>
+        <v>1339</v>
       </c>
       <c r="H359" t="s">
-        <v>1376</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1377</v>
+        <v>1341</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>110</v>
+        <v>568</v>
       </c>
       <c r="D360" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F360" t="s">
+        <v>288</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H360" t="s">
         <v>1343</v>
-      </c>
-[...10 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1380</v>
+        <v>1344</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>274</v>
+        <v>1345</v>
       </c>
       <c r="D361" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E361" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F361" t="s">
-        <v>218</v>
+        <v>292</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1381</v>
+        <v>1346</v>
       </c>
       <c r="H361" t="s">
-        <v>1382</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1383</v>
+        <v>1348</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>279</v>
+        <v>572</v>
       </c>
       <c r="D362" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E362" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F362" t="s">
-        <v>218</v>
+        <v>683</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1384</v>
+        <v>1349</v>
       </c>
       <c r="H362" t="s">
-        <v>1385</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1386</v>
+        <v>1351</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>283</v>
+        <v>576</v>
       </c>
       <c r="D363" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E363" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F363" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1387</v>
+        <v>1352</v>
       </c>
       <c r="H363" t="s">
-        <v>1388</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1389</v>
+        <v>1354</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>114</v>
+        <v>580</v>
       </c>
       <c r="D364" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E364" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F364" t="s">
-        <v>275</v>
+        <v>13</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1390</v>
+        <v>1355</v>
       </c>
       <c r="H364" t="s">
-        <v>1391</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1392</v>
+        <v>1357</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>118</v>
+        <v>584</v>
       </c>
       <c r="D365" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E365" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F365" t="s">
-        <v>222</v>
+        <v>303</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1393</v>
+        <v>1358</v>
       </c>
       <c r="H365" t="s">
-        <v>1394</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1395</v>
+        <v>1360</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>293</v>
+        <v>588</v>
       </c>
       <c r="D366" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E366" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F366" t="s">
-        <v>218</v>
+        <v>605</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1396</v>
+        <v>1361</v>
       </c>
       <c r="H366" t="s">
-        <v>1397</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1398</v>
+        <v>1363</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>122</v>
+        <v>592</v>
       </c>
       <c r="D367" t="s">
-        <v>1343</v>
+        <v>1039</v>
       </c>
       <c r="E367" t="s">
-        <v>1344</v>
+        <v>1040</v>
       </c>
       <c r="F367" t="s">
-        <v>226</v>
+        <v>303</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1399</v>
+        <v>1364</v>
       </c>
       <c r="H367" t="s">
-        <v>1400</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>596</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>600</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F370" t="s">
+        <v>359</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F371" t="s">
+        <v>372</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F372" t="s">
+        <v>359</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F373" t="s">
+        <v>288</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F374" t="s">
+        <v>280</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F375" t="s">
+        <v>303</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F376" t="s">
+        <v>284</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F377" t="s">
+        <v>284</v>
+      </c>
+      <c r="G377" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="H377" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F378" t="s">
+        <v>359</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F379" t="s">
+        <v>359</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F380" t="s">
+        <v>372</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F381" t="s">
+        <v>284</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F382" t="s">
+        <v>303</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F383" t="s">
+        <v>280</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F384" t="s">
+        <v>280</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F385" t="s">
+        <v>292</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F386" t="s">
+        <v>292</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F387" t="s">
+        <v>292</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F388" t="s">
+        <v>288</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F389" t="s">
+        <v>331</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F391" t="s">
+        <v>280</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F393" t="s">
+        <v>859</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F394" t="s">
+        <v>372</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F395" t="s">
+        <v>292</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F396" t="s">
+        <v>292</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>604</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F397" t="s">
+        <v>292</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F398" t="s">
+        <v>284</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F400" t="s">
+        <v>359</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F401" t="s">
+        <v>288</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F402" t="s">
+        <v>276</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F403" t="s">
+        <v>359</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F404" t="s">
+        <v>359</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F405" t="s">
+        <v>303</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F406" t="s">
+        <v>303</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F407" t="s">
+        <v>280</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F408" t="s">
+        <v>280</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>609</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F409" t="s">
+        <v>280</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>613</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>617</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1305</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>622</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F412" t="s">
+        <v>372</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>626</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>630</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>638</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F415" t="s">
+        <v>359</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>642</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F416" t="s">
+        <v>359</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>646</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F417" t="s">
+        <v>284</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>650</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F418" t="s">
+        <v>372</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>654</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F419" t="s">
+        <v>359</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>658</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>662</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F421" t="s">
+        <v>288</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>666</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F422" t="s">
+        <v>372</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>33</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F423" t="s">
+        <v>359</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>23</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F424" t="s">
+        <v>303</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>41</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F425" t="s">
+        <v>13</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>45</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F426" t="s">
+        <v>13</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>72</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F427" t="s">
+        <v>359</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>76</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F428" t="s">
+        <v>359</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>80</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>84</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F430" t="s">
+        <v>288</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>126</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F431" t="s">
+        <v>288</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>134</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F432" t="s">
+        <v>359</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>138</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F433" t="s">
+        <v>359</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>141</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F434" t="s">
+        <v>618</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>145</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F435" t="s">
+        <v>276</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>149</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F436" t="s">
+        <v>331</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>153</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F437" t="s">
+        <v>280</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>157</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F438" t="s">
+        <v>280</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>160</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F439" t="s">
+        <v>359</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>164</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F440" t="s">
+        <v>331</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>168</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F441" t="s">
+        <v>284</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>172</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F442" t="s">
+        <v>280</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>175</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F443" t="s">
+        <v>288</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
         <v>10</v>
       </c>
-      <c r="D368" t="s">
-[...12 lines deleted...]
-        <v>1406</v>
+      <c r="D444" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1639</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1641</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15624,50 +18497,126 @@
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
     <hyperlink ref="G354" r:id="rId353"/>
     <hyperlink ref="G355" r:id="rId354"/>
     <hyperlink ref="G356" r:id="rId355"/>
     <hyperlink ref="G357" r:id="rId356"/>
     <hyperlink ref="G358" r:id="rId357"/>
     <hyperlink ref="G359" r:id="rId358"/>
     <hyperlink ref="G360" r:id="rId359"/>
     <hyperlink ref="G361" r:id="rId360"/>
     <hyperlink ref="G362" r:id="rId361"/>
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
     <hyperlink ref="G367" r:id="rId366"/>
     <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>