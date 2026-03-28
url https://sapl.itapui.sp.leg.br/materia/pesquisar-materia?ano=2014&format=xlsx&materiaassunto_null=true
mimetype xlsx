--- v0 (2025-10-27)
+++ v1 (2026-03-28)
@@ -54,7034 +54,7034 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5633/ccf30072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5633/ccf30072025_0005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Orgânica do Município de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2364/ccf07052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2364/ccf07052025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE VAGA DE_x000D_
 EMPREGO QUE ESPECIFICA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2565/ccf09052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2565/ccf09052025_0002.pdf</t>
   </si>
   <si>
     <t>Institui feriado municipal no âmbito do Município de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Carlos Pierazo, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2849/ccf13052025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2849/ccf13052025_0057.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 7º. DA Lei Complementar_x000D_
 116/2014, cria e regulamenta a gratificação_x000D_
 por assiduidade aos servidores da Câmara_x000D_
 Municipal de Itapuí, e dá outras providências.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo, Luiz Pignatti, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2850/ccf13052025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2850/ccf13052025_0058.pdf</t>
   </si>
   <si>
     <t>Disciplina os procedimentos para as_x000D_
 Comissões de Sindicância da Câmara_x000D_
 Municipal de itapuí e dá outras providencias.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2847/ccf13052025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2847/ccf13052025_0055.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO NO ANO DE 2014 DE_x000D_
 PRÊMIO POR VALORIZAÇÃO PROFISSIONAL AOS_x000D_
 SERVIDORES INTEGRANTES DO QUADRO DO_x000D_
 MAGISTÉRIO PÚBLICO MUNICIPAL DE ITAPUÍ E DÁ_x000D_
 PROVIDÊNCIAS CORRELATAS,"</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/</t>
+    <t>http://sapl.itapui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO COM ENTIDADE QUE ESPECIFICA</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2454/ccf08052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2454/ccf08052025_0020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono salarial_x000D_
 aos servidores públicos do Poder Legislativo e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2848/ccf13052025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2848/ccf13052025_0056.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do valor do vale_x000D_
 alimentação dos servidores da Câmara_x000D_
 Municipal de Itapuí e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2456/ccf08052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2456/ccf08052025_0022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, CRIAÇÃO DE CARGOS_x000D_
 DE EMPREGO QUE ESPECIFICA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2455/ccf08052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2455/ccf08052025_0021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE ABONO_x000D_
 SALARIAL AOS SERVIDORES PUBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>CRIAÇAO DE VAGA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2740/ccf12052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2740/ccf12052025_0015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tombamento de_x000D_
 prédio público municipal e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2647/ccf12052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2647/ccf12052025_0002.pdf</t>
   </si>
   <si>
     <t>Isenta do pagamento de IPTU os portadores de_x000D_
 algumas doenças graves, idosos, e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2453/ccf08052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2453/ccf08052025_0019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre associação_x000D_
 em do Municipio Associação Civil Ideal, denominada de Crédito Popular Solidário, objetivo com о_x000D_
  de conceder crédito pequenos a micros e_x000D_
  empreendedores instalados no território municipal, e dá outras providências</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2452/ccf08052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2452/ccf08052025_0018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienação_x000D_
 de carcaças e veículos abandonados na_x000D_
 cidade de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2448/ccf08052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2448/ccf08052025_0016.pdf</t>
   </si>
   <si>
     <t>Fixa os critérios para construção de imóveis_x000D_
 destinados a pessoas com deficiência e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2573/ccf09052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2573/ccf09052025_0010.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a organização_x000D_
 não governamental INSTITUTO ”NOSSA TERRA_x000D_
 NOSSA GENTE”-“INTNG"</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2646/ccf12052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2646/ccf12052025_0001.pdf</t>
   </si>
   <si>
     <t>Dá denominação a praça pública e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2649/ccf12052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2649/ccf12052025_0005.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 2.521 de 6 de setembro de 2013,_x000D_
 dando nova denominação à Rua 11 e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2450/ccf08052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2450/ccf08052025_0017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBREREALIZAÇÃO DE_x000D_
 DESPESAS PARA REPARO DE VIATURA_x000D_
 POLICIAL.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2562/ccf09052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2562/ccf09052025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PREFEITURA A FORMALIZAR DEVOLUÇAI DE NUMERARIO</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2569/ccf09052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2569/ccf09052025_0006.pdf</t>
   </si>
   <si>
     <t>FESTA DO PEAO</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2568/ccf09052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2568/ccf09052025_0005.pdf</t>
   </si>
   <si>
     <t>SOCIEDADES DE UTILIDADE PUBLICA</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2566/ccf09052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2566/ccf09052025_0003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR O_x000D_
 PAGAMENTO DE COMPENSAÇÃO INDENIZATÓRIA DE_x000D_
 DESAPROPRIAÇÃO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2572/ccf09052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2572/ccf09052025_0009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER EM_x000D_
 DOAÇÃO DE JOÃO CARLOS PIGNATTI E OUTROS GLEBA_x000D_
 DE TERRAS NECESSÁRIA À PASSAGEM DE TUBULAÇÃO_x000D_
 DA ESTAÇÃO DE TRATAMENTO DE ESGOTO - ETE DE_x000D_
 ITAPUÍ E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2571/ccf09052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2571/ccf09052025_0008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL AUTORIZADOО А_x000D_
 REALIZAR A ABERTURA DE RUAS E DA OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2567/ccf09052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2567/ccf09052025_0004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR O_x000D_
 PAGAMENTO DE COMPENSAÇÃO INDENIZATÓRIA DE_x000D_
 DESAPROPRIAÇÃO E DA OUTRAS PROVID</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2570/ccf09052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2570/ccf09052025_0007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONVÊNIO_x000D_
 O MUNICÍPIO A CELEBRAR_x000D_
 COM O DEPARTAMENTO_x000D_
 ESTADUAL DE TRÂNSITO - DETRAN/SP E DÁ_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2645/ccf12052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2645/ccf12052025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXERCICIO DA ATIVIDADE DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS EM VEICULOS AUTOMOTORES DE ALUGUEL -TAXI.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2738/ccf12052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2738/ccf12052025_0013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE GERENCIAMENTO DE_x000D_
 RESÍDUOS SÓLIDOS.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2375/ccf07052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2375/ccf07052025_0013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de individuais entre os caixas_x000D_
 e o espaço reservado para os consumidores que aguardam atendimento nas agências e postos de serviços bancários do Município de Itapui e dá outras providências.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2372/ccf07052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2372/ccf07052025_0010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização da_x000D_
 Câmara Municipal para que o Sr._x000D_
 Prefeito Municipal mude a_x000D_
 localização de parques e prédios_x000D_
 públicos e dá outras providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2747/ccf12052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2747/ccf12052025_0022.pdf</t>
   </si>
   <si>
     <t>UTORIZA O PODER EXECUTIVO NO_x000D_
 EXERCÍCIO DE 2014 FIRMAR CONVÊNIO_x000D_
 COM ENTIDADE QUE ESPECIFICA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2746/ccf12052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2746/ccf12052025_0021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO_x000D_
 EXERCICIO DE 2014 FIRMAR CONVÊNIO_x000D_
 COM ENTIDADE QUE ESPECIFICA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2743/ccf12052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2743/ccf12052025_0018.pdf</t>
   </si>
   <si>
     <t>Institui reserva na entrega de imóveis para as_x000D_
 pessoas com deficiência e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2373/ccf07052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2373/ccf07052025_0011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de instalação_x000D_
 de sistema de segurança e monitoramento_x000D_
 por câmeras de vídeo nas áreas externas das_x000D_
 agências dos correios e das instituições_x000D_
 bancárias e financeiras que possuam_x000D_
 agências ou postos de atendimento_x000D_
 localizados no Município de Itapuí e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2742/ccf12052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2742/ccf12052025_0017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE 2014 À REALIZAR REPASSE À ENTIDADE QUE_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO REALIZAR REPASSE E FIRMAR CONVENIO COM ENTIDADE QUE ESPECIFICA</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5689/ccf31072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5689/ccf31072025_0007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do Poder_x000D_
 Executivo de enviar à Câmara Municipal cópia dos_x000D_
 contratos e termos aditivos firmados, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2374/ccf07052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2374/ccf07052025_0012.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE DIRETRIZES E EXIGÊNCIAS PARA O EMPREENDIMENTO DE_x000D_
 PRÉDIOS RESIDENCIAIS DENOMINADO RESIDENCIAL RIVIERA AZUL, QUE_x000D_
 SERÁ EXECUTADO EM ITAPUÍ E DÁ QUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>DIRETRIZES ORÇAMENTARIAS</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5630/ccf30072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5630/ccf30072025_0002.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA INCUBADOR_x000D_
 DE GRUPOS (PIG), EMPRESAS E_x000D_
 COOPERATIVAS DO MUNICÍPIO DE_x000D_
 ITAPUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5631/ccf30072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5631/ccf30072025_0003.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 2128_x000D_
 de 01 de agosto de 2005 e dá outras_x000D_
 providencias.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2855/ccf13052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2855/ccf13052025_0004.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei 2.444 de 24 de_x000D_
 novembro de 2011 е dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2863/ccf13052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2863/ccf13052025_0004.pdf</t>
   </si>
   <si>
     <t>INSTITUE O CONSELHO MUNICIPAL DE ATENÇÃOА_x000D_
 DIVERSIDADE SEXUAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2862/ccf13052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2862/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ DONA JOANA FERREIRA DIAS DUGOLIM"_x000D_
 O CENTRO DE CONVIVENCIA DO IDOSO.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2852/ccf13052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2852/ccf13052025_0001.pdf</t>
   </si>
   <si>
     <t>CREDITO SUPLEMENTAR</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2851/ccf13052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2851/ccf13052025.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos à Lei n.º 2.227, de 18 de Julho de 2007,_x000D_
 que dispõe sobre o Plano de Cargos e Vencimentos do Magistério_x000D_
 Público Municipal de Itapuí, Estado de São Paulo, e dá outras_x000D_
 providências".</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2861/ccf13052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2861/ccf13052025_0002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADITAR CONVÊNIO_x000D_
 COM ENTIDADE QUE ESPECIFICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2853/ccf13052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2853/ccf13052025_0002.pdf</t>
   </si>
   <si>
     <t>INSTITUE O SISTEMA DE CONTROLE_x000D_
 INTERNO NO MUNICIPIO DE ITAPUI E_x000D_
 DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2854/ccf13052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2854/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS | E I DO PARAGRAFO_x000D_
 PRIMEIRO, DO ARTIGO PRIMEIRO DA LEI MUNICIPAL N°_x000D_
 2.550 DE 26 DE FEVEREIRO DE 2014 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2856/ccf13052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2856/ccf13052025_0005.pdf</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2857/ccf13052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2857/ccf13052025_0006.pdf</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2858/ccf13052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2858/ccf13052025_0007.pdf</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2860/ccf13052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2860/ccf13052025_0001.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE_x000D_
 SANEAMENTOEOFUNDO MUNICIPAL_x000D_
 DE SANEAMENTO E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5632/ccf30072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5632/ccf30072025_0004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Regimento_x000D_
 Interno da Câmara Municipal de Itapuí,_x000D_
 alterando a forma como é realizada а_x000D_
 votação nominal nas sessões do Legislativo,_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2846/ccf13052025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2846/ccf13052025_0054.pdf</t>
   </si>
   <si>
     <t>Aprova em Plenário o Relatório Final da_x000D_
 Comissão Especial de Inquérito 01/2014 еe cria_x000D_
 Comissão Processante na Câmara Municipal_x000D_
 de Itapuí</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2827/ccf13052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2827/ccf13052025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de instituir a Guarda Municipal em nossa cidade, disponibilizando um_x000D_
 veiculo para eficácia dos trabalhos.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2826/ccf13052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2826/ccf13052025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Obras do Município que reaproveite os bloquetes que foram retirados da Avenida_x000D_
 Comendador José Maria de Almeida Prado nas ruas do Distrito Industrial II.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2825/ccf13052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2825/ccf13052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de adquirir um reservatório de água com maior capacidade para ser instalado_x000D_
 no bairro "Terras de Santa Maria", com o objetivo de solucionar a falta de água naquele_x000D_
 bairro._x000D_
 Na mesma ocasião, solicito de Vossa Excelência que_x000D_
 determine ao Setor Competente que o serviço de coleta de lixo seja disponibilizado no_x000D_
 bairro, pelo menos uma vez por semana.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2819/ccf13052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2819/ccf13052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que mande construir_x000D_
 uma canaleta de escoamento de água na rua Ernesto Cafeu esquina com rua Arricieri_x000D_
 Francischini, direcionando o fluxo de água até o córrego "Bica de Pedra", pois a galeria_x000D_
 recém construída na esquina do bar do "Gaspar" não está suportando o volume de água.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2820/ccf13052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2820/ccf13052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Obras que mande dois caminhões de piçarra no bairro "Terras de Santa Maria" para ser_x000D_
 usado no desembarcador, considerando que logo será liberada a pesca.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2821/ccf13052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2821/ccf13052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que mantenha os serviços da maquina PATROL nas ruas e estradas_x000D_
 municipais, principalmente no bairro Balneário Mar Azul, Baririzinho e Terras de Santa_x000D_
 Maria.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2822/ccf13052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2822/ccf13052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de redefinir o horário das monitoras da creche municipal "Dona Mulata" até_x000D_
 às 17:30 horas, para que as crianças possam ficar na escola até o horário de saída dos pais do trabalho.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2823/ccf13052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2823/ccf13052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que mande_x000D_
 reformar e conservar os brinquedos dos Parques Públicos Municipais, principalmente_x000D_
 brinquedos que oferecem risco à nossas crianças e colocação de areia no local.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2824/ccf13052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2824/ccf13052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor de Vigilância Sanitária do Município que elabore um programa de orientação de limpeza e esterilização de consultórios e salão de beleza de nossa cidade, principalmente_x000D_
 com relação ao teste de proeficiência nos materiais utilizados prevenindo a transmissão de hepatite e demais doenças.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2808/ccf13052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2808/ccf13052025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar dedetizar os bueiros de nossa cidade, objetivando_x000D_
 diminuir a infestação de ratos e baratas nas residências.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2797/ccf13052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2797/ccf13052025_0005.pdf</t>
   </si>
   <si>
     <t>Água e Esgoto do_x000D_
 Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 vazamento de_x000D_
 Município que tome providências no sentido de consertar o_x000D_
 desperdiçando água_x000D_
 água_x000D_
  potável_x000D_
  no reservatório_x000D_
  em_x000D_
  do Camping Municipal, considerando que está grande quantidade há vários dias. Sala das sessões, 24 de feyereiro de 2014.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2799/ccf13052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2799/ccf13052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com o Gerente Regional da CESP, solicitando providências no sentido de determinar que o banheiro do bar do "Fogueteiro" fique aberto para uso da população que faz a travessia Itapuí-Boracéia.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2798/ccf13052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2798/ccf13052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que realize a limpeza das ruas do bairro Balneário Mar Azul II,_x000D_
 principalmente os galhos que estão acumulando próximo do reservatório de água e do imóvel da Senhora Maria Amália Benjoam.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2800/ccf13052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2800/ccf13052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de determinar que a coleta de lixo seja realizada pelo menos ma vez por semana no bairro Terras de Santa Maria, ou que disponibilize um número maior de caçambas nas ruas do bairro.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2801/ccf13052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2801/ccf13052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com a Diretora de Assistência Social e do CRAS para que iniciem o cadastramento dos idosos de nossa cidade de acordo com o disposto no Estatuto do Idoso, para que os mesmos_x000D_
 possam usufruir dos direitos e vantagens que possuem, como por exemplo o transporte gratuito.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2802/ccf13052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2802/ccf13052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com o Cartório Eleitoral de Jaú, objetivando agendar um dia para que os serviços de_x000D_
 regularização dos títulos sejam realizados em nossa cidade.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2803/ccf13052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2803/ccf13052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências no sentido de mandar podar as árvores que margeiam o córrego "Bica de_x000D_
 Pedra", evitando que os mesmos entrem em contato com os cabos de energia е_x000D_
 conseqüentemente haja a interrupção no fornecimento de energia para os bairro próximos.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2804/ccf13052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2804/ccf13052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências no sentido de mandar instalar placas com o nome das ruas do bairro Terras de Santa Maria, pois a população não consegue a instalação de linhas telefônicas pois a_x000D_
 operadora alega que não encontra o endereço.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2805/ccf13052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2805/ccf13052025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências_x000D_
 habitacional_x000D_
  no sentido de mandar colocar alambrado na quadra poli-esportiva do núcleo "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2806/ccf13052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2806/ccf13052025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências no sentido de mandar instalar placas proibindo o estacionamento em um dos_x000D_
 lados da rua Candido Ferreira Dias, principalmente no quarteirão da Delegacia, e na rua da Creche Municipal "Dona Mulata".</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2807/ccf13052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2807/ccf13052025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de instalar academias ao ar livre nas praças de áreas verdes de nossa cidade,_x000D_
 principalmente nos bairro "Waldomiro Guarinon" e "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2792/ccf13052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2792/ccf13052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de agilizar a liberação do portão de entrada e saída que está_x000D_
 sendo instalado na EMEF Manuel Rodrigues Ferreira, objetivando desafogar o fluxo de_x000D_
 veículos e pedestres do portão atual.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2793/ccf13052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2793/ccf13052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar limpar a Garagem Municipal, localizada no_x000D_
 Distrito Industrial, pois estão acumulando_x000D_
 Sala_x000D_
  galhos e entulhos que atraem e abrigam insetos.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2794/ccf13052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2794/ccf13052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que providencie a_x000D_
 construção de ponto de ônibus para embarque e desembarque dos alunos em todos os_x000D_
 bairros de nossa cidade, protegendo nossas crianças do sol e da chuva.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2795/ccf13052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2795/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de determinar que se inicie a poda seletiva em nossa cidade o mais urgente possível.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2796/ccf13052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2796/ccf13052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar instalar braços de iluminação pública em pontos_x000D_
 escuros de nossa cidade o mais urgente possível, tais como: rua Bica de Pedra, Rua Itapui,_x000D_
 Travessa Frederico Ozanan, Rua Padre Manoel da Costa Gomes, na Avenida Ignês_x000D_
 Romanini Fachim e nas ruas do bairro Balneário Mar Azul.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2818/ccf13052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2818/ccf13052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar instalar placas sinalizadoras de limite de altura na_x000D_
 arrancam_x000D_
  entrada da cidade, pois es</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2817/ccf13052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2817/ccf13052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 direção_x000D_
  providências no sentido de mandar instalar placas e transformar mão dupla de na rua Luiz Teixeira para diminuir fluxo de veículos na Avenida Paes de Barros e_x000D_
 das_x000D_
 rua_x000D_
 _x000D_
  José_x000D_
 entradas_x000D_
  Antonio,_x000D_
  e saídas_x000D_
  tendo_x000D_
 _x000D_
  mais opções para trafego de veículos quando em horário de pico das creches e escolas.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2816/ccf13052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2816/ccf13052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de determinar ao Setor de Obras do Município que efetue_x000D_
 os serviços abaixo relacionados:_x000D_
 * Poda de arvores que estão obstruindo a visão das placas de sinalização, principalmente ao_x000D_
 redor da Praça da Matriz pois as placas que sinalizam o caminho a seguir para Bariri e_x000D_
 Boracéia estão totalmente cobertas pela copa das árvores;_x000D_
 * Proceder a limpeza dos terrenos pertencentes ao município, pois o mato está alto e a_x000D_
 população reclamando;_x000D_
 *Proceder a limpeza dos bueiros, pois em alguns pontos da cidade os moradores é quem_x000D_
 azer esse tipo de limpeza para evitar danos maiores;_x000D_
 Tampar oo buraco localizado em frente da Oficina do Pedrosa, no bairro Jardim Bica de_x000D_
 pedra, pois o mesmo foi aberto para manutenção da rede de água e esgoto e em seguida o_x000D_
 falto cedeu.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2815/ccf13052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2815/ccf13052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato_x000D_
 providências com o Setor de Vigilância Sanitária do Município para que tome as devidas no sentido de notificar os proprietários dos cavalos que ficam soltos no bairro Girassol II, e que durante a noite circulam livremente pela Avenida do Porto podendo_x000D_
 carrapatos_x000D_
 ocasionar algum acidente. Ainda neste, solicito providencias com relação à infestação de no local, pois a população vem reclamando.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2814/ccf13052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2814/ccf13052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar pintar faixa de contenção para estacionamento_x000D_
 de veículos nas ruas: 13 de maio, Travessa 21 de abril, H de setembro, e Avenida Antonio Fachim.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2812/ccf13052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2812/ccf13052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Obras que efetue a limpeza no acostamento da Avenida Jorge Chamas, para melhorar o_x000D_
 transito de pedestres até a Prainha.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2813/ccf13052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2813/ccf13052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar tampar os buracos da estrada vicinal "Angelo_x000D_
 Poli", ante que a mesma fique intransitável.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2809/ccf13052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2809/ccf13052025_0017.pdf</t>
   </si>
   <si>
     <t>possibilidades Indico ao Senhor Prefeito Municipal, para que estude as de disponibilizar internet gratuita na Praça da Matriz.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2810/ccf13052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2810/ccf13052025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de mandar colocar placa com o nome das ruas do núcleo habitacional_x000D_
 "Waldomiro Guarinon".</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2811/ccf13052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2811/ccf13052025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 da estrada municipal_x000D_
  no sentido de mandar instalar braços de iluminação pública no final "Feres Simão", em frente da Chácara do Senhor Lauro Manolo.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2419/ilovepdf_merged_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2419/ilovepdf_merged_2.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no que tange abrir a rua XV de novembro, interligando-a as ruas do bairro Jardim Maria Rosária e melhorando o acesso ao núcleo habitacional Irmãos Franceschi.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2420/ccf07052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2420/ccf07052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 * construção no que tange melhorar a qualidade de vida da população itapuiense:_x000D_
 Jorge Chammas,_x000D_
  de calçadas nas ruas de nossa cidade, principalmente na Avenida do Porto e_x000D_
  considerando o grande números de pedestres que circulam pelo local; *_x000D_
 melhoria_x000D_
  construção_x000D_
  na sinalização_x000D_
  de ciclovias na Avenida Jorge Chammas com blocos de concreto, ampliação e_x000D_
  e transformar em via única no sentido Centro-Praia toda extensão que margeia o muro da Avícola Santa Cecília;_x000D_
 retornos_x000D_
 construção do canteiro central na Avenida do Porto com construção de rotundas e_x000D_
  nas saídas das ruas dos bairro Mar Azul I e II e Girassol I e II; *instalação_x000D_
 ambulâncias,_x000D_
  de placas de sinalização proibindo estacionar e parar nos locais destinados à_x000D_
  carros fortes, e veículos escolares, exceto aos finais de semana.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2423/ccf07052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2423/ccf07052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de retomar o atendimento do PSF "Dr. Geraldo Paulin",_x000D_
 localizado no bairro Mar Azul II, bem como que determine a construção da rede de_x000D_
 captação de esgoto e a retirada das fossas sépticas do bairro.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2424/ccf07052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2424/ccf07052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido de mandar construir obstáculos redutores de velocidade na Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2427/ccf07052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2427/ccf07052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 de Vigilância Sanitária que intensifique o combate ao mosquito da dengue, e se possível_x000D_
 utilizar o recurso de dedetização nas ruas de nossa cidade haja vista o grande número de_x000D_
 casos comprovados em toda região.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2426/ccf07052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2426/ccf07052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar tampar os buracos da Avenida do Porto, bem como_x000D_
 aumentar a capacidade de captação de água dos bueiros existentes em toda extensão da_x000D_
 referida avenida.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2425/ccf07052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2425/ccf07052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar tampar os buracos das ruas do núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto".</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2421/ccf07052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2421/ccf07052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de solucionar o problema do acumulo de água na rua Ricardo Pavaneli, esquina com a rua Luiz Teixeira pois os moradores reclamam do mau cheiro.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2422/ccf07052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2422/ccf07052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de elaborar um Projeto junto a Secretaria de Esportes do Município para que_x000D_
 sejam ministradas aulas de futebol nos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2437/ccf08052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2437/ccf08052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de construir valetas de escoamento de água nas ruas do bairro Jardim Maria Rosária.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2435/ccf08052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2435/ccf08052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidade de intervir junto ao Governo do Estado a fim de conseguir a doação do prédio da Casa da Agricultura para ser reaproveitado pelo município.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2436/ccf08052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2436/ccf08052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente que proceda a instalação de placas com o nome das ruas no bairro Jardim_x000D_
 Maria Rosária.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2438/ccf08052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2438/ccf08052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de instalar placas proibindo jogar lixo nas ruas de nossa cidade, e que nas mesmas conste a legislação municipal que proíbe esse ato.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2434/ccf08052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2434/ccf08052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências a fim de minimizar os problemas de incidências de doenças provocadas por vetores_x000D_
 como a dengue e viroses realizando e divulgando as atitudes tomadas como :</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2401/ccf07052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2401/ccf07052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de disponibilizar na torre repetidora de sinal de televisão de nossa cidade a disposição de mais canais abertos priorizando“ Canção Nova", “TV Cultura" e_x000D_
 "TV Século XXI", o que favorecerá uma grande parcela da população que tem grande_x000D_
 interesse em acompanhar as programações através de antenas convencionais.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2400/ccf07052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2400/ccf07052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de realizar a contratação de médicos com as seguintes especialidades: clinico_x000D_
 geral, psiquiatra, urologista e poctologista, para melhor atender nossos cidadãos.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2399/ccf07052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2399/ccf07052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 um_x000D_
  melhorar a iluminação da Avenida Ignez Romanini, bem como construir ponto de ônibus no local para abrigar os estudantes que embarcam no local.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2398/ccf07052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2398/ccf07052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providencie a poda_x000D_
  relação a sujeira que acumula na rua Arricieri Francischini, bem como_x000D_
 Sala das sessões,_x000D_
  das árvores que margeiam o córrego Bica de Pedra.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2408/ccf07052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2408/ccf07052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de contratar uma empresa especializada em limpeza da margem dos córregos de nossa cidade, objetivando controlar a proliferação do mosquito da dengue.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2407/ccf07052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2407/ccf07052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de conceder 20% de reajuste no vencimentos dos servidores público_x000D_
 municipais, a fim de compensar a defasagem salarial com relação a inflação.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2406/ccf07052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2406/ccf07052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente que faça a instalação de braços de iluminação pública na Avenida Brasil,_x000D_
 principalmente no espaço reservado para aulas de transito para melhorar a visibilidade no local.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2405/ccf07052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2405/ccf07052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências no sentido de mandar substituir a placa de PARE da Avenida Antonio_x000D_
 Fachim, cruzamento com a rua 13 de maio, pois a mesma encontra-se amassada e de difícil_x000D_
 identificação.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2404/ccf07052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2404/ccf07052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências o mais urgente possível, no sentido de mandar instalar fechaduras nas portas_x000D_
 dos banheiros do Centro de Especialidades._x000D_
 Sala das sessões. 14 de abril de 2014.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2403/ccf07052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2403/ccf07052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor de Vigilância Sanitária do município que efetue a limpeza da parte mais antiga do_x000D_
 Cemitério Municipal "Dona Tinda".</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2402/ccf07052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2402/ccf07052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidade de conceder uma revisão nos vencimentos dos professores da rede municipal_x000D_
 de ensino, considerando essa classe não foi beneficiada nos últimos reajustes concedidos.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2430/ccf07052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2430/ccf07052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 devidas providências no sentido de mandar tampar os buracos da estrada vicinal Angelo_x000D_
 Poli, altura do Km 3 e 4, pois o tamanho dos mesmos é considerável e pode ocasionar_x000D_
 algum acidente._x000D_
 Sala das sessões, 14 de abril de 2014.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2429/ccf07052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2429/ccf07052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que realize a limpeza do mato das calçadas do bairro balneário Mar Azul_x000D_
 II, pois em determinados pontos o mato é tão alto que atrapalha a visibilidade nos_x000D_
 cruzamentos.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2428/ccf07052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2428/ccf07052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que mande construir_x000D_
 obstáculos redutores de velocidade na rua 11 de setembro e Avenida Comendador José_x000D_
 Maria de Almeida Prado,</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2431/ccf07052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2431/ccf07052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao_x000D_
 de Combate a Endemias que intensifique o controle da dengue, executando um trabalho_x000D_
 mais intenso no sentido de esclarecer e conscientizar a população quanto a limpeza dos_x000D_
 quintais.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2508/ccf08052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2508/ccf08052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que intensifique o_x000D_
 serviço de tapa buracos em todas as vias de acesso e em todas as ruas da cidade, muitos_x000D_
 locais que já o fizeram devem ser refeitos pois os mesmos estão deteriorados e afundados,_x000D_
 caso idêntico ao da rua santo Antonio em frente o número 739 e do ponto de ônibus na_x000D_
 mesma quadra, que pelo transito intenso as batidas nesses buraco causa transtorno e trincas_x000D_
 nas residências da adjacências, o mesmo ocorre por toda a cidade onde foram abertas vias_x000D_
 de acesso para ligações e reparos de esgotos e água.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2507/ccf08052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2507/ccf08052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que providencie o_x000D_
 conserto e manutenção dos brinquedos do parque e iluminação do campo de futebol na_x000D_
 Prainha Municipal, considerando que oportunizará maior qualidade de vida aos que moram_x000D_
 em suas proximidades. Ainda neste, solicito a destinação de utilização do prédio antigo_x000D_
 "Castelinho do Porto" e "Bar do Xerife"(praia local) para que de um ar de tranqüilidade aos_x000D_
 que moram freqüentam o local, pois da maneira que está causa indignação e dá um ar de_x000D_
 total abandono pelo poder público com o local.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2506/ccf08052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2506/ccf08052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidades de incluir no orçamento para o próximo exercício, dotação orçamentária para realização de eventos como o carnaval e rodeio.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2503/ccf08052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2503/ccf08052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências no sentido de melhorar a estrutura da parte nova do Cemitério Municipal_x000D_
 "Dona Tinda", pois a população reclama que seus entes queridos estão sendo sepultado no_x000D_
 meio do mato.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2504/ccf08052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2504/ccf08052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de entrar em contato com o Sargento da Policia Militar_x000D_
 afim de intensificar a ronda escolar, haja vista o fluxo intenso de veiculo no horário de_x000D_
 entrada e saída dos alunos.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2505/ccf08052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2505/ccf08052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências o mais urgente possível no que tange manda construir obstáculos redutores de velocidade em frente às agências bancárias de nossa cidade, bem como na rua Rui Barbosa_x000D_
 em frente à Lanchonete Quintal.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2502/ccf08052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2502/ccf08052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de mandar construir uma pista de skate em nossa cidade, beneficiando e_x000D_
 incentivando os jovens à pratica de esportes.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2501/ccf08052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2501/ccf08052025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que proceda a limpeza dos terrenos da Prefeitura, principalmente ao lado_x000D_
 da Creche Municipal "Dona Mulata", pois as crianças correm o risco de ser picada por_x000D_
 animais peçonhentos.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2500/ccf08052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2500/ccf08052025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de mandar reformar os bancos do ônibus que faz o transporte de alunos para_x000D_
 o município de Bauru.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2497/ccf08052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2497/ccf08052025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente mais agilidade no processo de pesquisa de preço para instalação de câmeras de_x000D_
 monitoramento nas ruas de nossa cidade, objetivando combater com maior rapidez os_x000D_
 delitos cometidos.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2498/ccf08052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2498/ccf08052025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 de mandar instalar braços de iluminação pública na rua Angelo Crozera, localizada no_x000D_
 bairro Jardim Maria Rosária, bem como nas proximidades do Centro Cultural pois os_x000D_
 recursos para reforma do prédio foram liberados e estão para ser iniciados os trabalhos.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2499/ccf08052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2499/ccf08052025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as possibilidade de construir uma canil em nossa cidade, considerando o grande números de animais abandonados nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2495/ccf08052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2495/ccf08052025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, se existe a possibilidade de contratar uma empresa especializada em limpeza de ruas e terrenos baldios em nossa cidade, com objetivo de intensificar e combater o mosquito da dengue.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2496/ccf08052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2496/ccf08052025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de tornar mão única de direção a rua Prudente de Moraes, no quarteirão onde_x000D_
 localiza-se o portão de entrada e saída de alunos da Escola Senador Vicente Prado, com_x000D_
 objetivo de diminuir o transito de veículos e conseqüentemente o risco de acidente com os_x000D_
 alunos.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2494/ccf08052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2494/ccf08052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de adquirir um aparelho de decibelímetro para auxiliar a Policia Militar de_x000D_
 nossa cidade, na identificação e autuação de infração com relação ao volume de som,_x000D_
 fazendo valer a lei da Poluição Sonora em nossa cidade.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2493/ccf08052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2493/ccf08052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de mandar melhorar a iluminação pública da Avenida Comendador José_x000D_
 Maria de Almeida Prado, bem como determinar a construção de obstáculos redutores de_x000D_
 velocidade no local.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2491/ccf08052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2491/ccf08052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de elaborar um projeto para castração de cachorros de rua em nossa cidade, considerando o aumento de animais abandonados Sala das sessões, 12 nos últimos tempos.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2492/ccf08052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2492/ccf08052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de executar uma plano de ação no sentido de apreensão de animais de grande_x000D_
 porte que ficam soltos pelas ruas de nossa cidade, principalmente àqueles que ficam na_x000D_
 Avenida do Porto. Solicito ainda, que entre em contato com o Presidente da Associação_x000D_
 Hípica de Itapuí para que seja avaliada a possibilidade desses animais serem instalados na_x000D_
 sede da entidade.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2485/ccf08052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2485/ccf08052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de mandar construir um abrigo de proteção no local de embarque e_x000D_
 desembarque dos alunos na Escola Manuel Rodrigues Ferreira.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2486/ccf08052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2486/ccf08052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de disponibilizar um terreno, ou se necessário adquiri-lo, para construção de_x000D_
 uma área de lazer no bairro "Jardim Alvorada".</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2487/ccf08052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2487/ccf08052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de iniciar, o mais urgente possível, as obras de instalação da rede_x000D_
 de esgoto do bairro "Balneário Mar Azul II", pois a população não suporta mais viver_x000D_
 naquela situação.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2472/ccf08052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2472/ccf08052025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de investir os valores que foram arrecadados com a CIP- Contribuição de_x000D_
 Iluminação Pública, na instalação e postes e braços de iluminação pública na rua Padre_x000D_
 Manoel da Costa Gomes, localizada no bairro Jardim Bica de Pedra.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PROVIDENCIAS SOBRE MAQUINA</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2473/ccf08052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2473/ccf08052025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de realizar um arrastão de limpeza nas ruas de nossa_x000D_
 cidade, recolhendo móveis e entulho. Sugiro que o procedimento seja realizado no mínimo_x000D_
 3 vezes ao ano e que conte com o apoio da Equipe da Vigilância Sanitário, Agentes de_x000D_
 Saúde e Setor de Obras do Município.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2474/ccf08052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2474/ccf08052025_0040.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de evitar que a água do reservatório localizado na Garagem_x000D_
 Municipal fique escorrendo durante a noite, evitando o desperdício de água potável.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2470/ccf08052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2470/ccf08052025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 possibilidades de adquirir um mini trator e uma maquina de aparar grama para o Setor de_x000D_
 Esportes, com a finalidade de manter as áreas destinas à pratica de esportes limpa_x000D_
 constantemente.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2469/ccf08052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2469/ccf08052025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências_x000D_
 no sentido de mandar "reformar" a cancha de bocha e o campo de malha do Centro de Lazer e_x000D_
 executar a instalação de um parquinho infantil e uma academia ao ar livre integrando neste centro_x000D_
 diversão e lazer com qualidade de vida aos munícipes neste centro de lazer do Trabalhador "Cyro_x000D_
 Portiery".</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2468/ccf08052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2468/ccf08052025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de reativar a horta comunitária, considerando que os alimentos podem e_x000D_
 devem ser aproveitados na Cozinha Piloto.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2467/ccf08052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2467/ccf08052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no que tange mandar limpar o Cemitério Municipal "D.Tinda", controlando a_x000D_
 proliferação de animais peçonhentos como escorpiões e aranhas, pulveriza veneno no mato_x000D_
 e construir muro na parte nova do cemitério.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2466/ccf08052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2466/ccf08052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que realize uma limpeza_x000D_
 na margem do córrego e na ponte do bairro "Irmãos Franceschi", assim como foi feita no córrego do bairro "Jardim Bica de Pedra".</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2465/ccf08052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2465/ccf08052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 de mandar tampar os buracos da rua Nabor Romanini, cruzamento com a rua Salma Simão_x000D_
 Azar, localizada no núcleo habitacional Irmãos Franceschi.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2490/ccf08052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2490/ccf08052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 de mandar construir guias e sarjeta na rua Luiz Rocchi, em frente ao Bar do Chagas, pois há_x000D_
 tempos está danificada e o mato crescendo no local._x000D_
 Sala das sessões, 26 de maio de 2014.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2488/ccf08052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2488/ccf08052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 de mandar limpar a margem do córrego "Bica de Pedra", pois o mato está alto e os_x000D_
 moradores reclamam da incidência de insetos._x000D_
 Sala das sessões, 26 de maio de 2014.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2489/ccf08052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2489/ccf08052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de devolver à Comunidade do Bairro Cônego Arlindo José Zanotto o Centro_x000D_
 Comunitário de Lazer, que há anos esta instalado o Setor de Vigilância Sanitária do_x000D_
 Município.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2478/ccf08052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2478/ccf08052025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de construir uma mini campo de futebol e um parquinho infantil no bairro_x000D_
 "Balneário Mar Azul II".</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2479/ccf08052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2479/ccf08052025_0045.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente que proceda a instalação de placas nas vagas de deficientes físico e idosos nas_x000D_
 ruas de nossa cidade e próximo dos estabelecimentos comerciais</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2481/ccf08052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2481/ccf08052025_0047.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar retirar o barranco existente na calçada de toda_x000D_
 extensão do Cemitério Público Municipal até o Ginásio de Esportes "Angelo Fadini",_x000D_
 alinhando o nível da calçada e facilitando o transito de pedestres.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2480/ccf08052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2480/ccf08052025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar construir calçada na rua que faz travessa com a_x000D_
 rua Natal Picolo.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME PROVIDENCIAS SOBRE OBRAS</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2482/ccf08052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2482/ccf08052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de elaborar um projeto e o orçamento para que seja executado serviços de_x000D_
 melhoria na qualidade da iluminação pública de nossa cidade, atendendo 100% dos locais_x000D_
 desprovidos de iluminação.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2484/ccf08052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2484/ccf08052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de elaborar um projeto entre o Setor de Esportes e o Setor de Assistência_x000D_
 Social do Município com atividades de esporte e lazer nos bairros de nossa cidade, com o_x000D_
 objetivo de interagir as crianças de maneira saudável e produtiva.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2477/ccf08052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2477/ccf08052025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de mandar tampar os buracos da rua José Zenatti, em frente ao_x000D_
 Restaurante da D. Joana, bem como recapear a rua Antonio Castelani.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2476/ccf08052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2476/ccf08052025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de entrar em contato com a Diretora de Educação do Município e a Diretoria_x000D_
 de Ensino em Jau, para que avaliem a possibilidade de implantar uma classe do EJA_x000D_
 (Educação de Jovens e Adultos), pois muitas pessoas góştariam de voltar a estudar.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2475/ccf08052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2475/ccf08052025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor_x000D_
 Competente o fiel cumprimento da Legislação Municipal com relação aos animais soltos_x000D_
 pelas ruas de nossa cidade, considerando que os mesmos vem causando danos materiais à_x000D_
 população.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2643/ccf09052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2643/ccf09052025_0035.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de mandar retirar os bloquetes</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2639/ccf09052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2639/ccf09052025_0031.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de terminar a calçada da rua Luiz Rocchi, próximo ao bar da Claudete.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2635/ccf09052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2635/ccf09052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude_x000D_
 possibilidade de instalar os bloquetes que estão sendo retirados da rua José Zenati, nas ruas_x000D_
 do Distrito Industrial II.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2637/ccf09052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2637/ccf09052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de instalar toldo de proteção e bancos no exterior de todos os PSF de nossa cidade, principalmente no PSF "Dr. Nestor Cardoso". Solicito ainda, se existe a_x000D_
 possibilidade de abrir os PSF a partir das 6:30 da manhã, disponibilizando uma numero_x000D_
 maior de assentos.Finalmente, que seja implantado um sistema de senha eletrônica para garantir a ordem de chegada._x000D_
 Todas as reivindicações acima assegura que a nossa população tenha o_x000D_
 mínimo de conforto e proteção em dias frios e chuvosos, podendo dessa maneira abrigar-se_x000D_
 e não ficarão ao relento enquanto aguardam o atendimento.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2636/ccf09052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2636/ccf09052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar construir abrigo de proteção nos pontos de ônibus dos estudantes_x000D_
 em nossa cidade, pois as crianças ficam expostas ao sol e chuva até o embarque nos ônibus.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2634/ccf09052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2634/ccf09052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar construir abrigo de proteção na garagem da Escola Manuel_x000D_
 Rodrigues Ferreira, para proteger os alunos na hora do embarque.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2633/ccf09052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2633/ccf09052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar construir uma rotatória na via "Prefeito Alberto Massoni", para_x000D_
 facilitar o acesso à Avenida Ignez Romanini.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Luiz Pignatti, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2632/ccf09052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2632/ccf09052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências, no sentido de fazer as seguintes melhorias no bairro Balneário Mar_x000D_
 Azul II:_x000D_
 * instalação de braços de iluminação pública nas ruas e na Avenida do Porto;_x000D_
 *conserto do reservatório de água;_x000D_
 recape das ruas que estão sem asfalto; e_x000D_
 * instalação da rede de esgoto.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2629/ccf09052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2629/ccf09052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de providenciar grades de proteção nas galerias de captação de águas_x000D_
 pluviais da rua Nestor Cardoso, em frente ao bar do Gaspar, e demais locais que necessitam_x000D_
 e que foram construídas recentemente, garantindo assim a integridade de pedestres e_x000D_
 condutores de veículos.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2630/ccf09052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2630/ccf09052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de fazer cumprir a legislação municipal referente ao uso das caçambas, disponibilizando caçambas nos bairros e centro da cidade e que seja determinado ao Setor de Obras que utilize os caminhões e a retro-escavadeira para coleta de entulhos que encontram espalhados por todas as ruas e calçadas da cidade e caminhão pipa para lavar o local após retirada.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2631/ccf09052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2631/ccf09052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de garantir segurança e aplicar legislação específica aos agentes de limpeza e lixeiros, disponibilizando todos os EPIS's- Equipamentos de Proteção Individual necessários e ampará-los, principalmente uniformes reflexivos. Solicito se possível, contratar novos agentes de limpeza, para que esse serviço seja considerando_x000D_
 realizado em_x000D_
 _x000D_
  todas_x000D_
 que_x000D_
  as ruas da cidade e não somente no Centro e na Praça da Matriz, o IPTU inclui a taxa de limpeza pública e nossos munícipes tem contribuído_x000D_
 No mesmo_x000D_
  em relação ao pagamento desse imposto e merecem o serviço. sentido, solicito providencias e cuidados especiais em relação a lixeira_x000D_
 detritos_x000D_
 da EMEF_x000D_
  orgânicos_x000D_
  "Manuel_x000D_
  que_x000D_
  Rodrigues Ferreira", pois existe reclamações de que são colocados_x000D_
 além da água que corre_x000D_
 _x000D_
 _x000D_
 deixam um rastro de mau cheiro e que atraem moscas e cachorros, pela rua expondo à sério riscos de saúde.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2627/ccf09052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2627/ccf09052025_0019.pdf</t>
   </si>
   <si>
     <t>devidas providências Indico ao Senhor Prefeito Municipal, para que tome as no sentido de mandar instalar placas de sinalização e com nome nas_x000D_
 endereços_x000D_
 ruas de todos os bairros de nossa cidade, pois está cada vez mais difícil identificar os de correspondências.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2628/ccf09052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2628/ccf09052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente para que instale um braço de iluminação pública no poste localizado na_x000D_
 rua Natal Picoli, altura do número209, pois já faz tempo que o morador pede por esse_x000D_
 serviço e já dispôs de recursos próprios para melhorar a iluníinação da rua.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2642/ccf09052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2642/ccf09052025_0034.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de aumentar o número de guias de exames médico por dia, para atender a_x000D_
 demanda do município.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2641/ccf09052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2641/ccf09052025_0033.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentide de mandar jogar piçarra e passar a maquina patrol no final_x000D_
 da estrada "Feres Simão", pois está cada vez mais complicado tr</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2644/ccf09052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2644/ccf09052025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de desapropriar o terreno ao lado do núcleo habitacional "Cônego Arlindo_x000D_
 Jose Zanotto" para construção de casas populares.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2638/ccf09052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2638/ccf09052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de dobrar o número de atendimento pediátrico, pois principalmente essa_x000D_
 época do ano o número de crianças doente aumenta consideravelmente.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2640/ccf09052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2640/ccf09052025_0032.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de mandar pintar faixas de estacionamento na diagonal ao redor da Praça da_x000D_
 Matriz, bem como sinalizar vagas para deficientes físico e idoso.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2609/ccf09052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2609/ccf09052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar realizar os reparos necessários em todas as_x000D_
 galerias de capitação de águas pluviais, principalmente substituindo as tampas danificadas e_x000D_
 instalando grades de proteção em todos os pontos da cidade, inclusive no final da rua Luiz_x000D_
 Teixeira, Maestro José Scciaca, Angelo Fachim, Luiz Bueno de Camargo, Angelo_x000D_
 Caetano Gonçalves, Av. do Porto, Luiz Rocchi, Vila Cairrão e demais locais críticos da_x000D_
 cidade.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2610/ccf09052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2610/ccf09052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 cidade, determinando_x000D_
  serviços de melhoria nas estradas vicinais e rurais de nossa_x000D_
 proporcionando_x000D_
  seja realizadas operações tapa buraco e limpeza do acostamento,_x000D_
 pessoas, veículos_x000D_
  segurança e tranqüilidade em relação ao transporte e locomoção de_x000D_
 que transportam trabalhadores_x000D_
  oficiais que trafegam socorrendo e transportando estudantes, e ônibus</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2611/ccf09052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2611/ccf09052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para tome as devidas_x000D_
 providências no sentido de mandar consertar o reservatório de água do bairro Balneário_x000D_
 Mar Azul II, pois a população reclama há anos que animais entram na caixa contaminando_x000D_
 a água.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2612/ccf09052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2612/ccf09052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para tome as devidas providências no sentido de retirar os bloquetes da rua Ernesto Cafeu, e recapeá-la como foi feito na rua José da Silva Fonseca.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2626/ccf09052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2626/ccf09052025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar construir obstáculos redutores de velocidade na_x000D_
 Avenida Comendador José Maria de Almeida Prado, pois os veículos e também os ciclistas_x000D_
 descem a Avenida em alta velocidade e a possibilidade de ocorrer acidente iminente.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2620/ccf09052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2620/ccf09052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 Avenida Ignes Romanini,_x000D_
  no sentido de mandar instalar braços de iluminação pública na_x000D_
 mesma para locomover_x000D_
  pois a população que reside nos bairros próximos e se utiliza da reclamam que o local é escuro e propicio a pratica de atos ilicitos.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2621/ccf09052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2621/ccf09052025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que realize um estudo sobre a possibilidade de elaborar um projeto de lei alterando a atual cesta básica fornecida aos servidores pelo vale-alimentação. Sugiro que seja realizada uma pesquisa nas cidades da região e que os valores correspondam a media das outras Prefeituras, que é de aproximadamente R$200,00 (duzentos reais) mensais.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2622/ccf09052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2622/ccf09052025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em_x000D_
 contato com o Setor de Meio Ambiente do Município, e determine a poda imediata das_x000D_
 árvores da rua Arricieri Francischini, pois além do risco de acidente no local, não podemos_x000D_
 deixar de considerar o risco diário de vandalismo no local pois a rua fica escura.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2623/ccf09052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2623/ccf09052025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que providencie_x000D_
 junto ao Setor Competente meios necessários a fim de terminar o asfalto e a instalação de_x000D_
 braços de iluminação pública na rua Angelo Crozera.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2624/ccf09052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2624/ccf09052025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de ceder um local para que os comerciantes possam fazer uma feira aos_x000D_
 domingos, no período da manhã, resgatando um costume há anos esquecido em nossa_x000D_
 cidade.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2625/ccf09052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2625/ccf09052025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar instalar placas de embarque e desembarque em frente à loja Rô_x000D_
 Arte e Decorações, bem como determine que seja feita a pintura de faixa amarela enfrente à_x000D_
 Center Pizzas.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2618/ccf09052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2618/ccf09052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor de Água e Esgoto que proceda a limpeza dos bueiros do bairro Balneário Mar Azul I, principalmente na rua Angelo Caetano Gonsalves, próximo ao numero 300, pois os_x000D_
 moradores reclamam do mau cheiro no local.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2619/ccf09052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2619/ccf09052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar nivelar a sarjeta da rua Candido Ferreira Dias, altura do número_x000D_
 Sala_x000D_
  80,_x000D_
  das_x000D_
  em frente da Delegacia, pois acumula água suja e fétida.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2617/ccf09052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2617/ccf09052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que efetue o conserto do banheiro e do tanque no Centro de solicitando_x000D_
 Especialidades,_x000D_
  o serviço_x000D_
  considerando_x000D_
  junto_x000D_
  que os funcionários já protocolaram um requerimento ao Diretor de Água e Esgoto do Município e até o momento nenhuma providencia foi tomada.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2613/ccf09052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2613/ccf09052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de adquirir uma vassoura mecânica para efetuar a limpeza de guias e sarjetas,_x000D_
 bem como uma vassoura a ar motorizada para varrer folhas e gramas aparadas em áreas verdes e vias públicas de nossa cidade._x000D_
 Sala das sessões, 18 de agosto de 2014.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2614/ccf09052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2614/ccf09052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que realize um_x000D_
 estudo com os Proprietários das Empresas localizadas na via de acesso "Prefeito Alberto_x000D_
 Massoni", com o objetivo de melhorar a segurança no local, com as seguintes sugestões:_x000D_
 * construção de rotundas ou uma pista de apoio na via de acesso, na entrada e saída da_x000D_
 Reval e Itabom;_x000D_
 * uma rotunda no entroncamento das ruas Santo Antonio, Afonso Lanza e Tirso Dias do_x000D_
 Prado;_x000D_
 * construção de guias e calçadas delimitando com pequenos obstáculos, bem como a_x000D_
 criação de ciclos-vias nesses locais devido ao alto fluxo de usuários.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2616/ccf09052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2616/ccf09052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que realize as_x000D_
 seguintes benfeitorias para melhorar o transito em nossa cidade, conforme segue:_x000D_
 * substituição e pintura das placas de trânsito, bem como instalação de novas placas onde se faz necessário;_x000D_
 substituir placas apagadas e não reflexiva por placas novas;_x000D_
 * instalação de mais placas indicativas (verde) por toda cidade;_x000D_
 * modificar as placas de proibido estacionar de fronte do hospital e postos de saúde, por_x000D_
 placas que permitam o estacionamento em horários determinados, como é usada para carro forte;_x000D_
 * reinstalar as placas de parada obrigatória das ruas Prudente de Moraes esquina com a_x000D_
 Avenida Paes de Barros, e da rua Campos Sales esquina com a rua José Antonio, pois em_x000D_
 ambas as placas ficam escondidas atrás das arvores que impossibilita a visibilidade.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2615/ccf09052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2615/ccf09052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude possibilidade de mandar pintar faixas de parada obrigatória e de passagem de pedestres/cadeirantes em todos os locais necessários de nossa cidade, limitando os locais de_x000D_
 estacionamento reforçando sinais de solo com pinturas brancas e amarelas, proporcionando_x000D_
 maior segurança aos pedestres. Finalmente, solicito providências no que tange mandar pintar as guias e sarjetas para melhorar aspecto de limpeza de nossa cidade.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2706/ccf12052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2706/ccf12052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com a Diretora de Educação do Município, e solicite providências urgentes no sentido de revisar as instalações elétricas, adquirindo e instalando lâmpadas que dão luminância necessária para leitura e estudo, sem que ocorra cansaço visual nos alunos da rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2707/ccf12052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2707/ccf12052025_0013.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de contratar Garis em número suficiente para que o serviço seja_x000D_
 disponibilizado em todos os bairros de nossa cidade.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2705/ccf12052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2705/ccf12052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no que tange angariar recursos para asfaltar a rua Fuad Azar,_x000D_
 localizada no Distrito Industrial II. Ocorre que, já é considerável o número de empresas_x000D_
 instaladas no local, a rua sem asfalto dificulta e por vezes impossibilita o transito de_x000D_
 veículos, principalmente de caminhões.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2702/ccf12052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2702/ccf12052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que mande jogar pó_x000D_
 de pedra e passar o rolo compressor na estrada vicinal "Feres Simão", localizada no bairro_x000D_
 do baririzinho.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2703/ccf12052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2703/ccf12052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine a_x000D_
 construção de abrigos de proteção nos pontos de embarque e desembarque de alunos dos_x000D_
 bairros de nossa cidade, pois as crianças ficam expostas ao sol e chuva._x000D_
 Sala das sessões, 18 de agosto de 2014.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2704/ccf12052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2704/ccf12052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências e determine a construção de uma cobertura na garagem da Escola Municipal_x000D_
 "Manuel Rodrigues Ferreira", para proteção dos alunos nos horários de embarque de_x000D_
 desembarque.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2737/ccf12052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2737/ccf12052025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 providencias necessárias no sentido de instalar braços de iluminação pública no final da_x000D_
 estrada municipal "Feres Simão", próximo da Sede Santos.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2736/ccf12052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2736/ccf12052025_0011.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que faça a construção de calçada na ponte e nas imediações do córrego_x000D_
 "Bica de Pedra", principalmente nas ruas que dá acesso Bairro/Centro, pois a população_x000D_
 precisa caminhar pela rua disputando espaço com os veículos._x000D_
 Sala das sessões, 08 de setembro de 2014.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2733/ccf12052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2733/ccf12052025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que efetue o_x000D_
 levantamento de todos os pontos onde necessitam melhorar a iluminação pública nas ruas_x000D_
 de nossa cidade, e posteriormente providencie a instalação de braços de iluminação pública_x000D_
 diminuindo os pontos escuros de nossa cidade.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2734/ccf12052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2734/ccf12052025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que providencie a_x000D_
 instalação de placas de sinalização advertindo os motoristas da depressão existente no leito_x000D_
 viário da Avenida Cel. José Maria de Almeida Prado, cruzamento com a rua José Carlos_x000D_
 Braz, pois existem relatos de condutores que quase perderam o controle do veiculo ou_x000D_
 provocaram algum acidente no local.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2735/ccf12052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2735/ccf12052025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em_x000D_
 contato com a Diretora de Saúde do Município, determinando que seja estipulada visitas_x000D_
 regularmente através do Programa Médico da Família no bairro "Terras de Santa Maria",_x000D_
 pois os moradores reclamam que não recebem visita há muito tempo.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2732/ccf12052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2732/ccf12052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com a Diretora de Saúde do Município, para que seja feito um estudo sobre a_x000D_
 possibilidade de contratar dois Médicos- Clínico Geral para atender no Pronto Atendimento do Hospital, considerando de forma significativa o_x000D_
  a falta de médico nos Postos do PSF sobrecarregou</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2731/ccf12052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2731/ccf12052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de elaborar um projeto de lei que autoriza a formalização de convênio médico_x000D_
 para os funcionários públicos municipais.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2730/ccf12052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2730/ccf12052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 reajuste_x000D_
  de fazer uma analise quanto a possibilidade e a legalidade de conceder um</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2727/ccf12052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2727/ccf12052025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com o Departamento de Vigilância Sanitária do Município a fim de elaborar um Programa de Castração de Animais, considerando o grande número de cães abandonados nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2728/ccf12052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2728/ccf12052025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providencias no sentido de mandar molhar as ruas do bairro "Balneário Mar Azul_x000D_
 II", amenizando a poeira e as doenças respiratórias.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2729/ccf12052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2729/ccf12052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providencias no sentido de garantir a segurança, transparecia e eficiência do_x000D_
 serviço público:_x000D_
 * aquisição de uniformes e equipamentos de proteção individual- EPI;_x000D_
 * aquisição de moveis e utensílios de boa qualidade de acordo com a função;_x000D_
 * revisar as instalações elétrica e hidráulica dos prédios públicos, bem como adquirir_x000D_
 vistoriar a data de validade dos extintores._x000D_
 Sala das sessões, 08 de setembro de 2014._x000D_
 e</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2726/ccf12052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2726/ccf12052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar construir obstáculos redutores de velocidade na_x000D_
 rua Angelo Caetano Gonsalves, localizada no bairro balneário "Mar Azul".</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2724/ccf12052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2724/ccf12052025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que providencie a_x000D_
 instalação de duas caçambas em cada bairro de nossa cidade, para que a população possa_x000D_
 dispor de pequenas quantidades de entulho._x000D_
 Sala das sessões, 22 de setembro de 2014.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2723/ccf12052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2723/ccf12052025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que mande jogar_x000D_
 cascalho na estrada vicinal "Feres Simão", para melhorar as condições para quem trafega_x000D_
 diariamente pelo local.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2722/ccf12052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2722/ccf12052025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em_x000D_
 contato com o Corpo de Bombeiros, solicitando auxilio no sentido de retirar o galho que_x000D_
 está pendurado no pinheiro da Praça da Matriz, pois o mesmo quebrou e pode cair e ferir alguém,</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2721/ccf12052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2721/ccf12052025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente que realize a poda das árvores que margeiam a estrada vicinal "Angelo_x000D_
 Poli", pois estão invadindo a pista e dificultando a visibilidade.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2720/ccf12052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2720/ccf12052025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome_x000D_
 providências no sentido de determinar ao Setor Competente para que pinte vagas de_x000D_
 estacionamentos para motocicletas em frente ao Hospital de Maternidade São José de_x000D_
 Itapuí, bem como pintar faixa amarela em frente das garagens do imóveis localizados na_x000D_
 rua Coronel Frederico Ferraz, principalmente próximo ao "Bar do Denão"._x000D_
 Aproveito a oportunidade, e solicito que estude a_x000D_
 possibilidade de desviar o transito de caminhões nas ruas que margeiam o Hospital, para_x000D_
 garantir uma boa recuperação aos internados.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2719/ccf12052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2719/ccf12052025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que mande passar o_x000D_
 caminhão de coleta de lixo na rua Felix Salles, pois os moradores reclamam da distancia que tem que levar o lixo.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2696/ccf12052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2696/ccf12052025_0002.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PROVIDENCIAS SOBRE ASFALTO</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Carlos Pierazo, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2701/ccf12052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2701/ccf12052025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de utilizar a raspa de asfalto que esta armazenada no_x000D_
 Cemitério Publico Municipal nas ruas do bairro Balneário Mar Azul II, amenizando o_x000D_
 sofrimento da população com o barro e a poeira._x000D_
 Solicito finalmente, o conserto dos buracos que se formaram_x000D_
 no reservatório de água do bairro, pois os moradores reclamam que a água é contaminada_x000D_
 por animais.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2697/ccf12052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2697/ccf12052025_0003.pdf</t>
   </si>
   <si>
     <t>devidas Indico ao Senhor Prefeito Municipal, para que tome as providências no sentido de designar mais de um guarda municipal para trabalhar na Praça da Matriz no período noturno. Ocorre que, em razão da extensão da Praça apenas um funcionário_x000D_
 de_x000D_
  não consegue impedir atos de vandalismo, principalmente próximos à Paróquia Santo Antonio.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2698/ccf12052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2698/ccf12052025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de construir uma pista de skate, pois nossos atletas se deslocam para as cidades da região para prática dessa modalidade esportiva.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2699/ccf12052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2699/ccf12052025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providencias no sentido_x000D_
 de mandar limpar o bueiro da rua Arricieri Francischini, perto do Salão da Vânia_x000D_
 Cabeleireira, pois o acumulo de lixo ao lado do bueiro impede a passagem da água, que se_x000D_
 acumula no local causando mal cheiro._x000D_
 Sala das sessões, 06 de outubro de 2014.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2700/ccf12052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2700/ccf12052025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de designar um veiculo utilitário de pequeno porte, para o serviço de transito_x000D_
 em Itapuí, melhorando as condições de trabalho e proporcionando maior agilidade para o_x000D_
 serviço, pois os equipamentos são pesados, como compreensor, ferramentas, placas e_x000D_
 postes.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2695/ccf12052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2695/ccf12052025_0001.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor Competente a instalação de placas de proibido circular montado em bicicletas no_x000D_
 interior da Praça da Matriz, especificando a lei e aplicando-a aos que desrespeitarem, principalmente adultos que insistem em cometer esse ato contrario a lei.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2718/ccf12052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2718/ccf12052025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente a realização de limpeza das ruas do bairro "Santa Clara", recolhendo_x000D_
 galhos e entulhos que estão se acumulando em diversos locais._x000D_
 Sala das sessões, 20 de outubro de 2014.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2717/ccf12052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2717/ccf12052025_0023.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no que tange mandar consertar a galeria de captação de água da rua_x000D_
 Candido Ferreira Dias, pois tem uma manilha que está caindo e pode ocorrer acidentes._x000D_
 Sala das sessões, 20 de outubro de 2014.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2716/ccf12052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2716/ccf12052025_0022.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor de Água e Esgoto que realize uma vistoria nas residências do bairro Terras de Santa_x000D_
 Maria, notificando os proprietário que não possuem hidrômetro para que efetue a instalação_x000D_
 o mais rápido possível, objetivando diminuir o desperdício e conseqüentemente a falta de_x000D_
 água._x000D_
 Solicito ainda, providências no sentido de mandar cercar o_x000D_
 reservatório de água do bairro.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2715/ccf12052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2715/ccf12052025_0021.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de pintar faixa de estacionamento diagonal na Praça da Matriz, bem como_x000D_
 disponibilizar internet gratuita e construir uma pista de skate para que o espaço seja melhor_x000D_
 utilizado pela população._x000D_
 Sala das sessões, 20 de outubro de 2014.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2714/ccf12052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2714/ccf12052025_0020.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar molhar as ruas do bairro Mar Azul II no período_x000D_
 noturno, considerando que durante o dia a água evapora rapidamente sem assentar a poeira.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2713/ccf12052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2713/ccf12052025_0019.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor de Obras para que instale os bloquetes que estão armazenados em terreno particular nas_x000D_
 ruas do Distrito Industrial II.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2712/ccf12052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2712/ccf12052025_0018.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de mandar abrir o canteiro central da Avenida Ignes Romanini, em frente do_x000D_
 deposito de frango que está sendo construído, para facilitar a entrada e saída de caminhões_x000D_
 no local.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2710/ccf12052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2710/ccf12052025_0016.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de fazer a doação de um terreno no Distrito Industrial para o Senhor Adilson_x000D_
 Carreiro, considerando que o mesmo exerce suas funções em uma oficina improvisada em_x000D_
 sua residência há mais de 10 anos._x000D_
 Sala das sessões, 20 de outubro de 2014.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2711/ccf12052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2711/ccf12052025_0017.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar colocar a sobra de massa asfaltica que será utilizada no bairro_x000D_
 Baririzinho, nas ruas do bairro balneário Mar Azul II. Sugiro ainda, que se esse material for_x000D_
 gratuito, que entre em contato com a empresa para que seja disponibilizada a quantia_x000D_
 necessária para todas as ruas desse bairro._x000D_
 Sala das sessões, 20 de outubro de 201</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2709/ccf12052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2709/ccf12052025_0015.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor de Transito que pinte faixa de estacionamento de motocicletas em frente ao hospital, bem como providencie a instalação de placas de estacionamento, considerando que já existem poucas vagas nessa rua e os motoristas reclamam que não há lugar onde parar suas motos.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2708/ccf12052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2708/ccf12052025_0014.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas_x000D_
 providências no sentido de mandar instalar lixeiras na Prainha, para facilitar a limpeza no local e_x000D_
 torná-la mais agradável para população.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2725/ccf12052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2725/ccf12052025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de tornar mão única de direção ou proibir estacionar em_x000D_
 um dos lados, nas ruas abaixo relacionadas:_x000D_
 * rua Candido Ferreira Dias;_x000D_
 * rua Floriano Peixoto;_x000D_
 * rua Coronel Frederico Ferraz;_x000D_
 rua 11 de setembro;_x000D_
 rua Prudente de Moraes;_x000D_
 * rua Sebastião Ferreira Dias.</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5667/ccf30072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5667/ccf30072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar limpar as galerias de captação de água das ruas de nossa cidade, de forma preventiva antes que comecem as chuvas torrenciais, principalmente aqueles localizados na Avenida do Porto.</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5668/ccf30072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5668/ccf30072025_0012.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em_x000D_
 contato com o Setor de Assistência Social do Município, com o objetivo de elaborar um_x000D_
 projeto de doação de reservatórios de água para famílias carentes que residem no bairro_x000D_
 Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5637/ccf31072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5637/ccf31072025_0003.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar jogar pó de asfalto no final da rua XV de novembro, Angelo Crozera e estrada municipal "Feres Simão".</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5638/ccf31072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5638/ccf31072025_0004.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar cercar o mini campo do núcleo habitacional_x000D_
 "Cônego Arlindo José Zanotto", pois com freqüência a bola rola pela rua, facilitando o_x000D_
 risco de atropelamento, uma vez que as crianças correm para buscá-la sem prestar atenção_x000D_
 no veículos.</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5639/ccf31072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5639/ccf31072025_0005.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, estude a possibilidade_x000D_
 de elaborar um projeto de lei que regulamente a distribuição de água no município com as_x000D_
 seguintes sugestões:_x000D_
 * Nos hidrômetros em que haja impedimento de leituras, que seja elaborada uma planilha_x000D_
 crescente cuja a base de calculo seja iniciada pela média de consumo, para que não ocorra_x000D_
 cobrança indevida nas contas futuras dos munícipes;_x000D_
 * Regulamentar a aquisição de hidrômetros pelo departamento de água e sua instalação_x000D_
 deverá ocorrer gradativamente em todos os locais que o hidrômetro deixou de funcionar por_x000D_
 serem considerados obsoletos, sendo disponibilizados para população à preço de custo,_x000D_
 visando aprimorar o real consumo e recuperando água de maneira honesta e de acordo com_x000D_
 a lei do consumidor que rege este Setor;_x000D_
 a_x000D_
 이_x000D_
 Finalmente, sugiro para garantir a efetividade do serviço prestado, que estude_x000D_
 possibilidade de instalar aparelhos temporizadores de liga/desliga nas bombas, evitando_x000D_
 desperdício quando a caixa d'água estiver</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5640/ccf31072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5640/ccf31072025_0006.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de atender as exigências da Lei de Transparência e faça constar no Site Oficial do Município todos os atos pertinentes à Administração Pública,_x000D_
 como por exemplo, contas, projetos, notas, leis, portarias, nomeações.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5641/ccf31072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5641/ccf31072025_0007.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que efetue a_x000D_
 aquisição_x000D_
 vacinas do_x000D_
  urgente_x000D_
  município,_x000D_
  possível_x000D_
  para_x000D_
  de um gerador ou um no-break para ser instalado na geladeira de_x000D_
 Sala das sessões,_x000D_
  evitar que as mesmas estraguem por falta de energia. 03 de novembro de 2014.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5642/ccf31072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5642/ccf31072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 com Ministério_x000D_
  uniformes para todos os funcionários da Prefeitura, de acordo_x000D_
 mínimo camiseta_x000D_
  do_x000D_
  com_x000D_
  Trabalho- Portaria nº 320 de 23 de maio de 2012. A sugestão é que no identificação do setor e função de cada funcionário.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5643/ccf31072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5643/ccf31072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 Avenida do Porto,_x000D_
  obstáculos redutores de velocidade por toda extensão da_x000D_
 podendo causar acidentes._x000D_
  pois os munícipes reclamam que os carros passam em alta velocidade</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5644/ccf31072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5644/ccf31072025_0010.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude as_x000D_
 redor_x000D_
 possibilidades_x000D_
  da Praça_x000D_
 _x000D_
  da_x000D_
 de mandar instalar placas de advertência de horário de estacionamento ao_x000D_
 facilitar os trabalhos_x000D_
  Matriz,_x000D_
 _x000D_
  nos ponto de para dos trailers e mandar pintar faixa amarela, para dos carrinhos de lanche, que reclamam da falta de espaço para estacionar.</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5675/ccf30072025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5675/ccf30072025_0024.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar reforçar as tabuas que estão improvisando а_x000D_
 entrada da nova Garagem da EMEF "Manuel Rodrigues Ferreira", localizada na Avenida_x000D_
 Comendador José Maria de Almeida Prado, pois correm o risco de cair e está_x000D_
 impossibilitando a passagem de pedestres na calçada.</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5676/ccf30072025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5676/ccf30072025_0025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a_x000D_
 possibilidade de mandar reformar a "Praça da Bíblia", em respeito aos Evangélicos de nossa cidade que freqüentavam_x000D_
 Sala das_x000D_
  o local e hoje não existe nem banco no local. sessões, 17 de novembro de 2014.</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5677/ccf30072025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5677/ccf30072025_0026.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de construir valetas de escoamento de água e mandar limpar o acostamento da via de acesso "Prefeito Alberto Massoni", para evitar que a água escorra de forma indevida pelos bairros próximos. Sugerimos ainda, que efetue serviços de conservação nas estradas rurais do município, considerando o grande número de itapuienses que residem na Zona Rural e que merecem respeito.</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5678/ccf30072025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5678/ccf30072025_0027.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor Competente para que tome providências no sentido de conservar e limpar os prédios públicos de nossa cidade que estão em estado de abandono, por exemplo, escola do Campinho, Casa da Agricultura, Castelinho, Sala de Informática do bairro Irmãos Franceschi e Centro Comunitário do Bairro Maria Rosária.</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5679/ccf30072025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5679/ccf30072025_0028.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de garantir o bom desempenho do serviço público, disponibilizando e aplicando os conceitos e normas existentes como peças de utilização, organização, limpeza e higiene, padronização e disciplina no serviço público. Garantindo_x000D_
 dessa forma melhores condições de trabalho aos servidores públicos.</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5680/ccf30072025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5680/ccf30072025_0029.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 Itapuí,_x000D_
 possibilidade_x000D_
  na aquisição_x000D_
  de utilizar_x000D_
  de dois_x000D_
  o_x000D_
 _x000D_
 saldo_x000D_
 ônibus_x000D_
  residual dos valores repassados a Câmara Municipal de para fazer o transporte de estudantes nos Municípios da Região de forma gratuita._x000D_
 Sala das sessões, 17 de novembro de 2014.</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5681/ccf30072025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5681/ccf30072025_0030.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de fornecer uma Cesta de Natal aos Servidores Públicos Municipais, à_x000D_
 exemplo das cidades da região, provando simbolicamente o reconhecimento pelo trabalho prestado durante o ano._x000D_
 Sala das sessões, 17 de novembro de 2014.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5636/ccf31072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5636/ccf31072025_0002.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de conceder uma abono no valor de R$100,00 aos servidores municipais incorporados aos seus vencimentos, com o objetivo de diminuir a defasagem salarial com relação aos municípios da região. Sala das sessões, 17 de novembro de 2014</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5694/ccf31072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5694/ccf31072025_0008.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Fiscal do Município que notifique os proprietários dos terrenos do Distrito Industrial no_x000D_
 sentido de mantê-los limpo e capinado, pois a população que reside no bairro próximo reclama da invasão de insetos peçonhentos em suas residências._x000D_
 Sala das sessões, 17 de novembro de 2014.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5695/ccf31072025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5695/ccf31072025_0009.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 Setor Competente providências no sentido de construir obstáculos redutores de velocidade na Avenida do Porto, bem como melhorar a iluminação por toda extensão da mesma pois à_x000D_
 noite é difícil enxergar os pedestres que circulam pela via pois não existe calçada.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2828/ccf13052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2828/ccf13052025_0036.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as_x000D_
 possibilidades de agilizar a implantação do sistema de ônibus circular em nossa cidade,_x000D_
 considerando que a população que reside em bairros distantes do Centro anseiam por esse_x000D_
 beneficio._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2840/ccf13052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2840/ccf13052025_0048.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de desapropriar uma área de terras, o mais urgente possível, para construção de_x000D_
 crescimento_x000D_
  casas populares_x000D_
  do município._x000D_
  e um novo distrito industrial objetivando atender a demanda e o_x000D_
 Sala das sessões, 08 de</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2839/ccf13052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2839/ccf13052025_0047.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao_x000D_
 novembro,_x000D_
 Setor Competente_x000D_
  acesso_x000D_
 _x000D_
  a_x000D_
 que_x000D_
  estrada_x000D_
  providencie a instalação de placa de PARE no final da rua XV de rural do bairro "Verônica", pois a população reclama do risco de colisão no local._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2838/ccf13052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2838/ccf13052025_0046.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato_x000D_
 com do Setor Jurídico e o Setor de Finanças do Município, para que haja mais agilidade no_x000D_
 sentido de encaminhar, logo no inicio do mês de janeiro de 2015, os projetos que autorizam_x000D_
 o repasse de subvenção às Entidade de nossa cidade. Sugiro ainda, que para o bom_x000D_
 funcionamento das mesmas, os valores a serem repassados sejam divididos em 12 parcelas._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2837/ccf13052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2837/ccf13052025_0045.pdf</t>
   </si>
   <si>
     <t>possibilidade Indico ao Senhor Prefeito Municipal, que estude a_x000D_
  de conceder gratificação a todos os funcionários da Educação com o saldo_x000D_
 justificadas_x000D_
 residual do FUNDEB, de forma igualitária e sem excluir àqueles que tiveram faltas durante o ano.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2836/ccf13052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2836/ccf13052025_0044.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, providências no sentido_x000D_
 de mandar tampar as fossas das ruas do bairro Balneário Mar Azul II, considerando que_x000D_
 foram abertas para instalação da rede de esgoto e não foram fechadas expondo em risco a_x000D_
 integridade física dos moradores._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2835/ccf13052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2835/ccf13052025_0043.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a_x000D_
 possibilidade de adquirir duas bombas reserva para garantir o fornecimento de água para_x000D_
 população, considerando a hipótese que podem quebrar ou queimar com alguma descarga_x000D_
 de energia._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2834/ccf13052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2834/ccf13052025_0042.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 rua Luiz Bueno de Camargo, de mandar construir obstáculos redutores de velocidade na pois os moradores reclamam que os veículos andam em alta velocidade._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2833/ccf13052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2833/ccf13052025_0041.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as_x000D_
 devidas providências no sentido de mandar jogar o pó de asfalto que está armazenado nas_x000D_
 ruas Angelo Crozera, final da rua XV de Novembro e estrada municipal "Feres Simão".</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2832/ccf13052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2832/ccf13052025_0040.pdf</t>
   </si>
   <si>
     <t>ndico ao Senhor Prefeito Municipal, que estude a_x000D_
 Maternidade_x000D_
  de impedir a circulação de caminhões na rua em frente ao Hospital de_x000D_
 barulho feito pelos_x000D_
 São José_x000D_
  caminhões._x000D_
  de Itapuí, pois os doentes reclamam que é impossível agüentar o_x000D_
 Solicito ainda, providencias com relação quanto a instalação as solicitações_x000D_
 acabar_x000D_
  de placas com o horário de estacionamento dos traillers, objetivando definitivamente com as dificuldades de estacionarem nos locais de trabalho._x000D_
 providencie_x000D_
 Finalmente, solicito do Setor de Obras do Município que_x000D_
 os_x000D_
 a imediata limpeza das boca de lobo localizada no bairro do "Pichelli", pois_x000D_
 malefícios_x000D_
 moradores reclamam que a água parada neste bueiro alem de fétida, pode causar as pessoas que residem próxima a eles.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2831/ccf13052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2831/ccf13052025_0039.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de realizar a instalação de sapatas e incertos de concreto nos_x000D_
 alicerces dos imóveis publico para contensão das rachaduras. Com a orientação do_x000D_
 Engenheiro Civil, bem como a manutenção da parte elétrica com iluminação adequada e_x000D_
 ligação correta dos cabos de rede e de informática, pois da forma em que se encontra_x000D_
 apresentam aparência de total abandono e sem sinal de preservação. Finalmente solicito,_x000D_
 melhoria a na qualidade da limpeza diária desses prédios para garantir um ambiente_x000D_
 saudável aos funcionários e a população.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2830/ccf13052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2830/ccf13052025_0038.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 meios necessários_x000D_
  de disponibilizar os meios necessários no sentido de viabilizar os_x000D_
 residências, por_x000D_
  para que a população crie o habito de construir calçadas em suas_x000D_
 em risco a integridade_x000D_
  exemplo, cortar as raízes das árvores que rompem as calçadas e colocam física da população. Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2829/ccf13052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2829/ccf13052025_0037.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas_x000D_
 providências no sentido de designar um local adequado, em tamanho e contenção, para_x000D_
 armazenamento e retirada correta do lixo orgânico que é deixado ao lado da Biblioteса_x000D_
 Municipal, proximidades da Rodoviária, pois a grade é aberta e facilita o ataque de cães_x000D_
 que espalham o lixo pela rua, conseqüentemente torna o aspecto da rua péssimo e o mal_x000D_
 cheiro e o chorume que cai nas calçadas incomoda a população que transita pelo local._x000D_
 Sala das sessões, 08 de dezembro de 2014.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2841/ccf13052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2841/ccf13052025_0049.pdf</t>
   </si>
   <si>
     <t>Desta forma, Indico ao Senhor Prefeito Municipal, que tome_x000D_
 nossa cidade, no sentido de mandar jogar piçarra em todas as estradas rurais de como por exemplo no Baririzinho, Campinho, Verônica. Assim como nas_x000D_
 incluindo_x000D_
 ruas dos_x000D_
 _x000D_
 bairros_x000D_
 o final_x000D_
  Mar Azul II, Terras de Santa Maria e Cônego Arlindo José Zanotto, da Avenida Paes de Barros até a sub-estação de energia.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2791/ccf13052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2791/ccf13052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando_x000D_
 que encaminhe a esta Casa de Leis cópia da Lei Municipal que instituiu a taxa de_x000D_
 iluminação pública- CIP, e se houve assinatura de convênio para administração dos_x000D_
 recursos que encaminhe cópia do mesmo, considerando qu</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2788/ccf13052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2788/ccf13052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando_x000D_
 informações sobre a liberação das escrituras dos imóveis dos bairros "Cônego Arlindo José_x000D_
 Zanotto" e "Jardim Alvorada", pois os moradores desses bairros merecem uma satisfação_x000D_
 considerando que a maioria até quitou os imóveis.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2789/ccf13052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2789/ccf13052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando_x000D_
 informações sobre quais providencias foram tomadas com relação aos terrenos do Distrito_x000D_
 Industrial II que os proprietários não cumpriram com as exigências da legislação municipal_x000D_
 vigente._x000D_
 Sala das sessões, 03 de fevereiro de 2014.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2790/ccf13052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2790/ccf13052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando informações sobre por que razão os alunos da creche municipal "Dona Mulata” estão sendo liberados mais cedo. Ocorre que, os pais dos alunos estão reclamando que o horário de saída da creche não bate com o horário de saída do trabalho._x000D_
 Solicito ainda, informações sobre a possibilidade de abrir mais vagas para atender a demanda no município, considerando que lista de espera está próxima à 30 crianças._x000D_
 Sala das sessões, 03 de fevereiro de 2014.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2787/ccf13052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2787/ccf13052025_0027.pdf</t>
   </si>
   <si>
     <t>informações sobre_x000D_
 Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando quando pretende mandar tampar os buracos da estrada vicinal "Angelo</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2786/ccf13052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2786/ccf13052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito, solicitando informações sobre quando pretende mandar passar a maquina Patrol nas ruas do bairro balneário Mar Azul II.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2785/ccf13052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2785/ccf13052025_0025.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO SENHOR PREFEITO INFORMAÇOES SOBRE MEDICOS</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2764/ccf13052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2764/ccf13052025_0004.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO SENHOR PREFEITO INFORMAÇOES SOBRE PROTESES DENTARIAS</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>Luiz Pignatti, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2762/ccf13052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2762/ccf13052025_0002.pdf</t>
   </si>
   <si>
     <t>Considerando o reconhecimento que as estatísticas já demonstram: ao_x000D_
 mesmo tempo em que crescem os investimentos em tecnologia, no aumento do efetivo, em valorização policial e na compra de equipamentos, os índices de criminalidade tiveram a_x000D_
 maior queda nas grandes cidades do País. Devido essa aplicação à criminalidade desviou_x000D_
 seu foco para as cidades do interior do Estado de São Paulo, e em cidades pequenas como a_x000D_
 de Itapui se tornaram alvo fácil ficando a mercê da criminalidade elaborada e com alto grau_x000D_
 de complexidade e violência, com números audaciosos e ardilosos considerado próximo de epidêmicas as taxas de criminalidade a que estamos expostos._x000D_
 Na cidade de Itapuí, essa complexidade de ocorrências viraram rotina mesmo_x000D_
 combatida bravamente pelo pequeno efetivo que disponibilizamos._x000D_
 Diante do exposto, requeiro, ouvida a Casa seja oficiado ao Governador do Estado е_x000D_
 ao Secretário de Segurança Pública, Senhor Delegado Seccional e Comandante da Policia Militar o máximo esforço no sentid</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2763/ccf13052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2763/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Sargento da Policia Militar_x000D_
 de Itapuí e ao Comandante do 27° Batalhão da Policia Militar, solicitando os valiosos_x000D_
 préstimos no sentido de determinar que seja efetuada a ronda escolar, nos horários de_x000D_
 entrada e saída de aluno da EMEF "Manuel Rodrigues Ferreira", principalmente no sentido_x000D_
 de orientar o transito de veículos no local.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2760/ccf13052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2760/ccf13052025.pdf</t>
   </si>
   <si>
     <t>Requeiro,_x000D_
 _x000D_
  ouvida a Casa seja oficiado a Senhora Presidente da_x000D_
 parte_x000D_
 Itapuí, solicitando os valiosos préstimos no sentido de vistoriar a_x000D_
  elétrica do prédio da Câmara, bem como trocar as lâmpadas queimadas e colocar em</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2761/ccf13052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2761/ccf13052025_0001.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO OS PRESIDENTES DO CONSELHO DE EDUCAÇAO E SAUDE</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2784/ccf13052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2784/ccf13052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando serão retomadas as obras de</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2783/ccf13052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2783/ccf13052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 a_x000D_
 solicitando_x000D_
  Prefeitura_x000D_
  que_x000D_
 _x000D_
  encaminhe a esta Casa de Leis cópia da Certidão Negativa de Débito junto_x000D_
 municipal.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2782/ccf13052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2782/ccf13052025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia dos últimos laudos da CETESB atestando a boa qualidade da água que é consumida em nossa cidade. Solicito ainda, providências quanto às reclamações da população com relação a cor esbranquiçada da água e aos valores que estão sendo cobrados, se houve reajuste e qual o índice aplicado.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2781/ccf13052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2781/ccf13052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando que encaminhe a esta Casa de Leis cópia do Empenho nº 00758, no valor de R$_x000D_
 12.184,54 (doze mil, cento e oitenta e quatro reais e cinqüenta e quatro centavos), referente_x000D_
 a construção de galerias. Solicito ainda, informações sobre em qual o local foi realizada a_x000D_
 obra e que sejam encaminhadas as cópias da Nota Fiscal e os Orçamentos.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>SEJA OFICIADO SENHOR PREFEITO COPIA DE EMPENHO</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2779/ccf13052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2779/ccf13052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do Empenho nº 007619, no valor de R$ 7.500,00 (sete mil e quinhentos reais), referente a serviços de criação de logotipo. Por fim, solicito explicação sobre a necessidade dessa despesa para o município.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2776/ccf13052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2776/ccf13052025_0016.pdf</t>
   </si>
   <si>
     <t>solicitando que encaminhe_x000D_
 Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal a esta Casa de Leis a relação completa dos acordos de parcelamento de_x000D_
 Sala_x000D_
  dívidas_x000D_
  das_x000D_
  firmado no exercício de 2013, e o prazo de cada um. sessões, 24 de fevereiro de 2014.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2777/ccf13052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2777/ccf13052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 loteamento_x000D_
 _x000D_
  "Altos_x000D_
 informações_x000D_
  do Tietê".</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2774/ccf13052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2774/ccf13052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 pagamentos_x000D_
 solicitando que encaminhe a esta Casa de Leis cópia das Notas Fiscais referente aos feito à rádio Cultura de Bariri durante o ano de 2013.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2778/ccf13052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2778/ccf13052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Gerente Regional da CPFL- Companhia Paulista de Força e Luz solicitando informações sobre quais os motivos da falta de energia nos dias 07 e 08 de fevereiro no bairro "Jardim Bica de Pedra". Além da falta de energia, a população reclama que não conseguiu fazer reclamação através do 0800 e que o_x000D_
 retorno da energia se deu apenas no outro dia.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2775/ccf13052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2775/ccf13052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Diretor de Obras do Município solicitando informações sobre a previsão para o término_x000D_
 das obras de recape e interligação dos bairros Irmãos Franceschi e Maria Rosaria com a rua_x000D_
 XV de novembro._x000D_
 Solicito ainda, informações sobre a conclusão das obras de recape da Avenida José_x000D_
 Maria de Almeida Prado e a verificação de afundamento que se formou no leito carroçável_x000D_
 da mesma e nas ruas adjacentes pelos próprios caminhões que excedem pesos no recape.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2765/ccf13052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2765/ccf13052025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre o processo licitatório para contratação de empresa que_x000D_
 recolhe galhos resultantes da poda de árvores de nossa cidade. Ocorre que, todo material_x000D_
 vem sendo recolhido e depositado em terrenos pela cidade, o que pode ocasionar queimadas_x000D_
 que causariam prejuízos a toda população e ao meio ambiente. Outro sim, requeiro_x000D_
 informações sobre por quais motivos a maquina trituradora de galhos do município está quebrada e ainda não providenciaram o conserto.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2769/ccf13052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2769/ccf13052025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de tornar de utilidade pública o Instituto_x000D_
 Socio-Ambiental "Eco Vidas".</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2770/ccf13052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2770/ccf13052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre os valores arrecadados com a cobrança da CIP até a presente_x000D_
 data, e onde foram investidos os recursos.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2771/ccf13052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2771/ccf13052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia de todos as notas fiscais referentes à_x000D_
 aquisição de remédios durante o exercício de 2013. Solicito ainda, relação de todos os_x000D_
 fiscal_x000D_
 medicamentos_x000D_
  referente_x000D_
 _x000D_
 _x000D_
 que_x000D_
 aos_x000D_
  serão descartados pelo município, relacionados por lote e cópia da nota mesmos.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2772/ccf13052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2772/ccf13052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre onde pretende desapropriar uma área de terras para_x000D_
 construção de casas populares em nossa cidade.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2773/ccf13052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2773/ccf13052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende iniciar as obras de melhoria no bairro balneário Mar Azul II, considerando matéria veiculada pelo Jornal Comercio do Jahu onde a Justiça determinava que o inicio fosse imediato sob pena de multa diária.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2766/ccf13052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2766/ccf13052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a relação de funcionários públicos municipais que ainda recebem bolsa de estudo. Sala das sessões, 10 de março de 2014.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2767/ccf13052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2767/ccf13052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de informatizar o Setor de Saúde do_x000D_
 Município, para que haja um controle exato sobre as consultas medicas e odontológicas, bem como a distribuição de medicamentos.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2768/ccf13052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2768/ccf13052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Gerente Regional da CPFLCompanhia Paulista de Força e Luz, solicitando providências no sentido de consertar o_x000D_
 poste de iluminação pública localizado atrás da Avícola Santa Cecília, pois está correndo_x000D_
 risco de cair.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2439/ccf08052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2439/ccf08052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado às Entidades que participaram_x000D_
 com barracas no carnaval para que encaminhem a esta Casa de Leis a prestação de contas_x000D_
 dos valores arrecadados, e informe onde serão investidos os recursos.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2442/ccf08052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2442/ccf08052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado a Senhora Presidente desta_x000D_
 Casa solicitando se existe a possibilidade de disponibilizar em pastas separadas por_x000D_
 vereador os processos legislativos, ofícios e correspondências, para que haja um controle_x000D_
 nas repostas dos requerimentos, objetivando atender plenamente os anseios dos Vereadores_x000D_
 e com conhecimento próprio, posso afirmar que teremos mais visibilidade dos atos por nós_x000D_
 praticados, se possível ainda, disponibilizar um HD com todas as solicitações e atos por nós_x000D_
 praticados nessa casa de leis para que facilite a interatividade de buscas em arquivos já_x000D_
 solicitados.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2443/ccf08052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2443/ccf08052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado a Senhora Presidente desta Casa solicitando informações sobre quais providências pretende tomar com relação à falta de resposta dos Requerimentos encaminhados ao Chefe do Poder Executivo, considerando ainda que às respostas até então encaminhadas são evasivas e incompletas.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2440/ccf08052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2440/ccf08052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 que encaminhe a esta Casa de Leis cópia do convenio firmado com a CPFL- Companhia_x000D_
 Paulista de Força de Luz, para administração dos valores arrecadados com CIPContribuição de Iluminação Pública.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2441/ccf08052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2441/ccf08052025_0009.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinado requerem, ouvida a Casa_x000D_
 dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal e à Senhora_x000D_
 Diretora da Educação, a fim de que respondam por escrito e com a máxima urgência, os_x000D_
 motivos pelos quais está sendo negado o transporte aos alunos do ensino técnico_x000D_
 profissionalizante previsto no artigo 10., inciso II, alínea "a" da Lei Municipal 2167, de 21_x000D_
 de março de 2006, com as alterações da Lei Municipal 2231, de 12 de setembro de 2007,_x000D_
 inclusive que informem o número de alunos que estão sendo transportados e se existe vagas_x000D_
 livres em referidos transportes, inclusive declinando o número de assentos vagos existentes.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2444/ccf08052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2444/ccf08052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal para que informe as providências que serão tomadas quanto a retirada de torres de celulares instaladas na zona urbana do Município, tendo em vista o que dispõe as leis Municipais 2410/2011 е 2418/2011, e ainda considerando o_x000D_
 pedido dos moradores de nossa cidade, conforme abaixo assinado entregue ao Vereador que este subscreve._x000D_
 Sala das sessões, 24 de março de 2014.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2446/ccf08052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2446/ccf08052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende_x000D_
 iniciar as obras de recape das ruas: Augusto Maceto, José Antonio e José Castelani.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2445/ccf08052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2445/ccf08052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende_x000D_
 mandar tampar os buracos da estrada vicinal Angelo Poli, principalmente a ondulação que_x000D_
 se formou no final da rua 11 de setembro e inicio da referida estrada.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2447/ccf08052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2447/ccf08052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Gerente Regional da CENTROVIAS solicitando os valiosos préstimos no_x000D_
 sentido de determinar que seja feita melhorias na iluminação de toda extensão do trevo e_x000D_
 nas alças de acesso à Rodovia Comandante João Ribeiro de Barros, objetivando dar maior_x000D_
 visibilidade e segurança ao cidadãos é que trafegam pelo local.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2391/ccf07052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2391/ccf07052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e a Diretora de Educação do Município, solicitando_x000D_
 informações se existem professores da EMEI ministrando aulas na EMEF.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2392/ccf07052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2392/ccf07052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e ao Setor Jurídico do Município, solicitando_x000D_
 informações quanto a possibilidade e a legalidade de isentar as Entidades e Templos_x000D_
 Religiosos do pagamento de IPTU- Imposto Predial e Territorial Urbano._x000D_
 Sala das sessões, 14 de abril de 2014.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2393/ccf07052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2393/ccf07052025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e a Diretora de Higiene e Saúde do Município_x000D_
 solicitando as seguintes informações:_x000D_
 * qual o plano de ação do combate a dengue;_x000D_
 quais ações foram executadas até o momento;_x000D_
 * com relação aos terrenos baldios, quais providências pretende tomar;_x000D_
 * declaração com o número real de casos comprovados em nossa cidade.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2395/ccf07052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2395/ccf07052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas_x000D_
 oficiado ao Senhor Prefeito Municipal e a Diretora de Educação do Município solicitando_x000D_
 as seguintes informações:_x000D_
 * quantidade de alunos atendidos na Creche Integral;_x000D_
 cópia do contrato de locação do imóvel;_x000D_
 * relação de funcionários que trabalham no local;_x000D_
 * qual o custo total do projeto para o município.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2394/ccf07052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2394/ccf07052025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e ao Departamento de Água e Esgoto do Município_x000D_
 solicitando informações sobre quando pretende resolver a questão da falta de água do_x000D_
 núcleo habitacional Irmãos Franceschi, bem como informações sobre o processo de_x000D_
 aquisição do reservatório de água que será instalado no bairro.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2397/ccf07052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2397/ccf07052025_0036.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende_x000D_
 desapropriar o lote de terra para construção de casas populares.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2396/ccf07052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2396/ccf07052025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 da prestação de contas das Entidades, referente aos repasses dos recursos do FUNDEB no_x000D_
 exercício de 2013.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2551/ccf08052025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2551/ccf08052025_0054.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende_x000D_
 iniciar as obras de tapa buraco na estrada vicinal "Aneglo Poli", bem como quando serão_x000D_
 iniciadas as obras de recape da via de acesso Prefeito Alberto Massoni, pois foi prometido_x000D_
 pelo Governador Geraldo Alckimim que esta seria antes das eleições.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2545/ccf08052025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2545/ccf08052025_0053.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 da relação de licitações realizadas esse ano, bem como a previsão de inicio das obras já licitadas.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2533/ccf08052025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2533/ccf08052025_0052.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações se existem funcionárias_x000D_
 ocupantes do cargo de Auxiliar de Consultório Dentário exercendo outras funções para o_x000D_
 município. Solicito ainda, informações sobre a questão da fila de espera para colocação de_x000D_
 prótese dentária e se a demanda se deu depois do fim do convênio com a clinica de Bariri_x000D_
 que fornecia as próteses.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2532/ccf08052025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2532/ccf08052025_0051.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações sobre os valores absurdos_x000D_
 nas contas de água da população. Chegou ao nosso conhecimento, através de reclamações_x000D_
 de alguns municies, que os valores das contas chegam à 6 mil reais no mês.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2531/ccf08052025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2531/ccf08052025_0050.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando pretende_x000D_
 iniciar as obras de recape da estrada municipal "Feres Simão".</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2530/ccf08052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2530/ccf08052025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Gerente Regional da CPFL, solicitando os valiosos préstimos no sentido de_x000D_
 tomar providências com relação aos postes de iluminação pública que encontram-se no_x000D_
 interior das fabricas do Distrito Industrial II.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2517/ccf08052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2517/ccf08052025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a_x000D_
 relação dos médicos que foram aprovado no ultimo concurso público, bem como_x000D_
 informação se já foram convocados e se houve desistencia.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2516/ccf08052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2516/ccf08052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe previsão para o fim_x000D_
 das obras de reforma do PSF "Dr. Geral Paulin", localizada no bairro Balneário Mar Azul.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2515/ccf08052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2515/ccf08052025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 da relação da empresas que prestam serviço ao município e que foram contratadas através de processo licitatório.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2514/ccf08052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2514/ccf08052025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 da Nota Fiscal referente ao jornal que circulou na cidade.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2513/ccf08052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2513/ccf08052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 da tabela com os valores das taxas de serviço, bem como cópia do ato que fixou o ultimo_x000D_
 reajuste.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2512/ccf08052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2512/ccf08052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 de toda as leis municipais referentes ao Cemitério, principalmente àquelas que se referem a_x000D_
 venda de terrenos.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2511/ccf08052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2511/ccf08052025_0029.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES SOBRE ISENÇAO</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2510/ccf08052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2510/ccf08052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de_x000D_
 implantar um sistema de emissão de certidões on-line, assim como é na região, para agilizar_x000D_
 os trabalhos e facilitar aos cidadãos itapuienses.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2509/ccf08052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2509/ccf08052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e ao Engenheiro do Município solicitando seja feita_x000D_
 uma avaliação da estrutura da ponte do bairro Irmãos Franceschi, pois a população esta_x000D_
 reclamando que está balançando.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2529/ccf08052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2529/ccf08052025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal a fim de que informe os motivos pelo qual não está_x000D_
 sendo atendido pedido formulado por moradores para instalação de braços de iluminação_x000D_
 pública, conforme se comprova pelo protocolo que segue aneхо.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>SEJA OFICIADO O SENHOR PREFEITO E D.E.R</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2527/ccf08052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2527/ccf08052025_0045.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Prefeito Municipal solicitando informações junto à Diretoria de Higiene e_x000D_
 Saúde do Município informações sobre quais providências tem tomado com relação a_x000D_
 melhorar o atendimento psiquiátrico em nossa cidade, considerando o aumento de pessoas_x000D_
 que tem cometido tentativa de suicídio esta aumentando por distúrbios psiquiátricos._x000D_
 Ocorre que, com a vinda do psiquiatra apenas a cada quinze dias não tem atendido a_x000D_
 demando do município, lembrando que Prefeitura tem profissionais a disposição para_x000D_
 montar uma equipe para cuidar da psiquiatria, como Psicólogo, Assistente Social,_x000D_
 Enfermeira, Terapeuta Ocupacional para dar mais dignidade ao paciente psiquiátrico e_x000D_
 usuários de drogas que só vem aumentando em nossa cidade.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2524/ccf08052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2524/ccf08052025_0042.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado à Mesa da Câmara, para que apresente Projeto de Decreto Legislativo que outorga_x000D_
 Título de Cidadão Itapuinse ao Dr. Merry Martinez Ramos pelos trabalhos prestados à_x000D_
 população itapuiense.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2523/ccf08052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2523/ccf08052025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informação sobre quais providências_x000D_
 foram tomadas com relação à empresa que abandonou as obras de reforma do PSF "Dr._x000D_
 Geraldo Paulin" e da Delegacia.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2518/ccf08052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2518/ccf08052025_0036.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia da planta genérica do município, onde conste o valor da avaliação do imóvel para base de calculo do IPTU.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2526/ccf08052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2526/ccf08052025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e a Diretora de Higiene e Saúde do Município,_x000D_
 solicitando que seja estipulado uma dia no mês para que as Agentes de Saúde faça visita no_x000D_
 bairro "Terras de Santa Maria", pois existem moradores acamados no local e é notável o_x000D_
 aumento de moradores no local.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2525/ccf08052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2525/ccf08052025_0043.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações onde é a área que será_x000D_
 adquirida para construção de casas populares, bem como se existe pretensão de_x000D_
 desapropriar uma área para construção de um novo Distrito Industrial em nossa cidade.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2520/ccf08052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2520/ccf08052025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será iniciadas_x000D_
 as obras de melhoria do bairro balneário "Mar Azul", como por exemplo, instalação da rede de esgoto, conserto do reservatório de água, recape das ruas e iluminação pública.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2519/ccf08052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2519/ccf08052025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de_x000D_
 atender a solicitação dos funcionários da Casa da Criança São José, conforme abaixo_x000D_
 assinado em anexo, no sentido de alterar a data dos repasses dos convênios para o quinto_x000D_
 dia útil de cada mês.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2522/ccf08052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2522/ccf08052025_0040.pdf</t>
   </si>
   <si>
     <t>ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 do extrato onde conste os valores devolvidos pela APAE Renascer de Itapuí, no ato da_x000D_
 entrega da prestação de conta dos valores advindos do FUNDEB.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2521/ccf08052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2521/ccf08052025_0039.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES SOBRE REQUERIMENTO 046/2014</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2602/ccf09052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2602/ccf09052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e a Diretora de Saúde do Município informações se a_x000D_
 campanha de vacinação do idoso atingiu a meta esperada, e se tem possibilidade de_x000D_
 estender a campanha para outros níveis de faixa etária. Sabendo que esta vacina já atinge_x000D_
 alem de gestantes , idosos também pessoas com algum tipo de moléstia grave.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2601/ccf09052025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2601/ccf09052025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal para que informe se pretende disponibilizar_x000D_
 transporte coletivo para deslocamento dos Munícipes pelos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2600/ccf09052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2600/ccf09052025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal para que estude a possibilidade da farmácia do_x000D_
 Centro de Saúde permanecer aberta no horário de almoço, pois as pessoas saem do trabalho_x000D_
 e aproveitam para passar retirar os remédios e principalmente os de pressão, coração, entre_x000D_
 outros; eis que esse é o único horário que dá para pegar pois quando saem do serviço o_x000D_
 centro de saúde já está fechado.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2605/ccf09052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2605/ccf09052025_0014.pdf</t>
   </si>
   <si>
     <t>oficiado_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja ao representante do Banco do Povo, solicitando informações sobre o andamento_x000D_
 momento._x000D_
 das linhas de crédito concedidas e o balanço dos trabalhos realizados no Municípios até o_x000D_
 Sala das sessões, 09 de junho de 2014</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2604/ccf09052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2604/ccf09052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Gerente Regional da CPFL solicitando informações sobre quais os valores repassados ao Município até o momento, desde o início da cobrança da contribuição de Iluminação pública.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2603/ccf09052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2603/ccf09052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal para que forneça relação dos alunos matriculados na_x000D_
 EMEI, indicando nome e endereço de cada um.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2607/ccf09052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2607/ccf09052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal para que esclareça sobre a legalidade de pagamento de honorários aos advogados da Prefeitura Municipal com relação às ações de execução da dívida ativa do Município.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2608/ccf09052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2608/ccf09052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado à CETESB a fim de que informe quais providências serão tomadas em relação ao_x000D_
 mau cheiro nos canaviais próximos à cidade, em decorrência dos resíduos de cana que são_x000D_
 lançados.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2606/ccf09052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2606/ccf09052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal para que informe quando serão finalizadas as obras_x000D_
 do PSF "Dr. Geraldo Paulin", eis que os Munícipes necessitam vir até o Centro de_x000D_
 Especialidades, que além de ficar longe a ambulância demora 2 horas para levar as pessoas.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2582/ccf09052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2582/ccf09052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre por quais motivos_x000D_
 ainda não foi inaugurado o Centro de Informática do núcleo habitacional "Irmãos_x000D_
 Franceschi". Solicito ainda, informações sobre onde estão os computadores e se existe_x000D_
 algum repasse mensal efetuado pelo Governo do Estado para manutenção do Centro.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2587/ccf09052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2587/ccf09052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de mandar construir uma rotatória de acesso na via Prefeito Alberto Massoni para o bairro Waldomiro Guarinon, considerando o ultimo acidente grave no local e os recursos que serão destinado ao recape da via.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2588/ccf09052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2588/ccf09052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia_x000D_
 das Lei Municipais referente a apreensão de animais de grande porte abandonados nas ruas_x000D_
 de nossa cidade. Solicito ainda, informações do Chere do Poder Executivo quais_x000D_
 providências serão tomadas com os cavalos que vivem soltos pela Avenida do Porto e nos_x000D_
 bairro Mar Azul II e Girassol.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2589/ccf09052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2589/ccf09052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Muricipal e a Secretária de Educação do Município solicitando_x000D_
 informações sobre as inscrições para a formação da classe do EJA- Educação de Jovens e_x000D_
 Adultos, se atingiu o numero de alunos e se não atingiu que seja feita nova divulgação pois_x000D_
 sei de pessoas que gostariam de se inscrever mas não tinham conhecimento do período de_x000D_
 matriculas.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2585/ccf09052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2585/ccf09052025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e a Secretária de Higiene e Saúde solicitando que_x000D_
 encaminhe a esta Casa de Leis cópia da relação de todos os procedimentos dos médicos do_x000D_
 Programa Saúde da Família, relação de visitas e o protocolo do programa cocom relação às_x000D_
 visitas e por fim, valor dos recursos encaminhados pelo Governo para manutenção do_x000D_
 programa.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2586/ccf09052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2586/ccf09052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado a Presidente da Câmara a disponibilização digitalizada da lei orgânica do_x000D_
 município de Itapuí com seus acessórios, artigos e incisos relacionando-os com a_x000D_
 Constituição Federal e Estadual, na sua integralidade. Solicito ainda, que ocorra o mesmo_x000D_
 com o regimento interno desta casa, com permissão para buscadores de palavras para que a_x000D_
 população possa encontrar com facilidade a redação que as constitui.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2583/ccf09052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2583/ccf09052025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e ao responsável pelo Setor de Agua e Esgoto de_x000D_
 nossa cidade, solicitando que envie a esta Casa de Leis:_x000D_
 - Planilhas de cálculos dos consumos registrados e efetivamente gastos de água em cada_x000D_
 residência de nosso município, devido as constantes denúncias de não lançamento do_x000D_
 consumo quando calculado por média (sem efetivação de leitura e sem lançamento de_x000D_
 consumo), com cobranças duplas e perdas financeiras pelos usuários, sendo cobrado_x000D_
 novamente quando efetivada a leitura, ferindo as disposições do Código do Consumidor._x000D_
 - Disponibilização dos gastos efetuados com tratamento de água e aval do químico_x000D_
 responsável da qualidade da água passada aos nossos munícipes, a quantidade de horas de_x000D_
 interrupção, tal procedimento acarreta em mais de uma cobrança, mais de uma conta em um_x000D_
 único mês além de continuar a duras penas provocar sanções e ameaças de interrupção de_x000D_
 atendimento desse serviço</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2584/ccf09052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2584/ccf09052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende_x000D_
 realizar procedimento licitatório para manutenção e aquisição de braços de iluminação_x000D_
 pública, e quando pretende iniciar a manutenção e instalação dos mesmos.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2599/ccf09052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2599/ccf09052025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações sobre a Unidade do SAMU,_x000D_
 por exemplo, se o município está recebendo recursos do governo para manutenção do_x000D_
 mesmo e qual os valores, bem como relatório de atendimento dos últimos meses.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2592/ccf09052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2592/ccf09052025_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia dos parcelamentos firmados junto ao Governo do Estado, referente aos convênios não finalizados na gestão anterior, principalmente relacionando o prazo e a parcela de cada um.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2593/ccf09052025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2593/ccf09052025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de_x000D_
 instituir o REFIS neste ano, para que a população possa saldar suas dividas com o incentivo_x000D_
 da lei. Solicito ainda, uma revisão na lei municipal que fixa o valor para base de calculo dos_x000D_
 juros e multas no município, pois a população reclama que os valores são abusivos e_x000D_
 ultrapassam o índice da inflação.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2594/ccf09052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2594/ccf09052025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 proibir o estacionamento_x000D_
  Prefeito_x000D_
  em_x000D_
 _x000D_
 _x000D_
 Municipal_x000D_
 um_x000D_
  solicitando informações se existe a possibilidade de dos lados da ruas abaixo relacionadas:_x000D_
 * Coronel Frederico Ferraz;_x000D_
 * Avenida Paes de Barros:_x000D_
 * Rua Rui Barbosa;_x000D_
 *Rua Prudente de Moraes.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2595/ccf09052025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2595/ccf09052025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de_x000D_
 mandar construir obstáculos redutores de velocidade na rua Lourenço Neto de Almeida_x000D_
 Prado, pois os veículos trafegam em alta velocidade e já ocorreu acidente em que o veiculo_x000D_
 invadiu uma residência.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2598/ccf09052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2598/ccf09052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade_x000D_
 construir uma cobertura na Academia ao Ar Livre, localizada em frente do Ginásio de_x000D_
 Esportes "Angelo Fadini", pois a população reclama que é impossível fazer exercícios_x000D_
 físicos no local sob sol e chuva.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2597/ccf09052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2597/ccf09052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a previsão para contratação implantação de um Protético, para agilizar a demanda e diminuir a fila de espera para de próteses em nossa cidade.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2596/ccf09052025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2596/ccf09052025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Sargento da Policia Militar no sentido de intensificar a fiscalização de pipas no_x000D_
 bairro Girassol I e II, pois os moradores reclamam que estão fazendo uso de cerol.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2590/ccf09052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2590/ccf09052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a pcssibilidade de interligar a rua XV de Novembro com o bairro Jardim Maria Rosária.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2676/ccf12052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2676/ccf12052025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis a_x000D_
 cópia da lei municipal ou do decreto que regulamenta as atribuições dos Professores de_x000D_
 Educação Física do setor da educação e do setor de esportes.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2675/ccf12052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2675/ccf12052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 vale alimentação_x000D_
  Prefeito Municipal, solicitando que estude a possibilidade de instituir_x000D_
 região, entre R$200,00_x000D_
  aos funcionários públicos municipais, nos valores correspondentes da_x000D_
 perdem a cesta todo mês_x000D_
  a R$250,00, considerando o grande número de funcionários que pois o prazo pra retirada é muito curto.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2673/ccf12052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2673/ccf12052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 os funcionários_x000D_
  Prefeito Municipal, solicitando que estude a possibilidade de remanejar que recebem bolsa de estudo do município, para os setores correspondentes ao_x000D_
 população._x000D_
  curso de cada um, dessa forma melhorando a qualidade do serviço público prestado à_x000D_
 Sala das sessões, 18 de agosto de 2014.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2674/ccf12052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2674/ccf12052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, reiterando e solicitando que determine ao_x000D_
 funcionário responsável de elaborar as respostas dos requerimentos dessa Casa, para que o_x000D_
 faça de forma individual e de fácil entendimento.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2672/ccf12052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2672/ccf12052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis a_x000D_
 cópia da prestação de contas dos valores arrecadados com a Festa do Frango. Solicito ainda,_x000D_
 cópia do balancete da despesa e da receita devidamente comprovada através de Notas_x000D_
 Fiscais e demais documentos pertinentes, bem como o lucro final repassado às Entidades.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2671/ccf12052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2671/ccf12052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando que informe esta Casa de Leis sobre_x000D_
 quando serão iniciadas as obras de reforma da Praça da Matriz, considerando os valores já_x000D_
 repassados pelo Governo do Estado. A população tem reclamado dos acidentes envolvendo_x000D_
 idosos em razão do piso que esta soltando.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2669/ccf12052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2669/ccf12052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 esgoto da rua José_x000D_
  Municipal, solicitando informações sobre a situação da rede de_x000D_
 recapeadas recentemente._x000D_
 da Sil</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2670/ccf12052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2670/ccf12052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, seja convocada a Diretora de Saúde e_x000D_
 Higiene do Município, Sra. Nilvana Guarnieri Fracaroli, nos termos do inciso XI do artigo_x000D_
 9º da Lei Orgânica do Município de Itapuí, a fim que de compareça à Câmara Municipal de_x000D_
 Itapuí no dia 01 de setembro de 2014, às 20h00, a fim de prestar, pessoalmente,_x000D_
 informações sobre os seguintes assuntos:_x000D_
 a) Situação dos médicos que prestam serviços ao Município;_x000D_
 b) Atendimento médico prestado à população Itapuiense;_x000D_
 c) Salário dos médicos que prestam serviços ao Município;_x000D_
 d) Demissão de médicos que prestam serviços ao Município.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2657/ccf12052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2657/ccf12052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando que informe esta Casa de Leis sobre por_x000D_
 que não foi realizada a Campanha de Vacinação Contra Raiva em animais até a presente_x000D_
 data.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2692/ccf12052025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2692/ccf12052025_0048.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando será resolvida_x000D_
 a questão da falta de água do núcleo habitacional Irmãos Franceschi.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>SILENE VALINI, VALDIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2693/ccf12052025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2693/ccf12052025_0049.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando pretende_x000D_
 mandar alinhar os bloquetes da rua Sebastião Zago, nas proximidades do nº 08, pois de_x000D_
 acordo com relato dos moradores já ocorreu acidente envolvendo as crianças e os idosos_x000D_
 dessa rua, pois o carro desvia bruscamente dos buracos.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2694/ccf12052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2694/ccf12052025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, solicitando informações sobre os buracos da rua_x000D_
 José Zenatti, recentemente asfaltada. Ocorre que, os moradores reclamam que existem_x000D_
 buracos no local e questionam se a responsabilidade de consertar é do Município ou da_x000D_
 Empresa que fez o serviço, considerando que a obra foi realizada recentemente e deve estar_x000D_
 estipulado no contrato.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2691/ccf12052025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2691/ccf12052025_0047.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quais providências_x000D_
 serão tomadas com relação as consultas médicas agendadas com médicos especialistas nos hospitais da região, pois a população reclama da demora no atendimento.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2690/ccf12052025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2690/ccf12052025_0046.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Diretor da Empresa Auto Ônibus Macacari, solicitando informações sobre por_x000D_
 quais razões a linha Itapuí/Jaú e Jaú/Itapuí, no horário de 11:00 е 13:00, foi retirada aos_x000D_
 finais de semana, causando indignação à população.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2689/ccf12052025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2689/ccf12052025_0045.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Secretário de Segurança Púbica do Estado, solicitando informações se existe a_x000D_
 possibilidade de incluir o município de Itapuí no Programa de Monitoramento por Câmeras,_x000D_
 usando da tecnologia para prevenir e coibir atos contrários a lei, a moral e os bons_x000D_
 costumes.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2688/ccf12052025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2688/ccf12052025_0044.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal, a fim de que responda ao seguinte questionamento._x000D_
 Considerando que o Cemitério Municipal é um patrimônio público, e em razão disso_x000D_
 deve ser preservado e conservado pelo Poder Público Municipal; Considerando que em_x000D_
 visitas feitas a referido local constatei a presença de escorpiões, ratos, baratas, e um total_x000D_
 descaso com o local, sem qualquer ação da Vigilância Sanitária do Município;_x000D_
 Considerando que já realizei diversos requerimentos e solicitações diretamente ao setor de_x000D_
 Vigilância Sanitária do Município;_x000D_
 Requeiro seja informado quais providencias serão tomadas em relação ao local, bem_x000D_
 como que seja determinado ao Setor de Vigilância Sanitária do Município que atue de_x000D_
 forma eficaz, a fim de se preservar aquele patrimônio público, local onde os Munícipes_x000D_
 honram seus entes queridos, e não pode ser deixado ao abandono.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2687/ccf12052025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2687/ccf12052025_0043.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 que encaminhe a esta Casa de Leis cópia do convenio firmado com a CPFL- Companhia Paulista de Força de Luz, para administração dos valores arrecadados com CIP- Contribuição de Iluminação Pública, formalizado em leis e sendo cobrado dos usuários em conta de consumo._x000D_
 Se há valores de sobra orçamentária e se houver que seja aplicada em caráter de urgência com aquisição e instalação de braços de iluminação pública no balneário Mar Azul em todas as ruas faltantes como a ruas Joaquim F Teixeira, adjacências_x000D_
 e paralelas a essa rua desse balneário que leva o nome do futuro de nossa Itapuí,_x000D_
 considerando que todos os usuários estão pagando por um produto e serviço não entregue a_x000D_
 essa população.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2668/ccf12052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2668/ccf12052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 que informe esta Casa de Leis se existe a possibilidade de efetuar a aquisição de um gerador de energia elétrica de pequeno porte, para a geladeira de vacinas instalada no_x000D_
 Centro de Especialidades, garantindo assim a qualidade das mesmas quando ocorrer ausência da energia na rede de distribuição.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2667/ccf12052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2667/ccf12052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 que informe esta Casa de Leis se existe valores pagos ou qual a legalidade de ocupação de_x000D_
 antenas e repetidoras de sinal, instalados em prédios públicos e reservatórios de água do_x000D_
 município. Na ocasião, solicito que avalie a possibilidade de disponibilizar sinal gratuito de_x000D_
 acesso à internet em locais públicos de nossa cidade.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2666/ccf12052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2666/ccf12052025_0022.pdf</t>
   </si>
   <si>
     <t>solicitando informações_x000D_
 Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 especialmente_x000D_
  sobre a situação do escoamento de água da rua José Zenatti,_x000D_
 não terminaram._x000D_
  na residênci</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2665/ccf12052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2665/ccf12052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado a Senhora Presidente da Câmara para que tome as devidas providências no sentido de agendar uma reunião, o mais urgente possível, com os Membros do Conselho Municipal de Saúde, para que sejam esclarecidas as possíveis duvidas com relação a qualidade do atendimento.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2660/ccf12052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2660/ccf12052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando será finalizada as obras de instalação da rede de_x000D_
 esgoto do bairro Balneário Mar Azul II. Trata-se de um questionamento feito pelos_x000D_
 moradores, considerando que a rede não foi ligada nas residências, surgiu a duvida sobre de_x000D_
 quem será a responsabilidade por esse serviço, dos moradores ou do muricípio.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2661/ccf12052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2661/ccf12052025_0017.pdf</t>
   </si>
   <si>
     <t>solicitando_x000D_
 Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal informações sobre quando pretende tomar atitude no sentido de disponibilizar_x000D_
 José_x000D_
 as escrituras_x000D_
  Zanotto"._x000D_
  dos imóveis localizados nos bairros "Jardim Alvorada" e "Cônego Arlindo Ocorre que, quase a totalidade dos proprietários já quitaram o financiamento de suas casas e são impedidos de adquirir a posse definitiva dos mesmos.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2662/ccf12052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2662/ccf12052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será iniciada as obras de construção de casas populares em nossa cidade,pois a população está sucumbindo os valores que são cobrados pelo aluguel.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2663/ccf12052025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2663/ccf12052025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de fazer a doação de um terreno,_x000D_
 localizado no Distrito Industrial, ao empresário Flavio Lagatta, considerando que o mesmo_x000D_
 exerce suas funções há 15 anos em nossa cidade e emprega 20 funcionários diretos.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2664/ccf12052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2664/ccf12052025_0020.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO A  DIRETORA DESTA CASA DE LEIS</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2659/ccf12052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2659/ccf12052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando pretende desocupar e devolver a posse do Centro_x000D_
 Comunitário do bairro Padre Arlindo aos moradores, para que o mesmo possa ser utilizado_x000D_
 pela Associação do Bairro para execução dos projetos de cursos profissionalizantes e_x000D_
 academia gratuita para os moradores.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2658/ccf12052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2658/ccf12052025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quais providências pretende tomar no sentido de reformar o_x000D_
 Centro Comunitário do núcleo habitacional Irmãos Franceschi, pois os instrumentos e_x000D_
 fantasias da Associação Azul e Branco estão sendo danificados em razão das péssimas condições do prédio.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2686/ccf12052025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2686/ccf12052025_0042.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando será reiniciado serviço de perfuração do poço da_x000D_
 Garagem Municipal, considerando as reclamações dos munícipes com relação a falta de_x000D_
 água._x000D_
 Solicito ainda, cópia do processo licitatório, contrato firmado com a empresa_x000D_
 vencedora e declaração do setor responsáveis informando por quais motivos o serviço foi_x000D_
 interrompido.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2685/ccf12052025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2685/ccf12052025_0041.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quais providências pretende tomar com relação ao abaixo_x000D_
 assinado em anexo, onde os moradores solicitam a poda das árvores da rua Arricieri_x000D_
 Francischini.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2684/ccf12052025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2684/ccf12052025_0040.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando que encaminhe a esta Casa de Leis cópia da legislação municipal que dispõe_x000D_
 sobre autorização para instalação de trailers na Praça Municipal, bem como cópia dos_x000D_
 últimos processos de autorização.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2677/ccf12052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2677/ccf12052025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre quando será iniciada as obras de reforma da Praça_x000D_
 Municipal.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2678/ccf12052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2678/ccf12052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do cronograma de instalação de braços de iluminação pública de nossa cidade, oportunidade na qual peço que as ruas do balneário Mar Azul II sejam priorizadas com relação a instalação.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2679/ccf12052025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2679/ccf12052025_0035.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se as exigências da RN 32, no que tange a CIPA e os EPIS do município, estão ou não ativos. Na mesma oportunidade. solicito Parecer Jurídico com_x000D_
 relação a legalidade do pagamento do adicional de insalubridade aos funcionários do_x000D_
 Velório Municipal.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2680/ccf12052025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2680/ccf12052025_0036.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 ao Setor de Recursos Humanos do Município solicitando informações se as contribuições_x000D_
 sindicais dos funcionários são recolhidos apenas para o Sindicato dos Funcionários_x000D_
 Públicos Municipais de Itapuí, ou se são recolhidos no Sindicato da categoria de acordo_x000D_
 com a função de cada servidor.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2681/ccf12052025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2681/ccf12052025_0037.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de disponibilizar uma sala no espaço "Tia_x000D_
 Marucha", às quinta- feiras, das 10 horas às 21:00 hoias, para o grupo "Star Dance_x000D_
 Break", sob a responsabilidade do coreografo Sr. Sidnei Antonio dos Santos, RG 32._x000D_
 101.728-6, para que possam ser ministradas aulas gratuitas de dança com crianças,_x000D_
 adolescentes e adultos de nossa cidade, independente de cor, raça, sexo ou religião._x000D_
 Esse grupo é formado à 14 anos, e desenvolve ações que mobiliza crianças e_x000D_
 adolescentes em situação de vulnerabilidade social através dos fundamentos das danças_x000D_
 urbana, o que estimula mudanças sociais ,culturais e educativas, dando encaminhamento e_x000D_
 oportunidade diferenciada na formação do cidadão.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2682/ccf12052025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2682/ccf12052025_0038.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de disponibilizar um terreno para_x000D_
 edificação de uma sede-social Afro-Descendente, para que os descendentes possam se_x000D_
 reunir e realizar ações sociais e culturais relacionados à etnia.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2683/ccf12052025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2683/ccf12052025_0039.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de entrar em contato com as Secretarias_x000D_
 do Estado que possuem prédios abandonados em nossa cidade, para que os mesmos sejam_x000D_
 reaproveitados pelo Município, principalmente ao prédio do Campinho com a sugestão de_x000D_
 montar um "Museu" no local.</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5658/ccf30072025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5658/ccf30072025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando que encaminhe a esta Casa de Leis cópia da legislação municipal que dispõe_x000D_
 sobre concessão de bolsa de estudos aos servidores públicos municipais, bem como cópia_x000D_
 dos processos com a cópia do Parecer Jurídico que defere ou indefere o requerimento dos_x000D_
 funcionários.</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5659/ccf30072025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5659/ccf30072025_0008.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações, dar sugestões e ao final requerer o que segue:_x000D_
 Há anos o reservatório de água da Garagem Municipal está danificado e escorrendo água_x000D_
 pelas ruas de nossa cidade no período noturno, em contrapartida os moradores ficam sem_x000D_
 abastecimento de água no período da manhã, entre as 8:00 horas e 23:00 horas._x000D_
 Diante de tal situação, sugiro que seja disponibilizado um caminhão pipa para_x000D_
 atender as necessidades básicas da população, bem como a criação de um Conselho Municipal para_x000D_
 fiscalizar e apurar as irregularidades dos serviços prestados pelo Departamento de Água e Esgoto do_x000D_
 Município, garantindo a qualidade e eficiência dos serviço público.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5646/ccf31072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5646/ccf31072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende reformar, limpar e instalar um Museu no prédio da Escola do Campinho, considerando que através de pesquisas em documentos do arquivo municipal, foi comprovado que a posse do imóvel pertence ao Município, portanto a responsabilidade quanto a manutenção também. Sala das sessões, 22 de outubro de 2014</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5647/ccf31072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5647/ccf31072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se já realizou algum estudo sobre a viabilidade de implantar transporte_x000D_
 necessidade circular, pois a população reclama da distancia de alguns bairros e da desse serviço em nossa cidade.</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5648/ccf31072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5648/ccf31072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações se existe a possibilidade de atender o Requerimento em anexo,_x000D_
 subscrito pela maioria dos servidores públicos municipais, solicitando a implantação do_x000D_
 Vale-Alimentação no valor aproximado de R$ 250,00.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5655/ccf31072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5655/ccf31072025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 solicitando informações sobre qual será a área a ser desapropriada, para construção de casas_x000D_
 populares e um novo Distrito Industrial em nossa cidade.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5654/ccf31072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5654/ccf31072025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será iniciadas as obras de recape da estrada vicinal "Prefeito Alberto Massoni", considerando que a obra já foi licitada.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5653/ccf31072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5653/ccf31072025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 para a Secretária de Saúde solicitando informações sobre quais os valores encaminhados pelo Governo para manutenção do Programa Médico da Família, pois existe um deficit de funcionários nos programas e várias reclamações de agentes e pacientes com relação a boa qualidade dos serviços prestados. Outra reclamação comum é com relação a falta de veiculo para realização de visitas, o que impede maior agilidade nos atendimentos, descaracterizando o objetivo do programa.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5652/ccf31072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5652/ccf31072025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal e_x000D_
 para a Secretária de Saúde, solicitando informações sobre a qualidade dos aparelhos de diabetes que foram adquiridos, pois usuários reclamam que a leitura nestes aparelhos está dando alta e que medindo no anterior o resultado é outro. Questionam pois o parâmetro_x000D_
 teria que ser próximo, mas a discrepância dos resultados é muito grande._x000D_
 Solicito finalmente, informações sobre qual foi o destino dos aparelhos antigos e_x000D_
 que ainda estavam funcionando, pois poderiam ainda ser utilizados pela população.</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5651/ccf31072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5651/ccf31072025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia de toda legislação referente a licença de funcionamento para trailers na Praça da Matriz. Solicito de imediato, que seja notificado_x000D_
 os proprietários para que retirem da Praça os trailers no final do expediente, pois a_x000D_
 população reclama que além de ocupar vaga de estacionamento o brilho do carrinho com o_x000D_
 reflexo do sol incomoda as pessoas.</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5650/ccf31072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5650/ccf31072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe algum programa do Governo do Estado que disponibiliza equipamentos para dragar e desassorear as margens de rios e córregos, para que o serviços sejam realizados em nossa cidade. Casa não haja disponibilidade através do Governo_x000D_
 Estadual, solicito informações se há possibilidade de ser realizado com recursos próprios do município, considerando a importância do serviço.</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5649/ccf31072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5649/ccf31072025_0016.pdf</t>
   </si>
   <si>
     <t>Com relação a matéria veiculada pelo Jornal "Comercio đo Jahu", dia_x000D_
 verifica_x000D_
  de 2014, página 02, que diz:" Apuração- O Tribunal de Contas do Estado_x000D_
 Prefeitura_x000D_
  ausência_x000D_
  de Itapuí,em_x000D_
  de licitação_x000D_
 _x000D_
  na contratação da empresa Bernardo Vidal e Associados pela_x000D_
 relacionados a_x000D_
 2011, no valor de R$460,00 mil. A firma prestou serviços_x000D_
 pagamento_x000D_
 contribuições de natureza indenizatória e previdenciária sobre a folha de_x000D_
 Municipal solicitando_x000D_
 dos servidores", Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito_x000D_
 empresa mencionada_x000D_
  que encaminhe a esta Casa de Leis, cópia do contrato firmado com a_x000D_
 ainda se referida empresa_x000D_
  e cópia dos empenhos pagos durante o exercício de 2011, que informe_x000D_
 seja encaminhada_x000D_
  ainda presta serviço a</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5645/ccf31072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5645/ccf31072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa seja oficiado ao Senhor Prefeito Municipal_x000D_
 município,_x000D_
 solicitando_x000D_
 _x000D_
 _x000D_
 efetivos_x000D_
 que encaminhe_x000D_
  e comissionados,_x000D_
  a esta Casa de Leis cópia da relação de cargos existentes no onde conste função, carga horária e quantidade de cargos preenchidos.</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5656/ccf30072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5656/ccf30072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal a fim de que encaminhe a esta Casa de Leis a relação_x000D_
 dos alvarás expedidos para a exploração de atividades comerciais em trailers no Município_x000D_
 de Itapuí, e o local de funcionamento para onde foi concedido o alvará.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5657/ccf30072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5657/ccf30072025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 todas_x000D_
 oficiado ao Senhor Prefeito Municipal a fim de que encaminhe a esta Casa de Leis cópia de_x000D_
 de alimentos_x000D_
  as Notas Fiscais, empenhadas e liquidadas no exercício de 2014, referente à aquisição e material de limpeza por todos os Setores do Município.</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5662/ccf30072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5662/ccf30072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado a Mesa da Câmara Municipal de Itapuí solicitando a elaboração de Projeto de Decreto_x000D_
 Junior,_x000D_
 _x000D_
 pelo_x000D_
 Legislativo_x000D_
  excelente_x000D_
  que_x000D_
  trabalho_x000D_
  outorga Título de Cidadão Itapuiense ao Sargento Roberto Ramos realizado em nossa cidade, defendendo a população sem medir esforços no combate á criminalidade.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5663/ccf30072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5663/ccf30072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado a Mesa da Câmara Municipal de Itapuí solicitando a elaboração de Projeto de_x000D_
 Decreto Legislativo que outorga Título de Cidadão Itapuiense ao Senhor Domingues Zanocco, pelos anos de dedicação e pela contribuição com o crescimento de nossa cidade,_x000D_
 gerando emprego e garantindo uma vida digna a diversos munícipes.</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5664/ccf30072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5664/ccf30072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Deputado Estadual Baleia Rossi solicitando providências no sentido de disponibilizar recursos, no valor aproximado de 100 mil reais, para reformar e iluminação do Estádio Municipal "José Miraglia".</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5665/ccf30072025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5665/ccf30072025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Deputado Federal Francisco Everardo Oliveira Silva- Tiririca solicitando os_x000D_
 valiosos préstimos no sentido de disponibilizar recursos, no valor aproximado de 200 mil_x000D_
 reais, para obras de infra-estrutura no bairro Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5666/ccf30072025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5666/ccf30072025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado_x000D_
 de disponibilizar_x000D_
  ao Deputado_x000D_
 _x000D_
  Federal Arnaldo Jardim solicitando os valiosos préstimos no sentido recursos, no valor aproximado de 200 mil reais, para obras de infra- estrutura no bairro Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5669/ccf30072025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5669/ccf30072025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Deputado Federal Ricardo Izar solicitando os valiosos préstimos no sentido de_x000D_
 disponibilizar recursos, no valor aproximado de 200 mil reais, para obras de infra-estrutura_x000D_
 no bairro Balneário Mar Azul II.</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5670/ccf30072025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5670/ccf30072025_0019.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado Presidente do Sindicato dos Servidores Públicos Municipais, solicitando que_x000D_
 estude a possibilidade de realizar uma Assembléia para definir a preferência dos servidores_x000D_
 com relação ao vale-alimentação ou cesta básica.</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5671/ccf30072025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5671/ccf30072025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao DER- Departamento de Estradas e Rodagens, Governo do Estado e ARTESP_x000D_
 solicitando os valiosos préstimos no sentido de recapear a via acesso "Prefeito Alberto_x000D_
 Massoni", com a construção de acostamento asfaltado e terceira faixa nos Km' s 6,5 a 7,2_x000D_
 sentido bairro São José da Barra Mansa, km 2 à 1 no sentido Centro da Cidade, bem como_x000D_
 delimitação de ciclo faixa por toda a extensão de 9 Km da estrada. Solicito finalmente a_x000D_
 construção de pontos de ônibus cobertos no Km 3,5, nos dois sentidos da via, em frente a_x000D_
 escola do Campinho.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5672/ccf30072025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5672/ccf30072025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Governo do Estado e AES Tietê solicitando os valiosos préstimos no que tange_x000D_
 realizar um estudo sobre a viabilidade de construir uma ponte para interligar os municípios_x000D_
 de Itapuí-Boracéia.</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5673/ccf30072025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5673/ccf30072025_0022.pdf</t>
   </si>
   <si>
     <t>oficiado ao Senhor_x000D_
 Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja Prefeito Municipal solicitande informações se existe a possibilidade de_x000D_
 principalmente_x000D_
 alterar a Lei Municipal que concede cesta básica ao funcionários públicos municipais, os artigos que dispõe sobre a perda do direito à cesta.</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5674/ccf30072025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5674/ccf30072025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja pintura_x000D_
 oficiado_x000D_
  das_x000D_
  ao_x000D_
  mesmas,_x000D_
  Proprietário_x000D_
  bem_x000D_
 _x000D_
  como_x000D_
 da Empresa de Caçambas de nossa cidade que providencie a_x000D_
 Sala das_x000D_
  colocar faixas refletoras para diminuir o risco de colisão.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5690/ccf31072025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5690/ccf31072025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado a Diretora da Escola Estadual "Senador Vicente Prado", para que tome providências no sentido de mandar capinar o mato da entrada que quadra poli-esportiva da escola, pois os moradores reclamam o aparecimento de animais peçonhentos e também como medida de proteção aos alunos.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5691/ccf31072025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5691/ccf31072025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Senhor Prefeito Municipal e ao Chefe do Setor de Recursos Humanos do_x000D_
 Município, solicitando informações se já foram encaminhadas as convocações para os_x000D_
 aprovados no ultimo concurso público realizado para contratação de Médicos, pois a_x000D_
 necessidade de contratar esses profissionais é urgente devido o déficit em nossa rede_x000D_
 pública de saúde.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5692/ccf31072025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5692/ccf31072025_0014.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 solicitando_x000D_
  Municipal e ao D.E.R.- Departamento de Estradas e Rodagens_x000D_
 de iluminar_x000D_
 _x000D_
 _x000D_
 informações_x000D_
 o trevo_x000D_
  sobre quando serão tomadas as providências necessárias no sentido_x000D_
 Ônibus do bairro_x000D_
  de acesso a Rodovia Comandante João Ribeiro de Barros e o Ponto de_x000D_
 no_x000D_
  "Campinho", para garantir mais segurança aos usuários que permanecem local à espera de transporte.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5693/ccf31072025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5693/ccf31072025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 oficiado ao Governo do Estado solicitando os valiosos préstimos no sentido de disponibilizar recursos para aquisição de um reservatório de água, tal recursos se faz_x000D_
 necessário para solucionar definitivamente a questão de falta de água do Centro da Cidade.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5682/ccf31072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5682/ccf31072025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal e ao Presidente do Conselho Municipal do FUNDEB solicitando que encaminhe a esta Casa de Leis cópia de todas as Atas das reuniões realizadas durante o exercício de 2013, bem como cópia de todas as despesas realizadas com recursos do Fundo, principalmente referente a reforma, manutenção e aquisição de equipamentos</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5683/ccf31072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5683/ccf31072025_0001.pdf</t>
   </si>
   <si>
     <t>oficiado ao Deputado_x000D_
 Requeiro,_x000D_
  Estadual_x000D_
  ouvida_x000D_
 _x000D_
  a Casa, e dispensadas as formalidades legais, seja disponibilizar recursos, no_x000D_
 Baleia Rossi solicitando providências no sentido de_x000D_
 do Estádio Municipal valor aproximado de 250 mil reais, para reformar e iluminação "José Miraglia".</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5684/ccf31072025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5684/ccf31072025_0002.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja_x000D_
 no_x000D_
 oficiado_x000D_
  sentido_x000D_
  ao_x000D_
 _x000D_
  Deputado_x000D_
 de disponibilizar_x000D_
  Federal Senhor Nelson Marquezelli solicitando os valiosos préstimos recursos para reforma e ampliação do prédio onde está_x000D_
 nenhuma_x000D_
 instalado_x000D_
  melhoria_x000D_
 a Empresa de Correias e Telégrafos de nossa cidade. Há anos sem realizar a estrutura está comprometida e necessita de reparos, sem dizer que a_x000D_
 ampliação_x000D_
 atendimento_x000D_
  do_x000D_
  bancário_x000D_
  prédio_x000D_
  na_x000D_
 é_x000D_
 _x000D_
 de_x000D_
 agencia,_x000D_
  extrema urgência considerando o aumento da população e o_x000D_
  o espaço tornou-se insuficiente para abrigar a população no interior do prédio.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5685/ccf31072025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5685/ccf31072025_0003.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal e ao Tribunal de Contas do Estado solicitando que_x000D_
 encaminhe a esta Casa de Leis cópia das notificações e recebimento de relatórios do TC, referentes as Prestações de Contas das Entidades de nossa cidade, onde conste o prazo que_x000D_
 as mesmas pudessem apresentar defesa</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5660/ccf30072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5660/ccf30072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se ainda existem terrenos pra ser doado no Distrito Industrial, e que o mesmo seja cedido ao Senhor Antonio Aparecido Masson para construção de uma Marcenaria. Ressalto ainda, que o mesmo está na fila de espera há anos e tem necessidade urgente de ampliar suas instalações.</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5661/ccf30072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5661/ccf30072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende jogar o pó de piçarra que está armazenado na estrada municipal "Feres Simão", para melhorar o_x000D_
 transito de veículos no local.</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5686/ccf31072025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5686/ccf31072025_0004.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existe a possibilidade de conceder uma espaço para reativação da rádio "Verde é Vida", se possível no Estádio "José Miraglia" por ser considerado o local de melhor freqüência.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5687/ccf31072025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5687/ccf31072025_0005.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que envie os projetos de convênio com as entidades no início do ano de 2015, possibilitando que os_x000D_
 atrasem_x000D_
 repasses_x000D_
  o_x000D_
 _x000D_
 _x000D_
 sejam_x000D_
 pagamento_x000D_
  feitos em doze parcelas, evitando assim que as mesmas de funcionários, fornecedores e demais encargos.</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5688/ccf31072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5688/ccf31072025_0006.pdf</t>
   </si>
   <si>
     <t>Diante do exposto e dos rumores ventilados no sentido de que a_x000D_
 classe da primeira série do ensino médio noturno será extinto de nossa cidade, Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal, Diretora da Educação do Município e Diretora da Escola Senador Vicente Prado solicitando informações se existe veracidade em tais questionamentos e pedimos em nome da população de nossa cidade que Vossas Excelências não permitam que esse fato ocorra_x000D_
 em nossa cidade, contribuindo para a formação acadêmica daqueles que necessitam trabalhar durante o dia.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5629/ccf30072025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5629/ccf30072025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa, e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando serão tomadas_x000D_
 as providências necessárias no sentido de fornecer água de boa qualidade aos Moradores do bairro Balneário Mar Azul II, pois os moradores trouxeram uma garrafa com amostra da água que é distribuída pelas residências e que dizem ser potável.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2749/ccf12052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2749/ccf12052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Senhor_x000D_
 Flávio Pavanelli pela doação de refrigerante para realização da Festa de Final de Ano da_x000D_
 APAE- Renascer de Itapuí.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2759/ccf12052025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2759/ccf12052025_0034.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Senhor_x000D_
 Prefeito Municipal pelo esforço junto ao Governo do Estado conseguindo disponibilizar a_x000D_
 construção da rede de tratamento de esgoto em nossa cidade.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2758/ccf12052025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2758/ccf12052025_0033.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com os proprietários_x000D_
 da Boate "Mambo” pela inauguração no ultimo dia 18 de janeiro de 2014, considerando o_x000D_
 sucesso de público.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2755/ccf12052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2755/ccf12052025_0030.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com o Governador_x000D_
 Geraldo Alckmin, o Senhor Prefeito Municipal José Eduardo Amantini e para com o VicePrefeito Guido Lanza pelo esforço em beneficio da população itapuiense e principalmente_x000D_
 pela liberação recursos para obras de grande porte em nossa cidade.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, Luiz Pignatti, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2756/ccf12052025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2756/ccf12052025_0031.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata MOÇÃO DE REPÚDIO com relação ao Diretor de Cultura do_x000D_
 Município, pelo discurso proferido na Sede da Associação Azul e Branco colocando em_x000D_
 duvida a postura dos Vereadores perante a comunidade.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2757/ccf12052025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2757/ccf12052025_0032.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com a Irmă Zenaide_x000D_
 Fideliz, pelos relevantes trabalhos prestados no Hospital e Maternidade São José de Itapuí,_x000D_
 principalmente pelos préstimos à sociedade como enfermeira obstetra ao longo dos 20 anos_x000D_
 em que residiu em nossa cidade.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2751/ccf12052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2751/ccf12052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais,_x000D_
 seja consignado em ata votos de congratulações e agradecimentos para com os Diretores e_x000D_
 Integrantes da Escola de Samba Azul e Branco pela brilhante apresentação durante as_x000D_
 noites de carnaval.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2752/ccf12052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2752/ccf12052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para toda população que_x000D_
 participou de maneira ordeira, pacífica, com muita alegria e felizes puderam curtir e_x000D_
 divertir-se os dias de carnaval em nossa cidade. Parabenizar também, todos os blocos_x000D_
 participantes, os integrantes do conjunto e responsáveis pelo som, o grupo de_x000D_
 dançarinos(as)._x000D_
 Estendo aos policiais militares, policiais civis, seguranças particulares, conselheiros_x000D_
 tutelares, funcionários da saúde que estiveram presentes nos eventos, atendentes,_x000D_
 enfermeiros(as), motoristas do SAMU e de ambulâncias, médicos e todos os profissionais_x000D_
 que se disponibilizaram um atendimento adequado, responsável, com rapidez e segurança,_x000D_
 eficácia e eficiência demonstrando o profissionalismo coerência na interatividade com_x000D_
 nossa comunidade e alegria do carnaval, demonstrando ao povo de nossa cidadeе_x000D_
 visitantes a capacidade de organização e divertir-se de maneira saudável</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2750/ccf12052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2750/ccf12052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com todos os membros_x000D_
 da Comunidade Azul e Branco que preparou com brilhantismo e garra de gaviões a_x000D_
 apresentação do carnaval de rua, e na ultima noite, desempenharam com desenvoltura sua_x000D_
 extraordinária apresentação, mesmo em condições adversa</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2753/ccf12052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2753/ccf12052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de boas vindas ao Padre Romeu Antonio Parolize, agradecendo primeiramente a Deus, aos médicos(as), enfermeiros(as), e demais pessoas que_x000D_
 disponibilizaram seus cuidados durante sua recuperação e restabelecimento de sua saúde._x000D_
 Finalmente, agradecemos a cirurgia bem sucedida e seu retorno, e a importância que Ele tem como Homem de Deus em nossa cidade.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2754/ccf12052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2754/ccf12052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com os funcionários da_x000D_
 Câmara, Dr. Pedro Alexandre Nardelo, José Célio Prado de Freitas, Aline Fantin, Carla_x000D_
 Talita Rodrigues, Gislaine de Marchi, e Benedito Candido de Lima, que há muitos anos_x000D_
 colaboram com a organização e o andamento seguro dos trabalhos, dando-nos apoio e_x000D_
 desenvoltura em tudo que necessitamos.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2432/ccf08052025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2432/ccf08052025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Senhor José_x000D_
 Eduardo Amantini, Digníssimo Prefeito Municipal, pelo excelente trabalho que vem_x000D_
 realizando a frente da Administração Municipal.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2433/ccf08052025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2433/ccf08052025_0001.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, sejа_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Dr. Marcelo_x000D_
 Aparecido Tomaz Goes, Digníssimo Delegado de Policia Civil, pelo excelente trabalho que_x000D_
 vem realizando em nossa cidade no combate à criminalidade.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2382/ccf07052025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2382/ccf07052025_0020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com os Proprietários da_x000D_
 Empresas: Padaria São Francisco, Supermercado do Nena, Supermercado Lenharo,_x000D_
 Supermercado São João, Trident Industria de Precisão. Agradeço ainda, ao Padre Romeu_x000D_
 Antonio Parolize, os Vereadores Vandir Donizete Viaro e José Roberto Gonsalves Meira e_x000D_
 demais colaboradores que fizeram doações para o evento beneficente "Noite da</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2383/ccf07052025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2383/ccf07052025_0021.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Senhor Robson_x000D_
 Teodoro e Família pela doação de cestas básicas a diversas famílias carentes de nossa_x000D_
 cidade.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2384/ccf07052025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2384/ccf07052025_0022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de profundo pesar pelo falecimento do Senhor Dr. Antonio_x000D_
 Francischini, DD. Delegado de Policia e ex-Prefeito do município de Boracéia,_x000D_
 oportunidade na qual externamos aos familiares nossos mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2385/ccf07052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2385/ccf07052025_0023.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de profundo pesar pelo falecimento do Senhor Alcides Magon,_x000D_
 oportunidade na qual externamos aos familiares nossos mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2386/ccf07052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2386/ccf07052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Senhor Irineu Crozera, formou-se Capitão da Marinha de Águas Fluviais no dia 28/02/2014, pela FATЕС.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2464/ccf08052025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2464/ccf08052025_0030.pdf</t>
   </si>
   <si>
     <t>Submeto ao Plenário esta MOÇÃO DE CONGRATULAÇÃO ao Ministro da_x000D_
 Saúde, Dr. Arthur Chioro e ao ex-Ministro Alexandre Padilha, pela primeira Campanha_x000D_
 Nacional de Vacinação contra o HPV. Dê-se ciência desta deliberação à Ministra de_x000D_
 Políticas para as Mulheres, à Presidente da República, ao Prefeito Municipal e às entidades_x000D_
 e profissionais de saúde do nosso município.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2463/ccf08052025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2463/ccf08052025_0029.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações para com o Senhor Edgar Siqueira, pela_x000D_
 inauguração da Oficina no Distrito Industrial, contribuindo com o progresso e_x000D_
 oportunizando empregos em nossa cidade.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2461/ccf08052025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2461/ccf08052025_0027.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com os Proprietários da_x000D_
 Pizzaria do Rubinho, pelo atendimento carinhoso para com os itapuienses que freqüentam_x000D_
 seu estabelecimento.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2462/ccf08052025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2462/ccf08052025_0028.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Deputado Federal_x000D_
 Dr. Marco Aurelio Ubiali e para com o Governador do Estado Geral Alckimim, pela_x000D_
 doação de um ônibus escolar para APAE Renascer de Itapuí.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, SILENE VALINI, VALDIR MAIA, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2457/ccf08052025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2457/ccf08052025_0023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados requerem, ouvida a Casa e dispensadas as_x000D_
 formalidades regimentais, seja consignado em ata VOTOS DE REPÚDIO ao Senhor_x000D_
 Prefeito Municipal e ao Vice- Prefeito pelo discurso proferido na festa do Dia do_x000D_
 Trabalhador, em 1o. de Maio, aos Munícipes da cidade, fazendo ofensas a pessoa dos_x000D_
 Vereadores e a própria Instituição da Câmara Municipal de Itapuí._x000D_
 Por tal motivo, repudiamos a forma como o Sr. Prefeito Municipal - José_x000D_
 Eduardo Amantini, vem tratando os Vere</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2460/ccf08052025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2460/ccf08052025_0026.pdf</t>
   </si>
   <si>
     <t>Requeiro,_x000D_
  ata_x000D_
  ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 Supremo Tribunal_x000D_
  votos Federal,_x000D_
  de congratulações e agradecimentos para com o DD. Ministro do_x000D_
 RedeTV_x000D_
  Dr. Marco Aurélio de Melo, pela entrevista concedida a_x000D_
 sobre o julgamento_x000D_
 e outras emissoras de Televisão, onde na oportunidade esclareceu à população_x000D_
 mantiveram o principio_x000D_
  do Mensalão. Na mesma ocasião parabenizou os demais, que_x000D_
 ao Povo Brasileiro que_x000D_
  da moralidade e da legalidade no julgamento desse caso, provando podem confiar no Sistema Judiciário do Brasil.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2459/ccf08052025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2459/ccf08052025_0025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Senhor Roberto_x000D_
 de Freitas e sua Senhora Nair Spirito de Freitas, pelos trabalhos realizados com as crianças_x000D_
 carentes em nossa cidade.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2458/ccf08052025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2458/ccf08052025_0024.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Dr. Denis, medico_x000D_
 ortopedista em nossa cidade, pelo atendimento prestado a população itapuiense.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2581/ccf09052025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2581/ccf09052025_0018.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Dr. Gustavo_x000D_
 Falcão, pelos serviços prestados de Ortopedia em nossa cidade. Sabe - se que este_x000D_
 profissional atende a população de Itapui a mais de 15 anos, que alem do atendimento_x000D_
 ambulatorial de qualidade no Centro de Especialidades, faz excelente trabalho no_x000D_
 ambulatório do SUS no hospital._x000D_
 Médico de referencia em procedimentos cirúrgicos de Ortopedia, quando_x000D_
 solicitado pela população de nosso município, demonstra ser um ser humano incrível, pois_x000D_
 dispõe de toda atenção aos pacientes na rua no momento que cruza o espaço do centro de_x000D_
 especialidade até hospital.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2574/ccf09052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2574/ccf09052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Padre Romeu_x000D_
 Antonio Parolize e todos os colaboradores da Quermesse de Santo Antonio de Itapuí,_x000D_
 principalmente às Empresas e doadores de gado que muito contribuíram para a_x000D_
 grandiosidade do evento.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2575/ccf09052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2575/ccf09052025_0012.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Deputado Vitor_x000D_
 Sapienza e para com os Empresários Pedro Luiz Poli e Antonio Alvaro de Souza, pelo_x000D_
 esforço no sentido de interceder junto ao Governo do Estado buscando recursos para_x000D_
 aquisição do novo reservatório de água do núcleo habitacional Irmãos Franceschi.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2576/ccf09052025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2576/ccf09052025_0013.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às forrnalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Deputado Nelson_x000D_
 Marqueseli, pelo esforço junto com o Governo a fim de disponibilizar recursos no importe_x000D_
 de 100 mil reais, através da Emenda n° 1818/003/2011 utilizados para aquisição de_x000D_
 equipamentos hospitalares.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2577/ccf09052025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2577/ccf09052025_0014.pdf</t>
   </si>
   <si>
     <t>consignado_x000D_
 Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja em ata votos de profundo pesar pelo falecimento do Senhor Luiz Carlos_x000D_
 externamos_x000D_
 Gomes, Pastor_x000D_
  aos_x000D_
  da familiares Igreja Assembléia_x000D_
  de Deus- Ministério do Ipiranga, oportunidade na qual nossos mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2578/ccf09052025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2578/ccf09052025_0015.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Deputado Federal_x000D_
 Carlos Sampaio pela visita em nossa cidade, oportunidade na qual disponibilizou alem do_x000D_
 caminhão pipa recursos no importe de 200 mil reais para infra-estrutura em nossa cidade.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2580/ccf09052025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2580/ccf09052025_0017.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimentos para com o Deputado_x000D_
 Estadual Osvaldo Verginio pela visita em nossa cidade, oportunidade na qual prestigiou a_x000D_
 Quermesse de Santo Antonio, adquirindo um bezerro durante o leilão e devolvendo-o para_x000D_
 que fosse novamente leiloado.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2579/ccf09052025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2579/ccf09052025_0016.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento do Senhor Antonio Cesar Lianos, oportunidade na qual externamos aos familiares nossos mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2652/ccf12052025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2652/ccf12052025_0008.pdf</t>
   </si>
   <si>
     <t>consignado em_x000D_
 Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja ata votos de congratulações e agradecimento para com o Senhor Frederico Antonio_x000D_
 Sabemos_x000D_
  Rizzo Junior, pela dedicação em cuidar de animais abandonados de nossa cidade._x000D_
 atribuída_x000D_
 _x000D_
 às_x000D_
 a_x000D_
 _x000D_
 _x000D_
 autoridades_x000D_
 importância desse generoso ato, pois essa responsabilidade deveria estar municipais.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2656/ccf12052025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2656/ccf12052025_0012.pdf</t>
   </si>
   <si>
     <t>dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimento para com a Deputada Estadual_x000D_
 Sra. Beth Sahão, pelos relevantes trabalhos prestados em prol de nossa cidade.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2655/ccf12052025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2655/ccf12052025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimento para com o Senhor Prefeito_x000D_
 Municipal José Eduardo Amantini, pelas obras e serviços realizados e em andamento, com_x000D_
 apenas 19 meses de mandato, com recursos advindos do Governo e do Município:_x000D_
 * recape bairro Jardim Alvorada;_x000D_
 * recape bairro Waldomiro Guarinon;_x000D_
 recape núcleo habitacional Alvaro Beltrame;_x000D_
 * recape rua 11 de setembro, Arricieri Francischini;_x000D_
 * recape rua José Zenatti, José Castelani, José da Silva Fonseca;_x000D_
 * recape rua Tirso Dias do Prado;_x000D_
 * recape rua José Gerônimo Videira;_x000D_
 * recape rede de esgoto do bairro Balneário Mar Azul II;_x000D_
 recuperação do acesso Prefeito Alberto Massoni (R$11 milhoes);_x000D_
 construção da Estação de Tratamento de Esgoto (8,5 milhões);_x000D_
 duas creches-escola ( R$ 3,4 milhões);_x000D_
 * uma nova escola estadual (R$4,5 milhões);_x000D_
 * renovação da frota, com aquisição de um caminhão pipa, um caminhão basculante, uma_x000D_
 retro-escavadeira, três ônib</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2653/ccf12052025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2653/ccf12052025_0009.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, sejа_x000D_
 consignado em ata votos de congratulações e agradecimento para com o Deputado Estadual_x000D_
 Aldo Demarchi pelas doações feitas ao Hospital e Maternidade São José de Itapuí, bem_x000D_
 como a disponibilização de recursos no importe de 65 mil reais para aquisição de_x000D_
 equipamentos.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2651/ccf12052025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2651/ccf12052025_0007.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimento para com os Organizadores da_x000D_
 Festa do Peão de Itapuí, pelo brilhantismo do evento diante das dificuldades enfrentadas às_x000D_
 vésperas da festa.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2650/ccf12052025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2650/ccf12052025_0006.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 consignado em ata votos de congratulações e agradecimento para com o Deputado Federal_x000D_
 Baleia Rossi pela destinação de recursos no valor de R$30 mil reais para APAE Renascer_x000D_
 de Itapuí, para despesas de custeio da entidade.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5696/ccf31072025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5696/ccf31072025_0010.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações para com o Asilo São Vicente de Paulo que comemora 100 anos de funcionamento e existência. Parabenizo nesta oportunidade, os Assistidos pela Entidade, os Funcionários e principalmente os Presidentes que durante todos esses anos assumiram a responsabilidade por zelar e manter a entidade de forma digna e honesta, sem dizer o excelente trabalho realizado com os Idosos que lá residem.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5697/ccf31072025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5697/ccf31072025_0011.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 Lanchonete Quintal,_x000D_
 em ata votos de congratulações e agradecimentos aos Proprietários da_x000D_
 Senhora_x000D_
  mais conhecida como "Zé do Bocha", Senhor José Antonio Colovati e_x000D_
  Silvia Maria Nascimento Colovati, bem como para com os funcionários pelo_x000D_
 higiene_x000D_
 excelente_x000D_
  do_x000D_
 _x000D_
 _x000D_
 trabalho_x000D_
 local,_x000D_
  e atendimento ao público, primando pela qualidade dos alimentos e_x000D_
  tornando o local sempre agradável para o lazer dos itapuienses.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2844/ccf13052025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2844/ccf13052025_0052.pdf</t>
   </si>
   <si>
     <t>VOTOS DE CONGRATULAÇOES A JOSE APARECIDO GARZIN</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2843/ccf13052025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2843/ccf13052025_0051.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a Câmara de Vereadores de Itapuí, incluindo os funcionários, que de forma harmoniosa trabalharam em prol do Município durante o ano._x000D_
 Finalmente, desejo a todos os Itapuienses um Feliz Natal e um Próspero Ano Novo.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2842/ccf13052025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2842/ccf13052025_0050.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja_x000D_
 Silva, oportunidade_x000D_
  ata votos de profundo pesar pelo falecimento do Senhor José Ferreira da na qual externamos aos familiares nossos mais sinceros sentimentos.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2845/ccf13052025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2845/ccf13052025_0053.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os Responsáveis pela Clinica Veritas na USC- Universidade do Sagrado Coração de Jesus -Bauru, em especial aos seus funcionários, Dra. Ana Claudia, Dr. Benedito, Cidinha, Eliete e as recepcionistas que durante todos o ano atenderam pacientes de Itapuí em várias_x000D_
 especialidades. Na ocasião, externos meu sinceros agradecimentos em nome da população de Itapuí.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2648/ccf12052025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2648/ccf12052025_0003.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO SENHOR Dr._x000D_
 MARCELO APARECIDO TOMAZ GOES_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5634/ccf30072025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5634/ccf30072025_0006.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO SENHOR DOMINGOS_x000D_
 ZANOCCO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5635/ccf31072025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5635/ccf31072025_0001.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO_x000D_
 ITAPUIENSE AO SARGENTO ROBERTO_x000D_
 RAMOS JUNIOR E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -7391,67 +7391,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5633/ccf30072025_0005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2364/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2565/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2849/ccf13052025_0057.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2850/ccf13052025_0058.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2847/ccf13052025_0055.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2454/ccf08052025_0020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2848/ccf13052025_0056.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2456/ccf08052025_0022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2455/ccf08052025_0021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2740/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2647/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2453/ccf08052025_0019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2452/ccf08052025_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2448/ccf08052025_0016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2573/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2646/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2649/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2450/ccf08052025_0017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2562/ccf09052025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2569/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2568/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2566/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2572/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2571/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2567/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2570/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2645/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2738/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2375/ccf07052025_0013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2372/ccf07052025_0010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2747/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2746/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2743/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2373/ccf07052025_0011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2742/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5689/ccf31072025_0007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2374/ccf07052025_0012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5630/ccf30072025_0002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5631/ccf30072025_0003.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2855/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2863/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2862/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2852/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2851/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2861/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2853/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2854/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2856/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2857/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2858/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2860/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5632/ccf30072025_0004.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2846/ccf13052025_0054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2827/ccf13052025_0035.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2826/ccf13052025_0034.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2825/ccf13052025_0033.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2819/ccf13052025_0027.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2820/ccf13052025_0028.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2821/ccf13052025_0029.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2822/ccf13052025_0030.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2823/ccf13052025_0031.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2824/ccf13052025_0032.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2808/ccf13052025_0016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2797/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2799/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2798/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2800/ccf13052025_0008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2801/ccf13052025_0009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2802/ccf13052025_0010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2803/ccf13052025_0011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2804/ccf13052025_0012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2805/ccf13052025_0013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2806/ccf13052025_0014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2807/ccf13052025_0015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2792/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2793/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2794/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2795/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2796/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2818/ccf13052025_0026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2817/ccf13052025_0025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2816/ccf13052025_0024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2815/ccf13052025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2814/ccf13052025_0022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2812/ccf13052025_0020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2813/ccf13052025_0021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2809/ccf13052025_0017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2810/ccf13052025_0018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2811/ccf13052025_0019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2419/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2420/ccf07052025_0023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2423/ccf07052025_0026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2424/ccf07052025_0027.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2427/ccf07052025_0001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2426/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2425/ccf07052025_0028.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2421/ccf07052025_0024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2422/ccf07052025_0025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2437/ccf08052025_0005.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2435/ccf08052025_0003.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2436/ccf08052025_0004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2438/ccf08052025_0006.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2434/ccf08052025_0002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2401/ccf07052025_0003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2400/ccf07052025_0002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2399/ccf07052025_0001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2398/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2408/ccf07052025_0010.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2407/ccf07052025_0009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2406/ccf07052025_0008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2405/ccf07052025_0007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2404/ccf07052025_0006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2403/ccf07052025_0005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2402/ccf07052025_0004.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2430/ccf07052025_0004.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2429/ccf07052025_0003.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2428/ccf07052025_0002.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2431/ccf07052025_0005.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2508/ccf08052025_0026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2507/ccf08052025_0025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2506/ccf08052025_0024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2503/ccf08052025_0021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2504/ccf08052025_0022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2505/ccf08052025_0023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2502/ccf08052025_0020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2501/ccf08052025_0019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2500/ccf08052025_0018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2497/ccf08052025_0015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2498/ccf08052025_0016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2499/ccf08052025_0017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2495/ccf08052025_0013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2496/ccf08052025_0014.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2494/ccf08052025_0012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2493/ccf08052025_0011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2491/ccf08052025_0009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2492/ccf08052025_0010.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2485/ccf08052025_0003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2486/ccf08052025_0004.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2487/ccf08052025_0005.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2472/ccf08052025_0038.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2473/ccf08052025_0039.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2474/ccf08052025_0040.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2470/ccf08052025_0036.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2469/ccf08052025_0035.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2468/ccf08052025_0034.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2467/ccf08052025_0033.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2466/ccf08052025_0032.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2465/ccf08052025_0031.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2490/ccf08052025_0008.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2488/ccf08052025_0006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2489/ccf08052025_0007.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2478/ccf08052025_0044.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2479/ccf08052025_0045.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2481/ccf08052025_0047.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2480/ccf08052025_0046.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2482/ccf08052025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2484/ccf08052025_0002.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2477/ccf08052025_0043.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2476/ccf08052025_0042.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2475/ccf08052025_0041.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2643/ccf09052025_0035.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2639/ccf09052025_0031.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2635/ccf09052025_0027.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2637/ccf09052025_0029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2636/ccf09052025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2634/ccf09052025_0026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2633/ccf09052025_0025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2632/ccf09052025_0024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2629/ccf09052025_0021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2630/ccf09052025_0022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2631/ccf09052025_0023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2627/ccf09052025_0019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2628/ccf09052025_0020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2642/ccf09052025_0034.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2641/ccf09052025_0033.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2644/ccf09052025_0036.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2638/ccf09052025_0030.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2640/ccf09052025_0032.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2609/ccf09052025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2610/ccf09052025_0001.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2611/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2612/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2626/ccf09052025_0018.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2620/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2621/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2622/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2623/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2624/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2625/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2618/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2619/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2617/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2613/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2614/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2616/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2615/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2706/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2707/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2705/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2702/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2703/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2704/ccf12052025_0010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2737/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2736/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2733/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2734/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2735/ccf12052025_0010.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2732/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2731/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2730/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2727/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2728/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2729/ccf12052025_0004.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2726/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2724/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2723/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2722/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2721/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2720/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2719/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2696/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2701/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2697/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2698/ccf12052025_0004.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2699/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2700/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2695/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2718/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2717/ccf12052025_0023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2716/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2715/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2714/ccf12052025_0020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2713/ccf12052025_0019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2712/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2710/ccf12052025_0016.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2711/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2709/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2708/ccf12052025_0014.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2725/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5667/ccf30072025_0006.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5668/ccf30072025_0012.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5637/ccf31072025_0003.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5638/ccf31072025_0004.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5639/ccf31072025_0005.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5640/ccf31072025_0006.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5641/ccf31072025_0007.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5642/ccf31072025_0008.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5643/ccf31072025_0009.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5644/ccf31072025_0010.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5675/ccf30072025_0024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5676/ccf30072025_0025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5677/ccf30072025_0026.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5678/ccf30072025_0027.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5679/ccf30072025_0028.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5680/ccf30072025_0029.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5681/ccf30072025_0030.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5636/ccf31072025_0002.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5694/ccf31072025_0008.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5695/ccf31072025_0009.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2828/ccf13052025_0036.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2840/ccf13052025_0048.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2839/ccf13052025_0047.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2838/ccf13052025_0046.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2837/ccf13052025_0045.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2836/ccf13052025_0044.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2835/ccf13052025_0043.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2834/ccf13052025_0042.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2833/ccf13052025_0041.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2832/ccf13052025_0040.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2831/ccf13052025_0039.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2830/ccf13052025_0038.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2829/ccf13052025_0037.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2841/ccf13052025_0049.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2791/ccf13052025_0031.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2788/ccf13052025_0028.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2789/ccf13052025_0029.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2790/ccf13052025_0030.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2787/ccf13052025_0027.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2786/ccf13052025_0026.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2785/ccf13052025_0025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2764/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2762/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2763/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2760/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2761/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2784/ccf13052025_0024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2783/ccf13052025_0023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2782/ccf13052025_0022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2781/ccf13052025_0021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2779/ccf13052025_0019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2776/ccf13052025_0016.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2777/ccf13052025_0017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2774/ccf13052025_0014.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2778/ccf13052025_0018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2775/ccf13052025_0015.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2765/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2769/ccf13052025_0009.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2770/ccf13052025_0010.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2771/ccf13052025_0011.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2772/ccf13052025_0012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2773/ccf13052025_0013.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2766/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2767/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2768/ccf13052025_0008.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2439/ccf08052025_0007.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2442/ccf08052025_0010.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2443/ccf08052025_0011.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2440/ccf08052025_0008.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2441/ccf08052025_0009.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2444/ccf08052025_0012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2446/ccf08052025_0014.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2445/ccf08052025_0013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2447/ccf08052025_0015.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2391/ccf07052025_0030.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2392/ccf07052025_0031.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2393/ccf07052025_0032.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2395/ccf07052025_0034.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2394/ccf07052025_0033.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2397/ccf07052025_0036.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2396/ccf07052025_0035.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2551/ccf08052025_0054.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2545/ccf08052025_0053.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2533/ccf08052025_0052.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2532/ccf08052025_0051.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2531/ccf08052025_0050.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2530/ccf08052025_0049.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2517/ccf08052025_0035.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2516/ccf08052025_0034.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2515/ccf08052025_0033.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2514/ccf08052025_0032.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2513/ccf08052025_0031.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2512/ccf08052025_0030.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2511/ccf08052025_0029.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2510/ccf08052025_0028.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2509/ccf08052025_0027.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2529/ccf08052025_0048.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2527/ccf08052025_0045.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2524/ccf08052025_0042.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2523/ccf08052025_0041.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2518/ccf08052025_0036.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2526/ccf08052025_0044.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2525/ccf08052025_0043.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2520/ccf08052025_0038.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2519/ccf08052025_0037.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2522/ccf08052025_0040.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2521/ccf08052025_0039.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2602/ccf09052025_0011.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2601/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2600/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2605/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2604/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2603/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2607/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2608/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2606/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2582/ccf09052025_0019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2587/ccf09052025_0024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2588/ccf09052025_0025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2589/ccf09052025_0026.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2585/ccf09052025_0022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2586/ccf09052025_0023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2583/ccf09052025_0020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2584/ccf09052025_0021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2599/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2592/ccf09052025_0001.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2593/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2594/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2595/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2598/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2597/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2596/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2590/ccf09052025_0027.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2676/ccf12052025_0032.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2675/ccf12052025_0031.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2673/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2674/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2672/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2671/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2669/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2670/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2657/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2692/ccf12052025_0048.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2693/ccf12052025_0049.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2694/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2691/ccf12052025_0047.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2690/ccf12052025_0046.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2689/ccf12052025_0045.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2688/ccf12052025_0044.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2687/ccf12052025_0043.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2668/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2667/ccf12052025_0023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2666/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2665/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2660/ccf12052025_0016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2661/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2662/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2663/ccf12052025_0019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2664/ccf12052025_0020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2659/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2658/ccf12052025_0014.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2686/ccf12052025_0042.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2685/ccf12052025_0041.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2684/ccf12052025_0040.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2677/ccf12052025_0033.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2678/ccf12052025_0034.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2679/ccf12052025_0035.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2680/ccf12052025_0036.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2681/ccf12052025_0037.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2682/ccf12052025_0038.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2683/ccf12052025_0039.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5658/ccf30072025_0007.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5659/ccf30072025_0008.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5646/ccf31072025_0012.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5647/ccf31072025_0013.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5648/ccf31072025_0014.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5655/ccf31072025_0022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5654/ccf31072025_0021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5653/ccf31072025_0020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5652/ccf31072025_0019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5651/ccf31072025_0018.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5650/ccf31072025_0017.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5649/ccf31072025_0016.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5645/ccf31072025_0011.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5656/ccf30072025_0003.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5657/ccf30072025_0004.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5662/ccf30072025_0013.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5663/ccf30072025_0014.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5664/ccf30072025_0015.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5665/ccf30072025_0016.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5666/ccf30072025_0017.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5669/ccf30072025_0018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5670/ccf30072025_0019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5671/ccf30072025_0020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5672/ccf30072025_0021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5673/ccf30072025_0022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5674/ccf30072025_0023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5690/ccf31072025_0012.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5691/ccf31072025_0013.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5692/ccf31072025_0014.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5693/ccf31072025_0015.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5682/ccf31072025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5683/ccf31072025_0001.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5684/ccf31072025_0002.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5685/ccf31072025_0003.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5660/ccf30072025_0010.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5661/ccf30072025_0011.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5686/ccf31072025_0004.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5687/ccf31072025_0005.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5688/ccf31072025_0006.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5629/ccf30072025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2749/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2759/ccf12052025_0034.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2758/ccf12052025_0033.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2755/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2756/ccf12052025_0031.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2757/ccf12052025_0032.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2751/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2752/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2750/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2753/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2754/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2432/ccf08052025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2433/ccf08052025_0001.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2382/ccf07052025_0020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2383/ccf07052025_0021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2384/ccf07052025_0022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2385/ccf07052025_0023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2386/ccf07052025_0024.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2464/ccf08052025_0030.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2463/ccf08052025_0029.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2461/ccf08052025_0027.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2462/ccf08052025_0028.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2457/ccf08052025_0023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2460/ccf08052025_0026.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2459/ccf08052025_0025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2458/ccf08052025_0024.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2581/ccf09052025_0018.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2574/ccf09052025_0011.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2575/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2576/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2577/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2578/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2580/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2579/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2652/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2656/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2655/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2653/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2651/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2650/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5696/ccf31072025_0010.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5697/ccf31072025_0011.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2844/ccf13052025_0052.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2843/ccf13052025_0051.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2842/ccf13052025_0050.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2845/ccf13052025_0053.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2648/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5634/ccf30072025_0006.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5635/ccf31072025_0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5633/ccf30072025_0005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2364/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2565/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2849/ccf13052025_0057.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2850/ccf13052025_0058.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2847/ccf13052025_0055.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2454/ccf08052025_0020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2848/ccf13052025_0056.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2456/ccf08052025_0022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2455/ccf08052025_0021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2740/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2647/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2453/ccf08052025_0019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2452/ccf08052025_0018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2448/ccf08052025_0016.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2573/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2646/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2649/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2450/ccf08052025_0017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2562/ccf09052025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2569/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2568/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2566/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2572/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2571/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2567/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2570/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2645/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2738/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2375/ccf07052025_0013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2372/ccf07052025_0010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2747/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2746/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2743/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2373/ccf07052025_0011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2742/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5689/ccf31072025_0007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2374/ccf07052025_0012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5630/ccf30072025_0002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5631/ccf30072025_0003.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2855/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2863/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2862/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2852/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2851/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2861/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2853/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2854/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2856/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2857/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2858/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2860/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5632/ccf30072025_0004.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2846/ccf13052025_0054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2827/ccf13052025_0035.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2826/ccf13052025_0034.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2825/ccf13052025_0033.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2819/ccf13052025_0027.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2820/ccf13052025_0028.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2821/ccf13052025_0029.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2822/ccf13052025_0030.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2823/ccf13052025_0031.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2824/ccf13052025_0032.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2808/ccf13052025_0016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2797/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2799/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2798/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2800/ccf13052025_0008.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2801/ccf13052025_0009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2802/ccf13052025_0010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2803/ccf13052025_0011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2804/ccf13052025_0012.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2805/ccf13052025_0013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2806/ccf13052025_0014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2807/ccf13052025_0015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2792/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2793/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2794/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2795/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2796/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2818/ccf13052025_0026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2817/ccf13052025_0025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2816/ccf13052025_0024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2815/ccf13052025_0023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2814/ccf13052025_0022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2812/ccf13052025_0020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2813/ccf13052025_0021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2809/ccf13052025_0017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2810/ccf13052025_0018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2811/ccf13052025_0019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2419/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2420/ccf07052025_0023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2423/ccf07052025_0026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2424/ccf07052025_0027.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2427/ccf07052025_0001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2426/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2425/ccf07052025_0028.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2421/ccf07052025_0024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2422/ccf07052025_0025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2437/ccf08052025_0005.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2435/ccf08052025_0003.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2436/ccf08052025_0004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2438/ccf08052025_0006.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2434/ccf08052025_0002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2401/ccf07052025_0003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2400/ccf07052025_0002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2399/ccf07052025_0001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2398/ccf07052025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2408/ccf07052025_0010.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2407/ccf07052025_0009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2406/ccf07052025_0008.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2405/ccf07052025_0007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2404/ccf07052025_0006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2403/ccf07052025_0005.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2402/ccf07052025_0004.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2430/ccf07052025_0004.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2429/ccf07052025_0003.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2428/ccf07052025_0002.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2431/ccf07052025_0005.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2508/ccf08052025_0026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2507/ccf08052025_0025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2506/ccf08052025_0024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2503/ccf08052025_0021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2504/ccf08052025_0022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2505/ccf08052025_0023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2502/ccf08052025_0020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2501/ccf08052025_0019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2500/ccf08052025_0018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2497/ccf08052025_0015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2498/ccf08052025_0016.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2499/ccf08052025_0017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2495/ccf08052025_0013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2496/ccf08052025_0014.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2494/ccf08052025_0012.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2493/ccf08052025_0011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2491/ccf08052025_0009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2492/ccf08052025_0010.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2485/ccf08052025_0003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2486/ccf08052025_0004.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2487/ccf08052025_0005.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2472/ccf08052025_0038.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2473/ccf08052025_0039.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2474/ccf08052025_0040.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2470/ccf08052025_0036.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2469/ccf08052025_0035.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2468/ccf08052025_0034.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2467/ccf08052025_0033.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2466/ccf08052025_0032.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2465/ccf08052025_0031.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2490/ccf08052025_0008.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2488/ccf08052025_0006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2489/ccf08052025_0007.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2478/ccf08052025_0044.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2479/ccf08052025_0045.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2481/ccf08052025_0047.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2480/ccf08052025_0046.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2482/ccf08052025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2484/ccf08052025_0002.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2477/ccf08052025_0043.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2476/ccf08052025_0042.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2475/ccf08052025_0041.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2643/ccf09052025_0035.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2639/ccf09052025_0031.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2635/ccf09052025_0027.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2637/ccf09052025_0029.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2636/ccf09052025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2634/ccf09052025_0026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2633/ccf09052025_0025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2632/ccf09052025_0024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2629/ccf09052025_0021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2630/ccf09052025_0022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2631/ccf09052025_0023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2627/ccf09052025_0019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2628/ccf09052025_0020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2642/ccf09052025_0034.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2641/ccf09052025_0033.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2644/ccf09052025_0036.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2638/ccf09052025_0030.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2640/ccf09052025_0032.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2609/ccf09052025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2610/ccf09052025_0001.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2611/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2612/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2626/ccf09052025_0018.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2620/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2621/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2622/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2623/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2624/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2625/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2618/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2619/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2617/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2613/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2614/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2616/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2615/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2706/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2707/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2705/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2702/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2703/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2704/ccf12052025_0010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2737/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2736/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2733/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2734/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2735/ccf12052025_0010.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2732/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2731/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2730/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2727/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2728/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2729/ccf12052025_0004.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2726/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2724/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2723/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2722/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2721/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2720/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2719/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2696/ccf12052025_0002.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2701/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2697/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2698/ccf12052025_0004.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2699/ccf12052025_0005.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2700/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2695/ccf12052025_0001.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2718/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2717/ccf12052025_0023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2716/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2715/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2714/ccf12052025_0020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2713/ccf12052025_0019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2712/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2710/ccf12052025_0016.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2711/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2709/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2708/ccf12052025_0014.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2725/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5667/ccf30072025_0006.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5668/ccf30072025_0012.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5637/ccf31072025_0003.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5638/ccf31072025_0004.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5639/ccf31072025_0005.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5640/ccf31072025_0006.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5641/ccf31072025_0007.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5642/ccf31072025_0008.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5643/ccf31072025_0009.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5644/ccf31072025_0010.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5675/ccf30072025_0024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5676/ccf30072025_0025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5677/ccf30072025_0026.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5678/ccf30072025_0027.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5679/ccf30072025_0028.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5680/ccf30072025_0029.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5681/ccf30072025_0030.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5636/ccf31072025_0002.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5694/ccf31072025_0008.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5695/ccf31072025_0009.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2828/ccf13052025_0036.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2840/ccf13052025_0048.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2839/ccf13052025_0047.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2838/ccf13052025_0046.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2837/ccf13052025_0045.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2836/ccf13052025_0044.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2835/ccf13052025_0043.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2834/ccf13052025_0042.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2833/ccf13052025_0041.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2832/ccf13052025_0040.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2831/ccf13052025_0039.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2830/ccf13052025_0038.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2829/ccf13052025_0037.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2841/ccf13052025_0049.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2791/ccf13052025_0031.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2788/ccf13052025_0028.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2789/ccf13052025_0029.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2790/ccf13052025_0030.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2787/ccf13052025_0027.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2786/ccf13052025_0026.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2785/ccf13052025_0025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2764/ccf13052025_0004.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2762/ccf13052025_0002.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2763/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2760/ccf13052025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2761/ccf13052025_0001.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2784/ccf13052025_0024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2783/ccf13052025_0023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2782/ccf13052025_0022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2781/ccf13052025_0021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2779/ccf13052025_0019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2776/ccf13052025_0016.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2777/ccf13052025_0017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2774/ccf13052025_0014.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2778/ccf13052025_0018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2775/ccf13052025_0015.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2765/ccf13052025_0005.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2769/ccf13052025_0009.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2770/ccf13052025_0010.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2771/ccf13052025_0011.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2772/ccf13052025_0012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2773/ccf13052025_0013.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2766/ccf13052025_0006.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2767/ccf13052025_0007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2768/ccf13052025_0008.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2439/ccf08052025_0007.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2442/ccf08052025_0010.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2443/ccf08052025_0011.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2440/ccf08052025_0008.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2441/ccf08052025_0009.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2444/ccf08052025_0012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2446/ccf08052025_0014.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2445/ccf08052025_0013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2447/ccf08052025_0015.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2391/ccf07052025_0030.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2392/ccf07052025_0031.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2393/ccf07052025_0032.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2395/ccf07052025_0034.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2394/ccf07052025_0033.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2397/ccf07052025_0036.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2396/ccf07052025_0035.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2551/ccf08052025_0054.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2545/ccf08052025_0053.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2533/ccf08052025_0052.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2532/ccf08052025_0051.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2531/ccf08052025_0050.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2530/ccf08052025_0049.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2517/ccf08052025_0035.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2516/ccf08052025_0034.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2515/ccf08052025_0033.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2514/ccf08052025_0032.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2513/ccf08052025_0031.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2512/ccf08052025_0030.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2511/ccf08052025_0029.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2510/ccf08052025_0028.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2509/ccf08052025_0027.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2529/ccf08052025_0048.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2527/ccf08052025_0045.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2524/ccf08052025_0042.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2523/ccf08052025_0041.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2518/ccf08052025_0036.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2526/ccf08052025_0044.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2525/ccf08052025_0043.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2520/ccf08052025_0038.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2519/ccf08052025_0037.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2522/ccf08052025_0040.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2521/ccf08052025_0039.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2602/ccf09052025_0011.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2601/ccf09052025_0010.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2600/ccf09052025_0009.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2605/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2604/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2603/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2607/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2608/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2606/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2582/ccf09052025_0019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2587/ccf09052025_0024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2588/ccf09052025_0025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2589/ccf09052025_0026.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2585/ccf09052025_0022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2586/ccf09052025_0023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2583/ccf09052025_0020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2584/ccf09052025_0021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2599/ccf09052025_0008.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2592/ccf09052025_0001.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2593/ccf09052025_0002.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2594/ccf09052025_0003.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2595/ccf09052025_0004.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2598/ccf09052025_0007.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2597/ccf09052025_0006.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2596/ccf09052025_0005.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2590/ccf09052025_0027.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2676/ccf12052025_0032.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2675/ccf12052025_0031.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2673/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2674/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2672/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2671/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2669/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2670/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2657/ccf12052025_0013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2692/ccf12052025_0048.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2693/ccf12052025_0049.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2694/ccf12052025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2691/ccf12052025_0047.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2690/ccf12052025_0046.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2689/ccf12052025_0045.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2688/ccf12052025_0044.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2687/ccf12052025_0043.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2668/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2667/ccf12052025_0023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2666/ccf12052025_0022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2665/ccf12052025_0021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2660/ccf12052025_0016.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2661/ccf12052025_0017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2662/ccf12052025_0018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2663/ccf12052025_0019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2664/ccf12052025_0020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2659/ccf12052025_0015.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2658/ccf12052025_0014.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2686/ccf12052025_0042.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2685/ccf12052025_0041.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2684/ccf12052025_0040.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2677/ccf12052025_0033.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2678/ccf12052025_0034.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2679/ccf12052025_0035.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2680/ccf12052025_0036.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2681/ccf12052025_0037.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2682/ccf12052025_0038.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2683/ccf12052025_0039.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5658/ccf30072025_0007.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5659/ccf30072025_0008.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5646/ccf31072025_0012.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5647/ccf31072025_0013.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5648/ccf31072025_0014.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5655/ccf31072025_0022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5654/ccf31072025_0021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5653/ccf31072025_0020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5652/ccf31072025_0019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5651/ccf31072025_0018.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5650/ccf31072025_0017.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5649/ccf31072025_0016.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5645/ccf31072025_0011.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5656/ccf30072025_0003.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5657/ccf30072025_0004.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5662/ccf30072025_0013.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5663/ccf30072025_0014.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5664/ccf30072025_0015.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5665/ccf30072025_0016.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5666/ccf30072025_0017.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5669/ccf30072025_0018.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5670/ccf30072025_0019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5671/ccf30072025_0020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5672/ccf30072025_0021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5673/ccf30072025_0022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5674/ccf30072025_0023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5690/ccf31072025_0012.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5691/ccf31072025_0013.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5692/ccf31072025_0014.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5693/ccf31072025_0015.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5682/ccf31072025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5683/ccf31072025_0001.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5684/ccf31072025_0002.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5685/ccf31072025_0003.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5660/ccf30072025_0010.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5661/ccf30072025_0011.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5686/ccf31072025_0004.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5687/ccf31072025_0005.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5688/ccf31072025_0006.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5629/ccf30072025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2749/ccf12052025_0024.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2759/ccf12052025_0034.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2758/ccf12052025_0033.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2755/ccf12052025_0030.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2756/ccf12052025_0031.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2757/ccf12052025_0032.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2751/ccf12052025_0026.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2752/ccf12052025_0027.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2750/ccf12052025_0025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2753/ccf12052025_0028.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2754/ccf12052025_0029.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2432/ccf08052025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2433/ccf08052025_0001.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2382/ccf07052025_0020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2383/ccf07052025_0021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2384/ccf07052025_0022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2385/ccf07052025_0023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2386/ccf07052025_0024.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2464/ccf08052025_0030.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2463/ccf08052025_0029.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2461/ccf08052025_0027.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2462/ccf08052025_0028.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2457/ccf08052025_0023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2460/ccf08052025_0026.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2459/ccf08052025_0025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2458/ccf08052025_0024.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2581/ccf09052025_0018.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2574/ccf09052025_0011.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2575/ccf09052025_0012.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2576/ccf09052025_0013.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2577/ccf09052025_0014.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2578/ccf09052025_0015.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2580/ccf09052025_0017.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2579/ccf09052025_0016.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2652/ccf12052025_0008.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2656/ccf12052025_0012.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2655/ccf12052025_0011.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2653/ccf12052025_0009.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2651/ccf12052025_0007.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2650/ccf12052025_0006.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5696/ccf31072025_0010.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5697/ccf31072025_0011.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2844/ccf13052025_0052.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2843/ccf13052025_0051.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2842/ccf13052025_0050.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2845/ccf13052025_0053.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/2648/ccf12052025_0003.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5634/ccf30072025_0006.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2014/5635/ccf31072025_0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H511"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>