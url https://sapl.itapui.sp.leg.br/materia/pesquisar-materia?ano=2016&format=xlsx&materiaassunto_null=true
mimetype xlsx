--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -10,2809 +10,2821 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2032" uniqueCount="920">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2040" uniqueCount="923">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1872/ccf25042025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1872/ccf25042025_0016.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE RECOMPOSIÇAO INFLACIONARIA AOS SERVIDORES PUBLICOS DO LEGISLATIVO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1772/ccf24042025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1772/ccf24042025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ALTERAÇAO DO VALE ALIMENTAÇAO DOS SERVIDORES DA CAMARA MUNICIPAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo, Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1871/ccf25042025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1871/ccf25042025_0015.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE REVISAO ANUAL DOS SERVIDORES PUBLICOS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1876/ccf25042025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1876/ccf25042025_0021.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSE AMANTINI NETO A ESTAÇAO DE TRATAMENTO DE ESGOTO</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1884/ccf25042025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1884/ccf25042025_0029.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO COM ENTIDADE.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1883/ccf25042025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1883/ccf25042025_0028.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO REPASSAR RECURSOS A ENTIDADE.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1881/ccf25042025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1881/ccf25042025_0026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO REALIZAR DESPESA COM PREMIAÇAO DO II CONCURSO DE BLOCOS CARNAVALESCOS.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1882/ccf25042025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1882/ccf25042025_0027.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO MEDIANTE REPASSES A ENTIDADE.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1880/ccf25042025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1880/ccf25042025_0025.pdf</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1879/ccf25042025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1879/ccf25042025_0024.pdf</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1878/ccf25042025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1878/ccf25042025_0023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO COM ENTIDADE</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1874/ccf25042025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1874/ccf25042025_0019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REPASSE FEDERAL COM ENTIDADE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1875/ccf25042025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1875/ccf25042025_0020.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE CARGA HORARIA DOS MEMBROS DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1877/ccf25042025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1877/ccf25042025_0022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PODER EXECUTIVO NO EXERCICIO DE 2016 A REALIZAR REPASSE A ENTIDADE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1873/ccf25042025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1873/ccf25042025_0017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCICIO DE 2016 A REALIZAR REPASSE A ENTIDADE QUE ESPECIFICA MEDIANTE CONVENIO.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1870/ccf25042025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1870/ccf25042025_0013.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇAO NAS RUAS ''ALTOS DO TIETE'' E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Carlos Pierazo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1964/ccf28042025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1964/ccf28042025_0034.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE OBRIGATORIEDADE DO EXECUTIVO ENVIAR A CAMARA OS CONTROLES DE PONTO E JORNADA DOS SERVIDORES.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Alfredo Sanziani Filho, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1963/ccf28042025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1963/ccf28042025_0033.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇAO A PREDIO PUBLICO.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1774/ccf24042025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1774/ccf24042025_0002.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A ESTRADA MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1773/ccf24042025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1773/ccf24042025_0001.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 2.529 DE 11/12/2013 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1886/ccf25042025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1886/ccf25042025_0032.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO COM ENTIDADE,</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1885/ccf25042025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1885/ccf25042025_0031.pdf</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Alfredo Sanziani Filho, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1972/ccf28042025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1972/ccf28042025_0042.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE REVOGAÇAO DE CESSAO DE DIREITOS DE POSSE DE AREA DE TERRA.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1971/ccf28042025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1971/ccf28042025_0041.pdf</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1970/ccf28042025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1970/ccf28042025_0040.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE REVOGAÇAO DE CESSAO DE DIREITOS DE POSSE DE AREA DE TERRA AUTORIZADA PELA LEI 2264/2008.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1969/ccf28042025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1969/ccf28042025_0039.pdf</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1965/ccf28042025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1965/ccf28042025_0035.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO COM ENTIDADE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1973/ccf28042025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1973/ccf28042025_0043.pdf</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1974/ccf28042025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1974/ccf28042025_0044.pdf</t>
+  </si>
+  <si>
+    <t>6514</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6514/ccf30102025_0112.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA_x000D_
+LETRA"f” DO INCISO 1 DO ARTIGO 2°_x000D_
+DA LEI N° 2631 DE 06 DE NOVEMBRO_x000D_
+DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2014/ccf28042025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2014/ccf28042025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE LDO</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1967/ccf28042025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1967/ccf28042025_0037.pdf</t>
   </si>
   <si>
     <t>ALTERA INCISOS II E III DO PARAGRAFO PRIMEIRO DO ARTIGO 1º DA LEI MUNICIPAL DE 2016.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1775/ccf24042025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1775/ccf24042025_0003.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DISPOSTO NO ARTIGO 1º DA LEI Nº 2.475 DE 12/12/2016.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1966/ccf28042025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1966/ccf28042025_0036.pdf</t>
   </si>
   <si>
     <t>APROVA PLANO MUNICIPAL DECENAL DE MEDIDA SOCIO-EDUCATIVA 2015/2025.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1968/ccf28042025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1968/ccf28042025_0038.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EXECUTIVO FIRMAR CONVENIO, MEDIANTE REPASSE A ENTIDADE QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1770/ccf23042025_merged_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1770/ccf23042025_merged_4.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DIRETOR DE TURISMO DE ITAPUI E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo, Luiz Pignatti, Ademir Aparecido Castelani, Alfredo Sanziani Filho, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6409/l_o_a_2016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6409/l_o_a_2016.pdf</t>
   </si>
   <si>
     <t>Orça a receita e fixa a despesa do Município de_x000D_
 Itapuí para o exercício financeiro de 2017 e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1771/ccf23042025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1771/ccf23042025_0004.pdf</t>
   </si>
   <si>
     <t>CRIA O CODIGO DE ETICA E DECORO PARLAMENTAR.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1938/ccf28042025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1938/ccf28042025_0008.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA MANDAR TAMPAR BURACO NA RUA DEOLA MARTINS GALVAO.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1943/ccf28042025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1943/ccf28042025_0013.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O SETOR DE OBRAS.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1942/ccf28042025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1942/ccf28042025_0012.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA INTENSIFICAR OS SERVIÇOS DE INFORMAÇAO A POPULAÇAO.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1941/ccf28042025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1941/ccf28042025_0011.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ESTUDE POSSIBILIDADE DE  CONCEDER REAJUSTE DE 20% NOS VENCIMENTOS DOS SERVIDORES PUBLICOS.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1940/ccf28042025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1940/ccf28042025_0010.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA MANDAR INSTALAR MANILHAS PARA ESCOAMENTO.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1939/ccf28042025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1939/ccf28042025_0009.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR DE MEIO AMBIENTE QUE REALIZE CORTE DE ARVORE.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1947/ccf28042025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1947/ccf28042025_0017.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ESTUDE POSSIBILIDADE DE PAGAR ADICIONAL DE INSALUBRIDADE.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1946/ccf28042025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1946/ccf28042025_0016.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA VIABILIZAR LIBERAÇAO DE ESCRITURAS DOS IMOVEIS DO CONEGO ARLINDO JOSE ZANOTTO.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1945/ccf28042025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1945/ccf28042025_0015.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA FORNECER PROTETOR SOLAR AOS FUNCIONARIOS PUBLICOS.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1944/ccf28042025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1944/ccf28042025_0014.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE FAÇA OBRAS NECESSARIAS PARA CONSERTAR A REDE ESGOTO.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1949/ccf28042025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1949/ccf28042025_0019.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ESTUDE POSSIBILIDADE DE IMPLANTAR UM PROGRAMA COMO ANEXO.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1948/ccf28042025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1948/ccf28042025_0018.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1933/ccf28042025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1933/ccf28042025_0003.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA REFORMAR O ''CYRO PORTIERI''.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1932/ccf28042025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1932/ccf28042025_0002.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA INICIAR OBRAS DE RECAPEAMENTO NO MAR AZUL II.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1931/ccf28042025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1931/ccf28042025_0001.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA REALIZAR REFORMA NO BANHEIRO DA PRAINHA.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1930/ccf28042025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1930/ccf28042025.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA DETERMINAR AO SETOR COMPETENTE QUE FINALIZE AS OBRAS DE RECAPE.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1934/ccf28042025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1934/ccf28042025_0004.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE DETERMINE AO SETOR DE OBRAS QUE MELHORE A SINALIZAÇAO DA ROTATORIA.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1935/ccf28042025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1935/ccf28042025_0005.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O SETOR DE SAUDE.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1937/ccf28042025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1937/ccf28042025_0007.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM A DIRETORIA DA SAUDE.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1936/ccf28042025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1936/ccf28042025_0006.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA MANDAR LIMPAR AS GUIAS E SARJETAS.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1961/ccf28042025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1961/ccf28042025_0031.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O SETOR DA VIGILANCIA SANITARIA.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1960/ccf28042025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1960/ccf28042025_0030.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE MANDE INSTALAR ILUMINAÇAO DE LED</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1959/ccf28042025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1959/ccf28042025_0029.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE MANDE REFAZER INSTALAÇAO ELETRICA DO CEMITERIO.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1958/ccf28042025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1958/ccf28042025_0028.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA REFORMAS NAS PONTES.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1962/ccf28042025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1962/ccf28042025_0032.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS NA INSTALAÇAO DA REDE ESGOTO NO MAR AZUL II.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1956/ccf28042025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1956/ccf28042025_0026.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE PROVIDENCIE INSTALAÇAO DE BRAÇOS DE ILUMINAÇAO PUBLICA.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1955/ccf28042025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1955/ccf28042025_0025.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ESTUDE POSSIBILIDADE DE CONCEDER AUMENTO NOS VENCIMENTOS DOS PROFESSORES.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>José Roberto Gonçalves Meira, Luiz Pignatti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1954/ccf28042025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1954/ccf28042025_0024.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ENTRE EM CONTATO COM O SETOR DE VIGILANCIA SANITARIA.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1953/ccf28042025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1953/ccf28042025_0023.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA CONSTRUIR GALERIAS DE CAPTAÇAO DE AGUA.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1952/ccf28042025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1952/ccf28042025_0022.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME AS DEVIDAS PROVIDENCIAS PARA INICIAR PAVIMENTAÇAO ASFALTICA DAS RUAS DO BAIRRO MAR AZUL II</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1951/ccf28042025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1951/ccf28042025_0021.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE PROVIDENCIE INSTALAÇAO DE BRAÇOS DE ILUMINAÇAO PUBLICA</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1950/ccf28042025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1950/ccf28042025_0020.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE ELABORE MEDIDAS PARA O CONTROLE DA CONTAMINAÇAO DA GRIPE H1N1</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1957/ccf28042025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1957/ccf28042025_0027.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME DETERMINE A REINSTALAÇAO DA TORNEIRA NA AREA EXTERNA DA RODOVIARIA.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ccf28042025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ccf28042025_0046.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA PASSAR MAQUINA PATROL NA ESTRADA RURAL</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/ccf28042025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/ccf28042025_0044.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA DISPONIBILIZAR SALA DAS AULAS DE CAPOEIRA</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2057/ccf28042025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2057/ccf28042025_0043.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE ESTUDE POSSIBILIDADE DE DISPONIBILIZAR NO PROJETO L.D.O, RECUROS DE 1 MILHÃO DE REAIS.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2056/ccf28042025_0042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2056/ccf28042025_0042.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA RECAPEAR AVENIDA DO PORTO</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ccf28042025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ccf28042025_0041.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA REFORMA NA PRAÇA E MINI-CAMPO DO ''WALDOMIRO GUARINON''</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ccf28042025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ccf28042025_0040.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA ABRIR A RUA XV DE NOVEMBRO</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Alfredo Sanziani Filho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ccf28042025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ccf28042025_0039.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA REALIZAR MANUTENÇAO DE LIMPEZA DAS GALERIAS DE CAPTAÇAO DE AGUA</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/ccf28042025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/ccf28042025_0037.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA FAZER REPAROS</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/ccf28042025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/ccf28042025_0038.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA O CAMINHÃO DE COLETA DE GALHOS FAZER O MESMO PERCURSO DO CAMINHAO DO LIXO</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/ccf28042025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/ccf28042025_0045.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE MANDE INSTALAR PLACA</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2022/ccf28042025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2022/ccf28042025_0008.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA SINALIZAR PONTE</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2021/ccf28042025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2021/ccf28042025_0007.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE ESTUDE POSSIBILIDADE DE REVOGAR LEI MUNICIPAL</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2020/ccf28042025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2020/ccf28042025_0006.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR APAGAR AS LAMPADAS DO MINI-CAMPO DE FUTEBOL NO ''IRMAO FRANCESCHI''</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2019/ccf28042025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2019/ccf28042025_0005.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA FAZER DOAÇAO DOS NOVOS TERRENOS DO DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2018/ccf28042025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2018/ccf28042025_0004.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA INSTALAR BRAÇOS DE ILUMINAÇAO PUBLICA</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/ccf28042025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/ccf28042025_0003.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA QUE DISPONIBILIZE VIGIA PRA CUIDAR DA PRAÇA DA MATRIZ</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/ccf28042025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/ccf28042025_0002.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA DAR CONTINUIDADE AOS TRABALHOS DE COLETA E TRATAMENTO DE ESGOTO</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/ccf28042025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/ccf28042025_0001.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA INSTALAR BRAÇOS DE ILUMINAÇAO PUBLICA.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2024/ccf28042025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2024/ccf28042025_0010.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE DETERMINE SETOR COMPETENTE QUE EFETUE A LIMPEZA DO MATO E ENTULHOS DAS RUAS.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2023/ccf28042025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2023/ccf28042025_0009.pdf</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2033/ccf28042025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2033/ccf28042025_0019.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA QUE MANDE FAZER REPAROS NA VICINAL</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2032/ccf28042025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2032/ccf28042025_0018.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA FAZER REPAROS NA VIA DE ACESSO</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2031/ccf28042025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2031/ccf28042025_0017.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR APAGAR LUZES DO MINI-CAMPO</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2030/ccf28042025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2030/ccf28042025_0016.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR LIMPAR BACIAS DE ESGOTO</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2029/ccf28042025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2029/ccf28042025_0015.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE DETERMINE O SETOR COMPETENTE QUE REALIZE REPAROS NO RESERVATORIO DE AGUA</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2028/ccf28042025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2028/ccf28042025_0014.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR LIMPAR POÇOS DE AGUA</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2027/ccf28042025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2027/ccf28042025_0013.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE ENTRE EM CONTATO COM O GOVERNO DO ESTADO</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2026/ccf28042025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2026/ccf28042025_0012.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR PODAR ARVORES</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2025/ccf28042025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2025/ccf28042025_0011.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA ENTRAR EM CONTATO COM O GOVERNO DO ESTADO</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/ccf28042025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/ccf28042025_0036.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE ENTRE EM CONTATO COM O GERENTE REGIONAL DE AGENCIAS DOS CORREIOS E TELEGRAFOS</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/ccf28042025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/ccf28042025_0035.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR TAPAR BURACOS DA ESTRADA</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/ccf28042025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/ccf28042025_0033.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS COM RELAÇAO AO GRANDE NUMERO DE CACHORROS ABANDONADOS,</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/ccf28042025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/ccf28042025_0034.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA REINSTALAR BRINQUEDOS NA PRAINHA</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/ccf28042025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/ccf28042025_0032.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA OBRAS DE DESASSOREAMENTO DAS MARGENS DOS CORREGOS DA CIDADE</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ccf28042025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ccf28042025_0028.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA CONSERTAR AS GUIAS E SARJETAS.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ccf28042025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ccf28042025_0027.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA RESOLVER QUESTAO DE FALTA DE PROFISSIONAIS DO PROGRAMA MEDICO DA FAMILIA.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ccf28042025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ccf28042025_0026.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA REFORMAR PREDIO DO PSF DR NESTOR CARDOSO</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ccf28042025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ccf28042025_0025.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE REALIZE SERVIÇO DE LIMPEZA NAS RUAS.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2037/ccf28042025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2037/ccf28042025_0023.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA MANDAR TAPAR BURACOS</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ccf28042025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ccf28042025_0022.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE INICIE REFORMA DO CENTRO COMUNITARIO</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ccf28042025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ccf28042025_0021.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE ESTUDE POSSIBILIDADE DE IGUALAR HORA/AULA DE PROFESSORES INFANTIL AO DAS FUNDAMENTAIS,</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2034/ccf28042025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2034/ccf28042025_0020.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA QUE PROVIDENCIE INSTALAÇAO DE PLACAS DOS NOMES DAS RUAS DO ''WALDOMIRO GUARINON''</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ccf28042025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ccf28042025_0024.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIA RAOBRAS DE CONSTRUÇAO DE GUIAS E SARJETAS</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/ccf28042025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/ccf28042025_0031.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA VISTORIA E CONSERTE TAMPAS DE BUEIROS</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2044/ccf28042025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2044/ccf28042025_0030.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHO PREFEITO QUE TOME PROVIDENCIAS PARA LIMPAR AS RUAS</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ccf28042025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ccf28042025_0029.pdf</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1844/ccf24042025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1844/ccf24042025_0053.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE INICIE UMA OPERAÇAO TAPA BURACO</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1847/ccf24042025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1847/ccf24042025_0056.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE OFICIE EMPRESAS DE TELEFONE MOVEL DA CIDADE.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1846/ccf24042025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1846/ccf24042025_0055.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE PROVIDENCIA INSTALAÇAO DE BRAÇOS DE ILUMINAÇAO PUBLICA.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1845/ccf24042025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1845/ccf24042025_0054.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE REALIZE REPAROS NA PONTE DOS IRMAOS FRANCHESCHI.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1852/ccf24042025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1852/ccf24042025_0061.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE PROVIDENCIE INTERLIGAÇAO DA RUA XV DE NOVEMBRO AO JARDIM MARIA ROSARIA.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1851/ccf24042025_0060.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1851/ccf24042025_0060.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE MELHORE A QUALIDADE DE VIDA DOS MORADORES DO BAIRRO TERRAS DE SANTA MARIA,</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1850/ccf24042025_0059.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1850/ccf24042025_0059.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ESTUDE POSSIBILIDADE DE FORNECER INTERNET GRATUITA PARA A POPULAÇAO</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1849/ccf24042025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1849/ccf24042025_0058.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE TOME PROVIDENCIAS PARA CUMPRIR LEI DE ESTACIONAMENTO PARA IDOSO E DEFICIENTE FISICO.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1848/ccf24042025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1848/ccf24042025_0057.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ELABORE UM PROJETO DE LEI QUE AUMENTE OS DIAS DE LUTO.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1860/ccf25042025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1860/ccf25042025_0003.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE TOME PROVIDENCIAS EM CONSTRUIR OBSTACULOS REDUTORES DE VELOCIDADE NOS BAIRROS GIRASSOL I E II.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1855/ccf24042025_0064.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1855/ccf24042025_0064.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE INCLUA NO CALENDARIO DE EVENTOS A FESTA DO PADROEIRO.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1853/ccf24042025_0062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1853/ccf24042025_0062.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE MANDE REBAIXAR AS GUIAS DE ACESSO AOS PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1854/ccf24042025_0063.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1854/ccf24042025_0063.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE EXIJA DAS EMPRESAS CAÇAMBAS.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1859/ccf25042025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1859/ccf25042025_0002.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ESTUDE POSSIBILIDADE DE ELABORAR UM PROGRAMA DE ATENDIMENTO AO TRABALHADOR RURAL.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1858/ccf25042025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1858/ccf25042025_0001.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ESTUDE OPORTUNIDADE DE OPORTUNIZAR SERVIÇO PARA OS TRABALHADORES RURAIS.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1857/ccf25042025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1857/ccf25042025.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO QUE TOME PROVIDENCIAS PARA REALIZAR A LIGAÇAO DE ESGOTO NO MERCADO BASSI E DO PARAIBA.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1856/ccf24042025_0065.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1856/ccf24042025_0065.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE PROVIDENCIE INSTALAÇAO DE ILUMINAÇAO PUBLICA NO LADO ESQUERDO DA AVENIDA DO PORTO.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1868/ccf25042025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1868/ccf25042025_0011.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE MANDE PODAR ARVORES.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1867/ccf25042025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1867/ccf25042025_0010.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ESTUDE POSSIBILIDADE DE AGUAR O JARDIM DA PRAÇA.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1866/ccf25042025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1866/ccf25042025_0009.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE PROVIDENCIE RESERVATORIO DE AGUA.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1865/ccf25042025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1865/ccf25042025_0008.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ENTRE EM CONTATO COM O GERENTE REGIONAL DO D.E.R.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1864/ccf25042025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1864/ccf25042025_0007.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE PROVIDENCIE REPARO DA CASA DE MAQUINA DA BOMBA DE CAPTAÇAO DE AGUA</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1861/ccf25042025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1861/ccf25042025_0004.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE MANDE REALIZAR LIMPEZA NAS RUAS.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1862/ccf25042025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1862/ccf25042025_0005.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE MANDE LIMPAR GALERIA DE CAPTAÇAO DE AGUA.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1863/ccf25042025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1863/ccf25042025_0006.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE REALIZE OPERAÇÃO TAPA BURACOS</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1836/ccf24042025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1836/ccf24042025_0045.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE QUE EFETUE A RETIRADA DOS GALHOS DO BAIRRO '' TERRAS DE SANTA MARIA''</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1837/ccf24042025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1837/ccf24042025_0046.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE VERIFIQUE PONTOS CRITICOS DE ILUMINAÇÇAO DA CIDADE E TOME PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1838/ccf24042025_0047.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1838/ccf24042025_0047.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE NOTIFIQUE O PROPRIETARIO DO ONIBUS ATRAS DO SANTA CECILIA.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1839/ccf24042025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1839/ccf24042025_0048.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE NOTIFIQUE O PROPRIETARIO DO ONIBUS ATRAS DO SANTA CECILIA</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1841/ccf24042025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1841/ccf24042025_0050.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE INTENSIFIQUE AS PODAS DE ARVORES.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1842/ccf24042025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1842/ccf24042025_0051.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE ENTRE EM CONTATO COM O DIRETOR DO IAMSPE.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1840/ccf24042025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1840/ccf24042025_0049.pdf</t>
   </si>
   <si>
     <t>INDICO AO SENHOR PREFEITO PARA QUE TOME PROVIDENCIAS DE CRIAR ANCORADOUROS E MARINA NA PROXIMIDADE DO ANTIGO CAMPING.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1894/ccf25042025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1894/ccf25042025_0040.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES PARA NOTIFICAR O PROPRIETARIO DO ONIBUS ATRAS DO SANTA CECILIA.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1904/ccf25042025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1904/ccf25042025_0008.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO DOAÇAO DE LOTES PARA POPULAÇAO CARENTE.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1927/ccf25042025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1927/ccf25042025_0031.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA MUDAR CARGA/DESCARGA DA LOJA MARCIUS MAGAZINE</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1926/ccf25042025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1926/ccf25042025_0030.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO COPIA DO PROCESSO DE DESAPROPRIAÇAO DA AREA DIVULGADA EM MIDIA.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1928/ccf25042025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1928/ccf25042025_0032.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PROJETO DE LEI DE AUTORIZAÇAO DE FORNECIEMENTO DE CAFE DA MANHA PARA TRABALHADORES RURAIS E SERVIDORES.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1929/ccf25042025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1929/ccf25042025_0033.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PROJETO DE LEI SOBRE FORMA DE PRESTAÇAO DE CONTAS.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1912/ccf25042025_0016.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1912/ccf25042025_0016.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O GERENTE DA TELEFONIA</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1911/ccf25042025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1911/ccf25042025_0015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO A DIRETORA DE SAUDE COPIA DO CONTRATO FIRMADO ENTRE TRASNPORTES DAS GESTANTES ATE JAU.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1909/ccf25042025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1909/ccf25042025_0013.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE CONCEDA TERRENO NO DISTRITO NDUSTRIAL AO DIEGO ARRUDA DE SOUZA</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1914/ccf25042025_0018.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1914/ccf25042025_0018.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO DE QUANDO PRETENDE TERMINAR AS OBRAS DO ESTADIO.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1913/ccf25042025_0017.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1913/ccf25042025_0017.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE MANDE COPIA DOS DECRETOS DE NOMEAÇAO DE CARGOS EM COMISSAO</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1915/ccf25042025_0019.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1915/ccf25042025_0019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE INFORME PROVIDENCIAS SOBRE CONVENIO DO EX-PREFEITO</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1908/ccf25042025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1908/ccf25042025_0012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE MANDE CONSTRUIR NOVAS GALERIAS DE CAPTAÇAO DE AGUAS</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1907/ccf25042025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1907/ccf25042025_0011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE INFORME GASTOS COM TRASNFERENCIA DA MATERNIDADE PARA A SANTA CASA DE JAU.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1906/ccf25042025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1906/ccf25042025_0010.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO QUANDO PRETENDE PAGAR FGTS</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1905/ccf25042025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1905/ccf25042025_0009.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR GERENTE DO BANCO SANTANDER</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, SILENE VALINI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1917/ccf25042025_0021.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1917/ccf25042025_0021.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE INFORME QUAL ASSOCIAÇAO ASSUMIRA O HOSPITAL.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1916/ccf25042025_0020.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1916/ccf25042025_0020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE MANDE INSTALAR PONTOS DE COLATA DE MATERIAL DE CONSTRUÇAO.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1918/ccf25042025_0022.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1918/ccf25042025_0022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE ENCAMINHE UM RELATORIO DE ATIVIDADES DO BANCO DO POVO.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>Luiz Pignatti, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1919/ccf25042025_0023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1919/ccf25042025_0023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES DE QUANDO SERA INICIADA OBRAS JÁ LICITADAS.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1920/ccf25042025_0024.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1920/ccf25042025_0024.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE ENCAMINHE RELAÇAO DE CARGOS EM COMISSAO</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1921/ccf25042025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1921/ccf25042025_0025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO COPIA DE CONTRATO DA EMPRESA QUE PRESTA ASSESSORIA JURIDICA A DIRETORIA DE EDUCAÇAO DO MUNICIPIPO.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1922/ccf25042025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1922/ccf25042025_0026.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO PARA QUE  ENTRE EM CONTATO COM O CAMANDANTE DA POLICIA MILITAR.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1923/ccf25042025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1923/ccf25042025_0027.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES DE RECURSOS DESTINADOS A ACADEMIAS AO AR LIVRE.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1924/ccf25042025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1924/ccf25042025_0028.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR GERENTE DA CAIXA FEDERAL E PROPRIETARIO DA CASA LOTERICA.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, Luiz Pignatti, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1925/ccf25042025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1925/ccf25042025_0029.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO MESA DIRETORA</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1910/ccf25042025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1910/ccf25042025_0014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E SEJA INSTALADA COMISSÃO PROCESSANTE PARA APURAÇAO DE INFRAÇAO POLITICO ADMINISTRATIVA DO PREFEITO JOSE EDUARDO AMANTINI.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1903/ccf25042025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1903/ccf25042025_0007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO COPIA DO CRONOGRAMA DAS OBARS DE INSTALAÇAO DE ILUMINAÇAO PUBLICA.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1902/ccf25042025_0006.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1902/ccf25042025_0006.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO QUE ENCAMINHE LEGISLAÇAO EM VIGOR SOBRE SERVIÇOS DE AGUA E ESGOTO.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1901/ccf25042025_0005.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1901/ccf25042025_0005.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO COPIA DA LISTA DE ESPERA DE PACIENTES DE FISIOTERAPIA</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1895/ccf25042025_0041.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1895/ccf25042025_0041.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO COPIAS DOS EXTRATOS DOS VALORES REPASSADOS PELO GOVERNO.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1896/ccf25042025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1896/ccf25042025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO INFORMAÇOES SOBRE CONVENIO DA MATERNIDADE JUNTO A SANTA CASA DE JAU</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1900/ccf25042025_0004.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1900/ccf25042025_0004.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO DE QUANDO PRETENDE REDUZIR GASTOS COM SUAS REGALIAS.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1899/ccf25042025_0003.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1899/ccf25042025_0003.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO POSSIBILIDADE DE FAZER DOAÇAO DE TERRENO DO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1898/ccf25042025_0002.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1898/ccf25042025_0002.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO RELAÇAO DE CARGOS EM COMISSAO ATUALIZADA.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1897/ccf25042025_0001.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1897/ccf25042025_0001.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O SENHOR PREFEITO RELAÇAO DE CARGOS EXONERADOS.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1992/ccf28042025_0062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1992/ccf28042025_0062.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DO PROCESSO LICITATORIO A CONSTRUÇAO DAS CRECHES</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1993/ccf28042025_0063.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1993/ccf28042025_0063.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DAS NOTAS FISCAIS DE DESPESAS COM A ILUMINAÇAO DE NATAL</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1997/ccf28042025_0067.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1997/ccf28042025_0067.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DAS NOTAS FISCAIS DAS BOMBAS DE AGUA</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1996/ccf28042025_0066.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1996/ccf28042025_0066.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO RELAÇAO DE DESPESAS COM O TRANSPORTE DAS GESTANTES PARA JAU</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1995/ccf28042025_0065.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1995/ccf28042025_0065.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES SOBRE O QUE PRETENDE CONSTRUIR NO TERRENO AO LADO DO PREDIO DA ASSISTENCIA SOCIAL</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1994/ccf28042025_0064.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1994/ccf28042025_0064.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DE RELAÇAO DE CASOS DE DENGUE.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1984/ccf28042025_0054.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1984/ccf28042025_0054.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO A DIRETORIA DO HOSPITAL</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1983/ccf28042025_0053.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1983/ccf28042025_0053.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADA A MESA DIRETORA PROVIDENCIAS DE OFICIAR A ASSOCIAÇAO QUE ASSUMIU ADMINISTRAÇAO DO HOSPITAL.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1982/ccf28042025_0052.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1982/ccf28042025_0052.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES SOBRE DOAÇAO DE UM TERRNO NO DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1981/ccf28042025_0051.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1981/ccf28042025_0051.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES PARA DOAÇAO DE TERRENO NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1980/ccf28042025_0050.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1980/ccf28042025_0050.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES PARA FAZER DOAÇAO DE TERRENO NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1987/ccf28042025_0057.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1987/ccf28042025_0057.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO AO GOVERNADOR DO ESTADO E GERENTE REGIONAL DO D.E.R</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1986/ccf28042025_0056.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1986/ccf28042025_0056.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DOS PROCESSOS DE DESAPROPRIAÇAO</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1985/ccf28042025_0055.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1985/ccf28042025_0055.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DAS GUIAS DE RECOLHIMENTO DAS CONTRIBUIÇOES PREVIDENCIARIAS DO PREFEITO E VICE-PREFEITO.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1988/ccf28042025_0058.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1988/ccf28042025_0058.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES SE ESTA CUMPRINDO A DESTINAÇAO DA PARTE DO CAPUT DO ARTIGO 212 DA CF/88</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1991/ccf28042025_0061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1991/ccf28042025_0061.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE QUAIS MEDIDAS FORAM TOMADAS PARA SANAR FALHAS QUE CULMINARAM NA REJEIÇAO DAS CONTAS.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1990/ccf28042025_0060.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1990/ccf28042025_0060.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DE DOCUMENTAÇAO DE PARECERES TECNICOS DAS OBRAS DE PAVIMENTAÇAO ASFALTICA</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1989/ccf28042025_0059.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1989/ccf28042025_0059.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA CONSTITUIDA UMA COMISSAO DE REPRESENTAÇAO</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2005/ccf28042025_0075.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2005/ccf28042025_0075.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO AO D.E.R</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/ccf28042025_0074.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/ccf28042025_0074.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO COPIA DE PROCESSO LICITATORIO A AQUISIÇAO DE VAN</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/ccf28042025_0073.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/ccf28042025_0073.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DA DIRETORA ANDREA DIA 20/05/2016</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2002/ccf28042025_0072.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2002/ccf28042025_0072.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DOS DIAS QUE FUNCIONARIOS COMISSIONADOS ESTARAO EM SAO PAULO.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2001/ccf28042025_0071.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2001/ccf28042025_0071.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE QUAIS PROVIDENCIAS TOMAR EM RELAÇAO A PRAÇA PADRE ARLINDO</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2000/ccf28042025_0070.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2000/ccf28042025_0070.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO QUE EXPLIQUE DIFERENÇA DE SALARIOS.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1999/ccf28042025_0069.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1999/ccf28042025_0069.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES SOBRE HORARIO E LOCAL DE TRABALHO DE CADA UM DOS CARGOS DE COMISSAO</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1998/ccf28042025_0068.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1998/ccf28042025_0068.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOESSOBRE FUNDAMENTOS LEGAIS DO AFASTAMENTO DE VANDERLEI FIGUEIREDO.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ccf28042025_0081.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ccf28042025_0081.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DAS OBRAS DE CONSTRUÇAO DA ESTAÇAO DE TRATAMENTO DE ESGOTO</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, José Roberto Gonçalves Meira, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ccf28042025_0080.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ccf28042025_0080.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO A MESA E AO DOUTOR PLENARIO,</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/ccf28042025_0079.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/ccf28042025_0079.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DAS ESCRITURAS DOS IMOVEIS DO JARDIM ALVORADA,</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/ccf28042025_0078.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/ccf28042025_0078.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE LOTE NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/ccf28042025_0077.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/ccf28042025_0077.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES TOTAL DO GASTO PELO MUNICPIO COM CAMERAS DE MONITORAMENTO.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2006/ccf28042025_0076.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2006/ccf28042025_0076.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE VOLTAR A FORNECER CESTA BASICA AS CONSELHEIRAS TUTELARES</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ccf28042025_0083.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ccf28042025_0083.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO A MESA DIRETORA PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/ccf28042025_0082.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/ccf28042025_0082.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE REFORMA NA PONTE</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1822/ccf24042025_0031.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1822/ccf24042025_0031.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO QUE SEJA ENCAMINHADA A DIRETORIA DO HOSPITAL PARA QUE ENVIE COPIA DA PRESTAÇAO DE CONTAS DOS RECURSOS RECEBIDOS.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1821/ccf24042025_0030.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1821/ccf24042025_0030.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES SOBRE QUANDO SERAO INICIADAS AS CONSTRUÇOES DAS CASAS POPULARES.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1820/ccf24042025_0029.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1820/ccf24042025_0029.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES DA POSSIBILIDADE DE DESAPROPRIAR TERRENO DO SIMÃO.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1824/ccf24042025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1824/ccf24042025_0033.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES SOBRE QUANDO SERAO ENTREGUES ESCRITURAS DE IMOVEIS DO BAIRRO JARDIM ALVORADA E CONEGO ARLINDO JOSE ZANOTTO.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1823/ccf24042025_0032.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1823/ccf24042025_0032.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES DA POSSIBILIDADE DE FORNECER TRANSPORTE GRATUITO AIS ALUNOS QUE ESTUDAM FORA DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, Alfredo Sanziani Filho, Luiz Pignatti, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1827/ccf24042025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1827/ccf24042025_0036.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES SOBRE QUANDO PRETENDE MANDAR CORTAR ARVORES SECAS DA AVENIDA DO PORTO.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1829/ccf24042025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1829/ccf24042025_0038.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO A MESA DIRETORA PARA QUE PROVIDENCIE COPIAS DOS REQUERIMENTOS NAO RESPONDIDOS PELO PODER EXECUTIVO DESDE 2013</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1834/ccf24042025_0043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1834/ccf24042025_0043.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES DA POSSIBILIDADE DE ENTRAR EM CONTATO COM A POLICIA MILITAR PARA REUNIAO.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1835/ccf24042025_0044.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1835/ccf24042025_0044.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO COPIAS DE RELAÇAO TOTAL DE GASTOS COM SALARIOS DE CARGOS COMISSIONADOS.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1831/ccf24042025_0040.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1831/ccf24042025_0040.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO SOLICITANDO INFORMAÇOES POR QUAIS MOTIVOS PAROU A LIMPEZA DA PRAINHA.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1819/ccf24042025_0028.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1819/ccf24042025_0028.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS OUVIDA A CASA, SEJA AUTORIZADO O ARQUIVAMENTO DOS AUTOS DA COMISSAO 01/2016.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira, Luiz Pignatti, SILENE VALINI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1818/ccf24042025_0027.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1818/ccf24042025_0027.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS OUVIDA A CASA SEJA AUTORIZADO O ARQIVAMENTO DOS AUTOS DA COMISSÃO 01/2015.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1817/ccf24042025_0026.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1817/ccf24042025_0026.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES DE POSSIBILIDADE DE INCLUIR NA PLACA DE INAUGURAÇÃO DO CENTRO CULTURAL O NOME DE OLIMPIO FERRAZ E MANOEL FERRAZ.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1816/ccf24042025_0025.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1816/ccf24042025_0025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES LEGAIS, SEJA OFICIADO O PREFEITO INFORMAÇOES SE TEM POSSIBILIDADE DE FAZER UM MULTIRAO DE LIMPEZA E TAPA BURACOS.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1889/ccf25042025_0035.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1889/ccf25042025_0035.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES A ANTONIO DE ALMEIDA SOUZA NETO</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1887/ccf25042025_0033.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1887/ccf25042025_0033.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE REPUDIO PARA O PREFEITOE DIRETORES.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1893/ccf25042025_0039.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1893/ccf25042025_0039.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES A LEILA BASSI PICOLI.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1892/ccf25042025_0038.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1892/ccf25042025_0038.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES A EDGAR SIQUEIRA E CLEBER RAMOS.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1891/ccf25042025_0037.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1891/ccf25042025_0037.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES A MARIA HELENA PACHIELI E CLAUDIA FERRACINI LENHARO.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>MARIA CLÉLIA VIARO PICHELLI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1890/ccf25042025_0036.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1890/ccf25042025_0036.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA OS MOTORISTAS DO SAMU.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1976/ccf28042025_0046.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1976/ccf28042025_0046.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE  CONGRATULAÇOES PARA BETH SAHAO.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1975/ccf28042025_0045.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1975/ccf28042025_0045.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE  CONGRATULAÇOES PARA CELSO NASCIMENTO.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1978/ccf28042025_0048.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1978/ccf28042025_0048.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE  CONGRATULAÇOES AOS FUNCIONARIOS DO CEMITERIO.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1979/ccf28042025_0049.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1979/ccf28042025_0049.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE  CONGRATULAÇOES AOS PROFISSIONAIS LIBERAIS.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1786/ccf24042025_0011.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1786/ccf24042025_0011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA OS PROPRIETARIOS DA REVAL ATACADO DE PAPELARIA.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1785/ccf24042025_0010.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1785/ccf24042025_0010.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE REPUDIO PARA O PREFEITO PELA FALTA DE CONSIDERAÇÃO COM A POPULAÇAO EM NAO REALIZAR CONSTRUÇAO DE CASAS POPULARES.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>DENILSON MIGUEL DA SILVA MASSETTO, MARIA CLÉLIA VIARO PICHELLI</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1788/ccf24042025_0013.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1788/ccf24042025_0013.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA SUZANA AGOSTINI.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>Ademir Aparecido Castelani, DENILSON MIGUEL DA SILVA MASSETTO, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Luiz Pignatti, MARIA CLÉLIA VIARO PICHELLI, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1787/ccf24042025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1787/ccf24042025_0012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE REPUDIO PARA O PREFEITO JOSE EDUARDO AMANTINI PELA VEICULAÇAO DE MIDIA DA POSIÇAO DO MUNICIPIO NO RANKING DE INVESTIMENTOS.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1790/ccf24042025_0015.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1790/ccf24042025_0015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA OS VEREADORES DE 2016.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1789/ccf24042025_0014.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1789/ccf24042025_0014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA LUCIA LEANÇA.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1784/ccf24042025_0009.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1784/ccf24042025_0009.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA OS SERVIDORES DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1783/ccf24042025_0008.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1783/ccf24042025_0008.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES PARA JOSE CELIO PRADO DE FREITAS.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1782/ccf24042025_0007.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1782/ccf24042025_0007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE PESAR PELO FAECIMENTO DE JOSE BENEDITO DUGOLIN</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1888/ccf25042025_0034.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1888/ccf25042025_0034.pdf</t>
   </si>
   <si>
     <t>REQUEIRO OUVIDA A CASA E DISPENSADAS AS FORMALIDADES REGIMENTAIS, SEJA CONSIGNADO EM ATA VOTOS DE CONGRATULAÇOES A CELIA JORGIM.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1869/ccf25042025_0012.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1869/ccf25042025_0012.pdf</t>
   </si>
   <si>
     <t>OUTORGA TITULO DE CIDADAO ITAPUIENSE O SENHOR MERRY MARTINEZ.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3119,67 +3131,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1872/ccf25042025_0016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1772/ccf24042025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1871/ccf25042025_0015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1876/ccf25042025_0021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1884/ccf25042025_0029.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1883/ccf25042025_0028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1881/ccf25042025_0026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1882/ccf25042025_0027.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1880/ccf25042025_0025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1879/ccf25042025_0024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1878/ccf25042025_0023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1874/ccf25042025_0019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1875/ccf25042025_0020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1877/ccf25042025_0022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1873/ccf25042025_0017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1870/ccf25042025_0013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1964/ccf28042025_0034.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1963/ccf28042025_0033.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1774/ccf24042025_0002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1773/ccf24042025_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1886/ccf25042025_0032.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1885/ccf25042025_0031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1972/ccf28042025_0042.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1971/ccf28042025_0041.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1970/ccf28042025_0040.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1969/ccf28042025_0039.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1965/ccf28042025_0035.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1973/ccf28042025_0043.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1974/ccf28042025_0044.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2014/ccf28042025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1967/ccf28042025_0037.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1775/ccf24042025_0003.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1966/ccf28042025_0036.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1968/ccf28042025_0038.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1770/ccf23042025_merged_4.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6409/l_o_a_2016.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1771/ccf23042025_0004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1938/ccf28042025_0008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1943/ccf28042025_0013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1942/ccf28042025_0012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1941/ccf28042025_0011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1940/ccf28042025_0010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1939/ccf28042025_0009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1947/ccf28042025_0017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1946/ccf28042025_0016.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1945/ccf28042025_0015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1944/ccf28042025_0014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1949/ccf28042025_0019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1948/ccf28042025_0018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1933/ccf28042025_0003.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1932/ccf28042025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1931/ccf28042025_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1930/ccf28042025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1934/ccf28042025_0004.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1935/ccf28042025_0005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1937/ccf28042025_0007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1936/ccf28042025_0006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1961/ccf28042025_0031.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1960/ccf28042025_0030.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1959/ccf28042025_0029.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1958/ccf28042025_0028.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1962/ccf28042025_0032.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1956/ccf28042025_0026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1955/ccf28042025_0025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1954/ccf28042025_0024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1953/ccf28042025_0023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1952/ccf28042025_0022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1951/ccf28042025_0021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1950/ccf28042025_0020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1957/ccf28042025_0027.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ccf28042025_0046.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/ccf28042025_0044.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2057/ccf28042025_0043.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2056/ccf28042025_0042.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ccf28042025_0041.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ccf28042025_0040.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ccf28042025_0039.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/ccf28042025_0037.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/ccf28042025_0038.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/ccf28042025_0045.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2022/ccf28042025_0008.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2021/ccf28042025_0007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2020/ccf28042025_0006.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2019/ccf28042025_0005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2018/ccf28042025_0004.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/ccf28042025_0003.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/ccf28042025_0002.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/ccf28042025_0001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2024/ccf28042025_0010.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2023/ccf28042025_0009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2033/ccf28042025_0019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2032/ccf28042025_0018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2031/ccf28042025_0017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2030/ccf28042025_0016.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2029/ccf28042025_0015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2028/ccf28042025_0014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2027/ccf28042025_0013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2026/ccf28042025_0012.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2025/ccf28042025_0011.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/ccf28042025_0036.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/ccf28042025_0035.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/ccf28042025_0033.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/ccf28042025_0034.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/ccf28042025_0032.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ccf28042025_0028.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ccf28042025_0027.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ccf28042025_0026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ccf28042025_0025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2037/ccf28042025_0023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ccf28042025_0022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ccf28042025_0021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2034/ccf28042025_0020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ccf28042025_0024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/ccf28042025_0031.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2044/ccf28042025_0030.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ccf28042025_0029.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1844/ccf24042025_0053.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1847/ccf24042025_0056.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1846/ccf24042025_0055.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1845/ccf24042025_0054.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1852/ccf24042025_0061.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1851/ccf24042025_0060.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1850/ccf24042025_0059.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1849/ccf24042025_0058.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1848/ccf24042025_0057.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1860/ccf25042025_0003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1855/ccf24042025_0064.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1853/ccf24042025_0062.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1854/ccf24042025_0063.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1859/ccf25042025_0002.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1858/ccf25042025_0001.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1857/ccf25042025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1856/ccf24042025_0065.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1868/ccf25042025_0011.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1867/ccf25042025_0010.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1866/ccf25042025_0009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1865/ccf25042025_0008.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1864/ccf25042025_0007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1861/ccf25042025_0004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1862/ccf25042025_0005.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1863/ccf25042025_0006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1836/ccf24042025_0045.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1837/ccf24042025_0046.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1838/ccf24042025_0047.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1839/ccf24042025_0048.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1841/ccf24042025_0050.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1842/ccf24042025_0051.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1840/ccf24042025_0049.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1894/ccf25042025_0040.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1904/ccf25042025_0008.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1927/ccf25042025_0031.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1926/ccf25042025_0030.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1928/ccf25042025_0032.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1929/ccf25042025_0033.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1912/ccf25042025_0016.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1911/ccf25042025_0015.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1909/ccf25042025_0013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1914/ccf25042025_0018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1913/ccf25042025_0017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1915/ccf25042025_0019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1908/ccf25042025_0012.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1907/ccf25042025_0011.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1906/ccf25042025_0010.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1905/ccf25042025_0009.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1917/ccf25042025_0021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1916/ccf25042025_0020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1918/ccf25042025_0022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1919/ccf25042025_0023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1920/ccf25042025_0024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1921/ccf25042025_0025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1922/ccf25042025_0026.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1923/ccf25042025_0027.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1924/ccf25042025_0028.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1925/ccf25042025_0029.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1910/ccf25042025_0014.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1903/ccf25042025_0007.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1902/ccf25042025_0006.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1901/ccf25042025_0005.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1895/ccf25042025_0041.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1896/ccf25042025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1900/ccf25042025_0004.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1899/ccf25042025_0003.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1898/ccf25042025_0002.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1897/ccf25042025_0001.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1992/ccf28042025_0062.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1993/ccf28042025_0063.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1997/ccf28042025_0067.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1996/ccf28042025_0066.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1995/ccf28042025_0065.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1994/ccf28042025_0064.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1984/ccf28042025_0054.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1983/ccf28042025_0053.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1982/ccf28042025_0052.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1981/ccf28042025_0051.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1980/ccf28042025_0050.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1987/ccf28042025_0057.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1986/ccf28042025_0056.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1985/ccf28042025_0055.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1988/ccf28042025_0058.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1991/ccf28042025_0061.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1990/ccf28042025_0060.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1989/ccf28042025_0059.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2005/ccf28042025_0075.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/ccf28042025_0074.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/ccf28042025_0073.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2002/ccf28042025_0072.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2001/ccf28042025_0071.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2000/ccf28042025_0070.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1999/ccf28042025_0069.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1998/ccf28042025_0068.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ccf28042025_0081.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ccf28042025_0080.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/ccf28042025_0079.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/ccf28042025_0078.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/ccf28042025_0077.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2006/ccf28042025_0076.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ccf28042025_0083.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/ccf28042025_0082.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1822/ccf24042025_0031.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1821/ccf24042025_0030.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1820/ccf24042025_0029.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1824/ccf24042025_0033.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1823/ccf24042025_0032.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1827/ccf24042025_0036.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1829/ccf24042025_0038.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1834/ccf24042025_0043.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1835/ccf24042025_0044.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1831/ccf24042025_0040.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1819/ccf24042025_0028.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1818/ccf24042025_0027.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1817/ccf24042025_0026.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1816/ccf24042025_0025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1889/ccf25042025_0035.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1887/ccf25042025_0033.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1893/ccf25042025_0039.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1892/ccf25042025_0038.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1891/ccf25042025_0037.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1890/ccf25042025_0036.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1976/ccf28042025_0046.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1975/ccf28042025_0045.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1978/ccf28042025_0048.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1979/ccf28042025_0049.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1786/ccf24042025_0011.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1785/ccf24042025_0010.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1788/ccf24042025_0013.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1787/ccf24042025_0012.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1790/ccf24042025_0015.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1789/ccf24042025_0014.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1784/ccf24042025_0009.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1783/ccf24042025_0008.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1782/ccf24042025_0007.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1888/ccf25042025_0034.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1869/ccf25042025_0012.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1872/ccf25042025_0016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1772/ccf24042025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1871/ccf25042025_0015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1876/ccf25042025_0021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1884/ccf25042025_0029.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1883/ccf25042025_0028.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1881/ccf25042025_0026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1882/ccf25042025_0027.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1880/ccf25042025_0025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1879/ccf25042025_0024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1878/ccf25042025_0023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1874/ccf25042025_0019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1875/ccf25042025_0020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1877/ccf25042025_0022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1873/ccf25042025_0017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1870/ccf25042025_0013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1964/ccf28042025_0034.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1963/ccf28042025_0033.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1774/ccf24042025_0002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1773/ccf24042025_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1886/ccf25042025_0032.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1885/ccf25042025_0031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1972/ccf28042025_0042.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1971/ccf28042025_0041.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1970/ccf28042025_0040.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1969/ccf28042025_0039.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1965/ccf28042025_0035.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1973/ccf28042025_0043.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1974/ccf28042025_0044.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6514/ccf30102025_0112.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2014/ccf28042025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1967/ccf28042025_0037.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1775/ccf24042025_0003.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1966/ccf28042025_0036.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1968/ccf28042025_0038.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1770/ccf23042025_merged_4.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/6409/l_o_a_2016.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1771/ccf23042025_0004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1938/ccf28042025_0008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1943/ccf28042025_0013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1942/ccf28042025_0012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1941/ccf28042025_0011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1940/ccf28042025_0010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1939/ccf28042025_0009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1947/ccf28042025_0017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1946/ccf28042025_0016.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1945/ccf28042025_0015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1944/ccf28042025_0014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1949/ccf28042025_0019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1948/ccf28042025_0018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1933/ccf28042025_0003.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1932/ccf28042025_0002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1931/ccf28042025_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1930/ccf28042025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1934/ccf28042025_0004.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1935/ccf28042025_0005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1937/ccf28042025_0007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1936/ccf28042025_0006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1961/ccf28042025_0031.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1960/ccf28042025_0030.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1959/ccf28042025_0029.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1958/ccf28042025_0028.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1962/ccf28042025_0032.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1956/ccf28042025_0026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1955/ccf28042025_0025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1954/ccf28042025_0024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1953/ccf28042025_0023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1952/ccf28042025_0022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1951/ccf28042025_0021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1950/ccf28042025_0020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1957/ccf28042025_0027.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2060/ccf28042025_0046.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2058/ccf28042025_0044.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2057/ccf28042025_0043.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2056/ccf28042025_0042.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2055/ccf28042025_0041.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2054/ccf28042025_0040.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2053/ccf28042025_0039.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2051/ccf28042025_0037.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2052/ccf28042025_0038.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2059/ccf28042025_0045.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2022/ccf28042025_0008.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2021/ccf28042025_0007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2020/ccf28042025_0006.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2019/ccf28042025_0005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2018/ccf28042025_0004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2017/ccf28042025_0003.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2016/ccf28042025_0002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2015/ccf28042025_0001.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2024/ccf28042025_0010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2023/ccf28042025_0009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2033/ccf28042025_0019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2032/ccf28042025_0018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2031/ccf28042025_0017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2030/ccf28042025_0016.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2029/ccf28042025_0015.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2028/ccf28042025_0014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2027/ccf28042025_0013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2026/ccf28042025_0012.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2025/ccf28042025_0011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2050/ccf28042025_0036.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2049/ccf28042025_0035.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2047/ccf28042025_0033.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2048/ccf28042025_0034.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2046/ccf28042025_0032.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2042/ccf28042025_0028.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2041/ccf28042025_0027.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2040/ccf28042025_0026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2039/ccf28042025_0025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2037/ccf28042025_0023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2036/ccf28042025_0022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2035/ccf28042025_0021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2034/ccf28042025_0020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2038/ccf28042025_0024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2045/ccf28042025_0031.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2044/ccf28042025_0030.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2043/ccf28042025_0029.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1844/ccf24042025_0053.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1847/ccf24042025_0056.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1846/ccf24042025_0055.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1845/ccf24042025_0054.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1852/ccf24042025_0061.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1851/ccf24042025_0060.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1850/ccf24042025_0059.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1849/ccf24042025_0058.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1848/ccf24042025_0057.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1860/ccf25042025_0003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1855/ccf24042025_0064.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1853/ccf24042025_0062.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1854/ccf24042025_0063.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1859/ccf25042025_0002.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1858/ccf25042025_0001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1857/ccf25042025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1856/ccf24042025_0065.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1868/ccf25042025_0011.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1867/ccf25042025_0010.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1866/ccf25042025_0009.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1865/ccf25042025_0008.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1864/ccf25042025_0007.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1861/ccf25042025_0004.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1862/ccf25042025_0005.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1863/ccf25042025_0006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1836/ccf24042025_0045.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1837/ccf24042025_0046.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1838/ccf24042025_0047.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1839/ccf24042025_0048.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1841/ccf24042025_0050.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1842/ccf24042025_0051.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1840/ccf24042025_0049.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1894/ccf25042025_0040.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1904/ccf25042025_0008.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1927/ccf25042025_0031.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1926/ccf25042025_0030.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1928/ccf25042025_0032.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1929/ccf25042025_0033.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1912/ccf25042025_0016.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1911/ccf25042025_0015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1909/ccf25042025_0013.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1914/ccf25042025_0018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1913/ccf25042025_0017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1915/ccf25042025_0019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1908/ccf25042025_0012.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1907/ccf25042025_0011.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1906/ccf25042025_0010.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1905/ccf25042025_0009.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1917/ccf25042025_0021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1916/ccf25042025_0020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1918/ccf25042025_0022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1919/ccf25042025_0023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1920/ccf25042025_0024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1921/ccf25042025_0025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1922/ccf25042025_0026.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1923/ccf25042025_0027.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1924/ccf25042025_0028.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1925/ccf25042025_0029.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1910/ccf25042025_0014.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1903/ccf25042025_0007.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1902/ccf25042025_0006.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1901/ccf25042025_0005.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1895/ccf25042025_0041.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1896/ccf25042025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1900/ccf25042025_0004.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1899/ccf25042025_0003.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1898/ccf25042025_0002.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1897/ccf25042025_0001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1992/ccf28042025_0062.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1993/ccf28042025_0063.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1997/ccf28042025_0067.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1996/ccf28042025_0066.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1995/ccf28042025_0065.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1994/ccf28042025_0064.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1984/ccf28042025_0054.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1983/ccf28042025_0053.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1982/ccf28042025_0052.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1981/ccf28042025_0051.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1980/ccf28042025_0050.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1987/ccf28042025_0057.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1986/ccf28042025_0056.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1985/ccf28042025_0055.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1988/ccf28042025_0058.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1991/ccf28042025_0061.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1990/ccf28042025_0060.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1989/ccf28042025_0059.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2005/ccf28042025_0075.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2004/ccf28042025_0074.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2003/ccf28042025_0073.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2002/ccf28042025_0072.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2001/ccf28042025_0071.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2000/ccf28042025_0070.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1999/ccf28042025_0069.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1998/ccf28042025_0068.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2011/ccf28042025_0081.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2010/ccf28042025_0080.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2009/ccf28042025_0079.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2008/ccf28042025_0078.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2007/ccf28042025_0077.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2006/ccf28042025_0076.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2013/ccf28042025_0083.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/2012/ccf28042025_0082.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1822/ccf24042025_0031.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1821/ccf24042025_0030.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1820/ccf24042025_0029.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1824/ccf24042025_0033.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1823/ccf24042025_0032.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1827/ccf24042025_0036.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1829/ccf24042025_0038.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1834/ccf24042025_0043.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1835/ccf24042025_0044.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1831/ccf24042025_0040.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1819/ccf24042025_0028.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1818/ccf24042025_0027.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1817/ccf24042025_0026.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1816/ccf24042025_0025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1889/ccf25042025_0035.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1887/ccf25042025_0033.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1893/ccf25042025_0039.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1892/ccf25042025_0038.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1891/ccf25042025_0037.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1890/ccf25042025_0036.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1976/ccf28042025_0046.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1975/ccf28042025_0045.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1978/ccf28042025_0048.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1979/ccf28042025_0049.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1786/ccf24042025_0011.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1785/ccf24042025_0010.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1788/ccf24042025_0013.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1787/ccf24042025_0012.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1790/ccf24042025_0015.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1789/ccf24042025_0014.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1784/ccf24042025_0009.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1783/ccf24042025_0008.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1782/ccf24042025_0007.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1888/ccf25042025_0034.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2016/1869/ccf25042025_0012.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H254"/>
+  <dimension ref="A1:H255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="199" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3936,77 +3948,77 @@
       </c>
       <c r="G30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H30" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>125</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>126</v>
       </c>
       <c r="D31" t="s">
         <v>94</v>
       </c>
       <c r="E31" t="s">
         <v>95</v>
       </c>
       <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D32" t="s">
         <v>94</v>
       </c>
       <c r="E32" t="s">
         <v>95</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H32" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>135</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
       <c r="E33" t="s">
         <v>95</v>
       </c>
       <c r="F33" t="s">
@@ -4066,5725 +4078,5751 @@
       </c>
       <c r="G35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H35" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>147</v>
       </c>
       <c r="D36" t="s">
         <v>94</v>
       </c>
       <c r="E36" t="s">
         <v>95</v>
       </c>
       <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>94</v>
       </c>
       <c r="E37" t="s">
         <v>95</v>
       </c>
       <c r="F37" t="s">
+        <v>152</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>156</v>
       </c>
-      <c r="B38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38" t="s">
+        <v>94</v>
+      </c>
+      <c r="E38" t="s">
+        <v>95</v>
+      </c>
+      <c r="F38" t="s">
         <v>157</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
+        <v>161</v>
+      </c>
+      <c r="E39" t="s">
         <v>162</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="F39" t="s">
+      <c r="H39" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E40" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F40" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E41" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F41" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D42" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E42" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F42" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H42" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>177</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="D43" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E43" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F43" t="s">
         <v>178</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H43" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="D44" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E44" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F44" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H44" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F45" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H45" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>188</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D46" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E46" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F46" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H46" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D47" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E47" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F47" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H47" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>195</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D48" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E48" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F48" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H48" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D49" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E49" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F49" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H49" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D50" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E50" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F50" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>52</v>
       </c>
       <c r="D51" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E51" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F51" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H51" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="D52" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E52" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F52" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D53" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E53" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F53" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H53" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>101</v>
+        <v>60</v>
       </c>
       <c r="D54" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E54" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F54" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H54" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D55" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E55" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F55" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H55" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>221</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E56" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F56" t="s">
-        <v>164</v>
+        <v>222</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H56" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D57" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E57" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F57" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H57" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>64</v>
+        <v>113</v>
       </c>
       <c r="D58" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E58" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F58" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H58" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D59" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E59" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F59" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H59" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>234</v>
+        <v>69</v>
       </c>
       <c r="D60" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E60" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F60" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H60" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>237</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="D61" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E61" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F61" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H61" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D62" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E62" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F62" t="s">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H62" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D63" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E63" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F63" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>247</v>
+        <v>123</v>
       </c>
       <c r="D64" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E64" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F64" t="s">
-        <v>127</v>
+        <v>189</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>248</v>
       </c>
       <c r="H64" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>250</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>251</v>
       </c>
       <c r="D65" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E65" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F65" t="s">
-        <v>185</v>
+        <v>131</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H65" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>254</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>255</v>
       </c>
       <c r="D66" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E66" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F66" t="s">
+        <v>189</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>126</v>
       </c>
       <c r="D67" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E67" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F67" t="s">
-        <v>148</v>
+        <v>259</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>260</v>
       </c>
       <c r="H67" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>262</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D68" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E68" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F68" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H68" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>265</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
+        <v>135</v>
+      </c>
+      <c r="D69" t="s">
+        <v>166</v>
+      </c>
+      <c r="E69" t="s">
+        <v>167</v>
+      </c>
+      <c r="F69" t="s">
+        <v>152</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>268</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>269</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E70" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F70" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H70" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>272</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>139</v>
       </c>
       <c r="D71" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E71" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F71" t="s">
+        <v>152</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>143</v>
       </c>
       <c r="D72" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E72" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F72" t="s">
-        <v>185</v>
+        <v>276</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H72" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>279</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
+        <v>147</v>
+      </c>
+      <c r="D73" t="s">
+        <v>166</v>
+      </c>
+      <c r="E73" t="s">
+        <v>167</v>
+      </c>
+      <c r="F73" t="s">
+        <v>189</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>283</v>
       </c>
-      <c r="B74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E74" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F74" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H74" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>286</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D75" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E75" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F75" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H75" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>289</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
+        <v>156</v>
+      </c>
+      <c r="D76" t="s">
+        <v>166</v>
+      </c>
+      <c r="E76" t="s">
+        <v>167</v>
+      </c>
+      <c r="F76" t="s">
+        <v>189</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>292</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>293</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>166</v>
+      </c>
+      <c r="E77" t="s">
+        <v>167</v>
+      </c>
+      <c r="F77" t="s">
+        <v>222</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>296</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>297</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>166</v>
+      </c>
+      <c r="E78" t="s">
+        <v>167</v>
+      </c>
+      <c r="F78" t="s">
+        <v>222</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>300</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>301</v>
+      </c>
+      <c r="D79" t="s">
+        <v>166</v>
+      </c>
+      <c r="E79" t="s">
+        <v>167</v>
+      </c>
+      <c r="F79" t="s">
         <v>302</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="G79" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>305</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>306</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>166</v>
+      </c>
+      <c r="E80" t="s">
+        <v>167</v>
+      </c>
+      <c r="F80" t="s">
+        <v>302</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>309</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>310</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>166</v>
+      </c>
+      <c r="E81" t="s">
+        <v>167</v>
+      </c>
+      <c r="F81" t="s">
+        <v>302</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>313</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>314</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>166</v>
+      </c>
+      <c r="E82" t="s">
+        <v>167</v>
+      </c>
+      <c r="F82" t="s">
+        <v>302</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>318</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>166</v>
+      </c>
+      <c r="E83" t="s">
+        <v>167</v>
+      </c>
+      <c r="F83" t="s">
+        <v>189</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>166</v>
+      </c>
+      <c r="E84" t="s">
+        <v>167</v>
+      </c>
+      <c r="F84" t="s">
+        <v>152</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>325</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>326</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>166</v>
+      </c>
+      <c r="E85" t="s">
+        <v>167</v>
+      </c>
+      <c r="F85" t="s">
+        <v>302</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>329</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>330</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>166</v>
+      </c>
+      <c r="E86" t="s">
+        <v>167</v>
+      </c>
+      <c r="F86" t="s">
+        <v>178</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>333</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>334</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>166</v>
+      </c>
+      <c r="E87" t="s">
+        <v>167</v>
+      </c>
+      <c r="F87" t="s">
+        <v>222</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>9</v>
+        <v>337</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>338</v>
       </c>
       <c r="D88" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E88" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F88" t="s">
-        <v>148</v>
+        <v>302</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H88" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>9</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>341</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>166</v>
+      </c>
+      <c r="E89" t="s">
+        <v>167</v>
+      </c>
+      <c r="F89" t="s">
+        <v>152</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>344</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>345</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>166</v>
+      </c>
+      <c r="E90" t="s">
+        <v>167</v>
+      </c>
+      <c r="F90" t="s">
+        <v>152</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>348</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>349</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>166</v>
+      </c>
+      <c r="E91" t="s">
+        <v>167</v>
+      </c>
+      <c r="F91" t="s">
+        <v>152</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="D91" t="s">
-[...8 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>352</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>353</v>
       </c>
       <c r="D92" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E92" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F92" t="s">
-        <v>299</v>
+        <v>196</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>354</v>
       </c>
       <c r="H92" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>355</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>356</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>166</v>
+      </c>
+      <c r="E93" t="s">
+        <v>167</v>
+      </c>
+      <c r="F93" t="s">
+        <v>302</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="D93" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>359</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>360</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="D94" t="s">
+        <v>166</v>
+      </c>
+      <c r="E94" t="s">
+        <v>167</v>
+      </c>
+      <c r="F94" t="s">
+        <v>302</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D94" t="s">
-[...8 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>363</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>364</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>166</v>
+      </c>
+      <c r="E95" t="s">
+        <v>167</v>
+      </c>
+      <c r="F95" t="s">
+        <v>302</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D95" t="s">
-[...8 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>367</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
         <v>368</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>166</v>
+      </c>
+      <c r="E96" t="s">
+        <v>167</v>
+      </c>
+      <c r="F96" t="s">
+        <v>152</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="D96" t="s">
-[...8 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>371</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>372</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>166</v>
+      </c>
+      <c r="E97" t="s">
+        <v>167</v>
+      </c>
+      <c r="F97" t="s">
+        <v>152</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D97" t="s">
-[...8 lines deleted...]
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>375</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>376</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>166</v>
+      </c>
+      <c r="E98" t="s">
+        <v>167</v>
+      </c>
+      <c r="F98" t="s">
+        <v>152</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>379</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>380</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>166</v>
+      </c>
+      <c r="E99" t="s">
+        <v>167</v>
+      </c>
+      <c r="F99" t="s">
+        <v>152</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>383</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>384</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>166</v>
+      </c>
+      <c r="E100" t="s">
+        <v>167</v>
+      </c>
+      <c r="F100" t="s">
+        <v>189</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D100" t="s">
-[...8 lines deleted...]
-      <c r="G100" s="1" t="s">
+      <c r="H100" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>387</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
         <v>388</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>166</v>
+      </c>
+      <c r="E101" t="s">
+        <v>167</v>
+      </c>
+      <c r="F101" t="s">
+        <v>189</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D101" t="s">
-[...8 lines deleted...]
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>391</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>392</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>166</v>
+      </c>
+      <c r="E102" t="s">
+        <v>167</v>
+      </c>
+      <c r="F102" t="s">
+        <v>196</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>394</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>395</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>396</v>
+      </c>
+      <c r="D103" t="s">
+        <v>166</v>
+      </c>
+      <c r="E103" t="s">
+        <v>167</v>
+      </c>
+      <c r="F103" t="s">
         <v>397</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="G103" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D103" t="s">
-[...5 lines deleted...]
-      <c r="F103" t="s">
+      <c r="H103" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>400</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>401</v>
+      </c>
+      <c r="D104" t="s">
+        <v>166</v>
+      </c>
+      <c r="E104" t="s">
+        <v>167</v>
+      </c>
+      <c r="F104" t="s">
         <v>402</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="G104" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="D104" t="s">
-[...8 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>405</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>406</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>166</v>
+      </c>
+      <c r="E105" t="s">
+        <v>167</v>
+      </c>
+      <c r="F105" t="s">
+        <v>152</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D105" t="s">
-[...8 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>409</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>410</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>166</v>
+      </c>
+      <c r="E106" t="s">
+        <v>167</v>
+      </c>
+      <c r="F106" t="s">
+        <v>152</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D106" t="s">
-[...8 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>413</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
         <v>414</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>166</v>
+      </c>
+      <c r="E107" t="s">
+        <v>167</v>
+      </c>
+      <c r="F107" t="s">
+        <v>152</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="D107" t="s">
-[...8 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>417</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
         <v>418</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>166</v>
+      </c>
+      <c r="E108" t="s">
+        <v>167</v>
+      </c>
+      <c r="F108" t="s">
+        <v>152</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D108" t="s">
-[...8 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>421</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>422</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>166</v>
+      </c>
+      <c r="E109" t="s">
+        <v>167</v>
+      </c>
+      <c r="F109" t="s">
+        <v>152</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D109" t="s">
-[...8 lines deleted...]
-      <c r="G109" s="1" t="s">
+      <c r="H109" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>425</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>426</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>166</v>
+      </c>
+      <c r="E110" t="s">
+        <v>167</v>
+      </c>
+      <c r="F110" t="s">
+        <v>178</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D110" t="s">
-[...8 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>429</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
         <v>430</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="D111" t="s">
+        <v>166</v>
+      </c>
+      <c r="E111" t="s">
+        <v>167</v>
+      </c>
+      <c r="F111" t="s">
+        <v>196</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D111" t="s">
-[...8 lines deleted...]
-      <c r="G111" s="1" t="s">
+      <c r="H111" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>433</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
         <v>434</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>166</v>
+      </c>
+      <c r="E112" t="s">
+        <v>167</v>
+      </c>
+      <c r="F112" t="s">
+        <v>189</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="D112" t="s">
-[...8 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
         <v>438</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>166</v>
+      </c>
+      <c r="E113" t="s">
+        <v>167</v>
+      </c>
+      <c r="F113" t="s">
+        <v>189</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="D113" t="s">
-[...8 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>441</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
         <v>442</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>166</v>
+      </c>
+      <c r="E114" t="s">
+        <v>167</v>
+      </c>
+      <c r="F114" t="s">
+        <v>222</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="D114" t="s">
-[...8 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>445</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>446</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>166</v>
+      </c>
+      <c r="E115" t="s">
+        <v>167</v>
+      </c>
+      <c r="F115" t="s">
+        <v>196</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="D115" t="s">
-[...8 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>449</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>450</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>166</v>
+      </c>
+      <c r="E116" t="s">
+        <v>167</v>
+      </c>
+      <c r="F116" t="s">
+        <v>152</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="D116" t="s">
-[...8 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>453</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
         <v>454</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>166</v>
+      </c>
+      <c r="E117" t="s">
+        <v>167</v>
+      </c>
+      <c r="F117" t="s">
+        <v>152</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="D117" t="s">
-[...8 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>457</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>458</v>
       </c>
       <c r="D118" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E118" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F118" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H118" t="s">
-        <v>460</v>
+        <v>336</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>460</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>461</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>166</v>
+      </c>
+      <c r="E119" t="s">
+        <v>167</v>
+      </c>
+      <c r="F119" t="s">
+        <v>152</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="D119" t="s">
-[...8 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>464</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>465</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>166</v>
+      </c>
+      <c r="E120" t="s">
+        <v>167</v>
+      </c>
+      <c r="F120" t="s">
+        <v>152</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D120" t="s">
-[...8 lines deleted...]
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>468</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
         <v>469</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="D121" t="s">
+        <v>166</v>
+      </c>
+      <c r="E121" t="s">
+        <v>167</v>
+      </c>
+      <c r="F121" t="s">
+        <v>152</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D121" t="s">
-[...8 lines deleted...]
-      <c r="G121" s="1" t="s">
+      <c r="H121" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>472</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>473</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>166</v>
+      </c>
+      <c r="E122" t="s">
+        <v>167</v>
+      </c>
+      <c r="F122" t="s">
+        <v>152</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D122" t="s">
-[...8 lines deleted...]
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>476</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
         <v>477</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="D123" t="s">
+        <v>166</v>
+      </c>
+      <c r="E123" t="s">
+        <v>167</v>
+      </c>
+      <c r="F123" t="s">
+        <v>152</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="D123" t="s">
-[...8 lines deleted...]
-      <c r="G123" s="1" t="s">
+      <c r="H123" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>480</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
         <v>481</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="D124" t="s">
+        <v>166</v>
+      </c>
+      <c r="E124" t="s">
+        <v>167</v>
+      </c>
+      <c r="F124" t="s">
+        <v>152</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D124" t="s">
-[...8 lines deleted...]
-      <c r="G124" s="1" t="s">
+      <c r="H124" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>484</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
         <v>485</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="D125" t="s">
+        <v>166</v>
+      </c>
+      <c r="E125" t="s">
+        <v>167</v>
+      </c>
+      <c r="F125" t="s">
+        <v>189</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="D125" t="s">
-[...8 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>488</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>489</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="D126" t="s">
+        <v>166</v>
+      </c>
+      <c r="E126" t="s">
+        <v>167</v>
+      </c>
+      <c r="F126" t="s">
+        <v>189</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D126" t="s">
-[...8 lines deleted...]
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>492</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
         <v>493</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="D127" t="s">
+        <v>166</v>
+      </c>
+      <c r="E127" t="s">
+        <v>167</v>
+      </c>
+      <c r="F127" t="s">
+        <v>189</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="D127" t="s">
-[...8 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>496</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
         <v>497</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="D128" t="s">
+        <v>166</v>
+      </c>
+      <c r="E128" t="s">
+        <v>167</v>
+      </c>
+      <c r="F128" t="s">
+        <v>152</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D128" t="s">
-[...8 lines deleted...]
-      <c r="G128" s="1" t="s">
+      <c r="H128" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>500</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
         <v>501</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>166</v>
+      </c>
+      <c r="E129" t="s">
+        <v>167</v>
+      </c>
+      <c r="F129" t="s">
+        <v>152</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D129" t="s">
-[...8 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>504</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
         <v>505</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="D130" t="s">
+        <v>166</v>
+      </c>
+      <c r="E130" t="s">
+        <v>167</v>
+      </c>
+      <c r="F130" t="s">
+        <v>152</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D130" t="s">
-[...8 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>508</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
         <v>509</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="D131" t="s">
+        <v>166</v>
+      </c>
+      <c r="E131" t="s">
+        <v>167</v>
+      </c>
+      <c r="F131" t="s">
+        <v>152</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="D131" t="s">
-[...8 lines deleted...]
-      <c r="G131" s="1" t="s">
+      <c r="H131" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>512</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
         <v>513</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="D132" t="s">
+        <v>166</v>
+      </c>
+      <c r="E132" t="s">
+        <v>167</v>
+      </c>
+      <c r="F132" t="s">
+        <v>152</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="D132" t="s">
-[...8 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>516</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
         <v>517</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>166</v>
+      </c>
+      <c r="E133" t="s">
+        <v>167</v>
+      </c>
+      <c r="F133" t="s">
+        <v>152</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="D133" t="s">
-[...8 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>520</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>521</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="D134" t="s">
+        <v>166</v>
+      </c>
+      <c r="E134" t="s">
+        <v>167</v>
+      </c>
+      <c r="F134" t="s">
+        <v>152</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="D134" t="s">
-[...8 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>524</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
         <v>525</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>166</v>
+      </c>
+      <c r="E135" t="s">
+        <v>167</v>
+      </c>
+      <c r="F135" t="s">
+        <v>152</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="D135" t="s">
-[...8 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>528</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
         <v>529</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>166</v>
+      </c>
+      <c r="E136" t="s">
+        <v>167</v>
+      </c>
+      <c r="F136" t="s">
+        <v>152</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="D136" t="s">
-[...8 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>532</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>533</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>166</v>
+      </c>
+      <c r="E137" t="s">
+        <v>167</v>
+      </c>
+      <c r="F137" t="s">
+        <v>152</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="D137" t="s">
-[...8 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>536</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
         <v>537</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>166</v>
+      </c>
+      <c r="E138" t="s">
+        <v>167</v>
+      </c>
+      <c r="F138" t="s">
+        <v>152</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D138" t="s">
-[...8 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>540</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>541</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="D139" t="s">
+        <v>166</v>
+      </c>
+      <c r="E139" t="s">
+        <v>167</v>
+      </c>
+      <c r="F139" t="s">
+        <v>152</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D139" t="s">
-[...8 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>544</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
         <v>545</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="D140" t="s">
+        <v>166</v>
+      </c>
+      <c r="E140" t="s">
+        <v>167</v>
+      </c>
+      <c r="F140" t="s">
+        <v>152</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D140" t="s">
-[...8 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>548</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>549</v>
       </c>
-      <c r="B141" t="s">
-[...2 lines deleted...]
-      <c r="C141" t="s">
+      <c r="D141" t="s">
+        <v>166</v>
+      </c>
+      <c r="E141" t="s">
+        <v>167</v>
+      </c>
+      <c r="F141" t="s">
+        <v>196</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D141" t="s">
-[...8 lines deleted...]
-      <c r="G141" s="1" t="s">
+      <c r="H141" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>552</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
         <v>553</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="D142" t="s">
+        <v>166</v>
+      </c>
+      <c r="E142" t="s">
+        <v>167</v>
+      </c>
+      <c r="F142" t="s">
+        <v>196</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="D142" t="s">
-[...8 lines deleted...]
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>556</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
         <v>557</v>
       </c>
-      <c r="B143" t="s">
-[...2 lines deleted...]
-      <c r="C143" t="s">
+      <c r="D143" t="s">
+        <v>166</v>
+      </c>
+      <c r="E143" t="s">
+        <v>167</v>
+      </c>
+      <c r="F143" t="s">
+        <v>152</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D143" t="s">
-[...8 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>560</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>561</v>
       </c>
-      <c r="B144" t="s">
-[...2 lines deleted...]
-      <c r="C144" t="s">
+      <c r="D144" t="s">
+        <v>166</v>
+      </c>
+      <c r="E144" t="s">
+        <v>167</v>
+      </c>
+      <c r="F144" t="s">
+        <v>152</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D144" t="s">
-[...8 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>564</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
         <v>565</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>166</v>
+      </c>
+      <c r="E145" t="s">
+        <v>167</v>
+      </c>
+      <c r="F145" t="s">
+        <v>152</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="D145" t="s">
-[...8 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>568</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>569</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>166</v>
+      </c>
+      <c r="E146" t="s">
+        <v>167</v>
+      </c>
+      <c r="F146" t="s">
+        <v>152</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="D146" t="s">
-[...8 lines deleted...]
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>572</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>573</v>
       </c>
-      <c r="B147" t="s">
-[...2 lines deleted...]
-      <c r="C147" t="s">
+      <c r="D147" t="s">
+        <v>166</v>
+      </c>
+      <c r="E147" t="s">
+        <v>167</v>
+      </c>
+      <c r="F147" t="s">
+        <v>152</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="D147" t="s">
-[...8 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>576</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>577</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>166</v>
+      </c>
+      <c r="E148" t="s">
+        <v>167</v>
+      </c>
+      <c r="F148" t="s">
+        <v>152</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>580</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>581</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>166</v>
+      </c>
+      <c r="E149" t="s">
+        <v>167</v>
+      </c>
+      <c r="F149" t="s">
+        <v>152</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="D149" t="s">
-[...8 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>584</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
         <v>585</v>
       </c>
-      <c r="B150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D150" t="s">
+        <v>166</v>
+      </c>
+      <c r="E150" t="s">
+        <v>167</v>
+      </c>
+      <c r="F150" t="s">
+        <v>152</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="E150" t="s">
+      <c r="H150" t="s">
         <v>587</v>
-      </c>
-[...7 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>588</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>589</v>
+      </c>
+      <c r="E151" t="s">
+        <v>590</v>
+      </c>
+      <c r="F151" t="s">
         <v>591</v>
       </c>
-      <c r="B151" t="s">
-[...11 lines deleted...]
-      <c r="F151" t="s">
+      <c r="G151" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>594</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>26</v>
+      </c>
+      <c r="D152" t="s">
+        <v>589</v>
+      </c>
+      <c r="E152" t="s">
+        <v>590</v>
+      </c>
+      <c r="F152" t="s">
         <v>595</v>
-      </c>
-[...13 lines deleted...]
-        <v>588</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>596</v>
       </c>
       <c r="H152" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>598</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="D153" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E153" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F153" t="s">
-        <v>192</v>
+        <v>591</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>599</v>
       </c>
       <c r="H153" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>601</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D154" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E154" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F154" t="s">
-        <v>148</v>
+        <v>196</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H154" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>604</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D155" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E155" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F155" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H155" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>607</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D156" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E156" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F156" t="s">
-        <v>185</v>
+        <v>152</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H156" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>610</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>205</v>
+        <v>52</v>
       </c>
       <c r="D157" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E157" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F157" t="s">
-        <v>164</v>
+        <v>189</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H157" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>613</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="D158" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E158" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F158" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H158" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>616</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="D159" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E159" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F159" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H159" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>619</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D160" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E160" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F160" t="s">
-        <v>83</v>
+        <v>222</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H160" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>622</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D161" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E161" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F161" t="s">
         <v>83</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H161" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>625</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="D162" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E162" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F162" t="s">
-        <v>185</v>
+        <v>83</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H162" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>628</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>234</v>
+        <v>64</v>
       </c>
       <c r="D163" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E163" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F163" t="s">
-        <v>164</v>
+        <v>189</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H163" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>631</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>120</v>
+        <v>238</v>
       </c>
       <c r="D164" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E164" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F164" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>632</v>
       </c>
       <c r="H164" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>634</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D165" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E165" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F165" t="s">
-        <v>588</v>
+        <v>189</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>635</v>
       </c>
       <c r="H165" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>637</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>247</v>
+        <v>123</v>
       </c>
       <c r="D166" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E166" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F166" t="s">
+        <v>591</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>251</v>
       </c>
       <c r="D167" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E167" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F167" t="s">
-        <v>394</v>
+        <v>641</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>642</v>
       </c>
       <c r="H167" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>644</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>255</v>
       </c>
       <c r="D168" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E168" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F168" t="s">
-        <v>192</v>
+        <v>397</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>645</v>
       </c>
       <c r="H168" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>647</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>126</v>
       </c>
       <c r="D169" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E169" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F169" t="s">
+        <v>196</v>
+      </c>
+      <c r="G169" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="G169" s="1" t="s">
+      <c r="H169" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>650</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>130</v>
+      </c>
+      <c r="D170" t="s">
+        <v>589</v>
+      </c>
+      <c r="E170" t="s">
+        <v>590</v>
+      </c>
+      <c r="F170" t="s">
         <v>651</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H170" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>654</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>266</v>
+        <v>135</v>
       </c>
       <c r="D171" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E171" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F171" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>655</v>
       </c>
       <c r="H171" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>657</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>135</v>
+        <v>269</v>
       </c>
       <c r="D172" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E172" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F172" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H172" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>660</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>139</v>
       </c>
       <c r="D173" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E173" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F173" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H173" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>663</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>143</v>
       </c>
       <c r="D174" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E174" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F174" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>664</v>
       </c>
       <c r="H174" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>666</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>280</v>
+        <v>147</v>
       </c>
       <c r="D175" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E175" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F175" t="s">
+        <v>152</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="G175" s="1" t="s">
+      <c r="H175" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>669</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>283</v>
+      </c>
+      <c r="D176" t="s">
+        <v>589</v>
+      </c>
+      <c r="E176" t="s">
+        <v>590</v>
+      </c>
+      <c r="F176" t="s">
         <v>670</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>671</v>
       </c>
       <c r="H176" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>673</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D177" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E177" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F177" t="s">
-        <v>148</v>
+        <v>189</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>674</v>
       </c>
       <c r="H177" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>676</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>290</v>
+        <v>156</v>
       </c>
       <c r="D178" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E178" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F178" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>677</v>
       </c>
       <c r="H178" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>679</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D179" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E179" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F179" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>680</v>
       </c>
       <c r="H179" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>682</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D180" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E180" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F180" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>683</v>
       </c>
       <c r="H180" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>685</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D181" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E181" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F181" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H181" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>688</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D182" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E182" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F182" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>689</v>
       </c>
       <c r="H182" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>691</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="D183" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E183" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F183" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H183" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>694</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="D184" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E184" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F184" t="s">
-        <v>83</v>
+        <v>189</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H184" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>697</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="D185" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E185" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F185" t="s">
-        <v>192</v>
+        <v>83</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H185" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>700</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D186" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E186" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F186" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>701</v>
       </c>
       <c r="H186" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>703</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="D187" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E187" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F187" t="s">
-        <v>174</v>
+        <v>196</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>704</v>
       </c>
       <c r="H187" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>706</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
+        <v>330</v>
+      </c>
+      <c r="D188" t="s">
+        <v>589</v>
+      </c>
+      <c r="E188" t="s">
+        <v>590</v>
+      </c>
+      <c r="F188" t="s">
+        <v>178</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="D188" t="s">
-[...8 lines deleted...]
-      <c r="G188" s="1" t="s">
+      <c r="H188" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>709</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
         <v>710</v>
       </c>
-      <c r="B189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D189" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E189" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F189" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>711</v>
       </c>
       <c r="H189" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>713</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D190" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E190" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F190" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>714</v>
       </c>
       <c r="H190" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>716</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>338</v>
       </c>
       <c r="D191" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E191" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F191" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>717</v>
       </c>
       <c r="H191" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>719</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="D192" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E192" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F192" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>720</v>
       </c>
       <c r="H192" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>722</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D193" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E193" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F193" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>723</v>
       </c>
       <c r="H193" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>725</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="D194" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E194" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F194" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>726</v>
       </c>
       <c r="H194" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>728</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>353</v>
       </c>
       <c r="D195" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E195" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F195" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>729</v>
       </c>
       <c r="H195" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>731</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D196" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E196" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F196" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>732</v>
       </c>
       <c r="H196" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>734</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="D197" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E197" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F197" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H197" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>737</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="D198" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E198" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F198" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>738</v>
       </c>
       <c r="H198" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>740</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D199" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E199" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F199" t="s">
         <v>83</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H199" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>743</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D200" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E200" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F200" t="s">
-        <v>148</v>
+        <v>83</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>744</v>
       </c>
       <c r="H200" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>746</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D201" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E201" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F201" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H201" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>749</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D202" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E202" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F202" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>750</v>
       </c>
       <c r="H202" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>752</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="D203" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E203" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F203" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H203" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>755</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="D204" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E204" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F204" t="s">
-        <v>148</v>
+        <v>83</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>756</v>
       </c>
       <c r="H204" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>758</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D205" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E205" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F205" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>759</v>
       </c>
       <c r="H205" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>761</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D206" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E206" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F206" t="s">
-        <v>185</v>
+        <v>83</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>762</v>
       </c>
       <c r="H206" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>764</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D207" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E207" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F207" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>765</v>
       </c>
       <c r="H207" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>767</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="D208" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E208" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F208" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H208" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>770</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D209" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E209" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F209" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H209" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>773</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="D210" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E210" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F210" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H210" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>776</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D211" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E211" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F211" t="s">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H211" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>779</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="D212" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E212" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F212" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H212" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>782</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="D213" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E213" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F213" t="s">
+        <v>168</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>785</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>434</v>
+      </c>
+      <c r="D214" t="s">
+        <v>589</v>
+      </c>
+      <c r="E214" t="s">
+        <v>590</v>
+      </c>
+      <c r="F214" t="s">
         <v>786</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>787</v>
       </c>
       <c r="H214" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>789</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="D215" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E215" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F215" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H215" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>792</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D216" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E216" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F216" t="s">
-        <v>164</v>
+        <v>189</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>793</v>
       </c>
       <c r="H216" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>795</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="D217" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E217" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F217" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H217" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>798</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D218" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E218" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F218" t="s">
-        <v>394</v>
+        <v>189</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>799</v>
       </c>
       <c r="H218" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>801</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="D219" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E219" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F219" t="s">
-        <v>174</v>
+        <v>397</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>802</v>
       </c>
       <c r="H219" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>804</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="D220" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E220" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F220" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H220" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>807</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D221" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E221" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F221" t="s">
-        <v>185</v>
+        <v>83</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H221" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>810</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="D222" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E222" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F222" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H222" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>813</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D223" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E223" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F223" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H223" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>816</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="D224" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E224" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F224" t="s">
+        <v>189</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="G224" s="1" t="s">
+      <c r="H224" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>819</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>481</v>
+      </c>
+      <c r="D225" t="s">
+        <v>589</v>
+      </c>
+      <c r="E225" t="s">
+        <v>590</v>
+      </c>
+      <c r="F225" t="s">
         <v>820</v>
       </c>
-      <c r="B225" t="s">
-[...11 lines deleted...]
-      <c r="F225" t="s">
+      <c r="G225" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="G225" s="1" t="s">
+      <c r="H225" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>823</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>485</v>
+      </c>
+      <c r="D226" t="s">
+        <v>589</v>
+      </c>
+      <c r="E226" t="s">
+        <v>590</v>
+      </c>
+      <c r="F226" t="s">
         <v>824</v>
-      </c>
-[...13 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>825</v>
       </c>
       <c r="H226" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>827</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="D227" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E227" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F227" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>828</v>
       </c>
       <c r="H227" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>830</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="D228" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E228" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F228" t="s">
-        <v>192</v>
+        <v>168</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>831</v>
       </c>
       <c r="H228" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>833</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D229" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E229" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F229" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>834</v>
       </c>
       <c r="H229" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>836</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="D230" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E230" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F230" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>837</v>
       </c>
       <c r="H230" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>839</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D231" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E231" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F231" t="s">
+        <v>276</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="G231" s="1" t="s">
+      <c r="H231" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>842</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>513</v>
+      </c>
+      <c r="D232" t="s">
+        <v>589</v>
+      </c>
+      <c r="E232" t="s">
+        <v>590</v>
+      </c>
+      <c r="F232" t="s">
         <v>843</v>
-      </c>
-[...13 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>844</v>
       </c>
       <c r="H232" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>846</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D233" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="E233" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="F233" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H233" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>849</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>521</v>
       </c>
       <c r="D234" t="s">
+        <v>589</v>
+      </c>
+      <c r="E234" t="s">
+        <v>590</v>
+      </c>
+      <c r="F234" t="s">
+        <v>196</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="E234" t="s">
+      <c r="H234" t="s">
         <v>851</v>
-      </c>
-[...7 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>852</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>10</v>
+      </c>
+      <c r="D235" t="s">
+        <v>853</v>
+      </c>
+      <c r="E235" t="s">
         <v>854</v>
       </c>
-      <c r="B235" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F235" t="s">
-        <v>588</v>
+        <v>196</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>855</v>
       </c>
       <c r="H235" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>857</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D236" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E236" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F236" t="s">
-        <v>127</v>
+        <v>591</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>858</v>
       </c>
       <c r="H236" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>860</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="D237" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E237" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F237" t="s">
-        <v>185</v>
+        <v>131</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>861</v>
       </c>
       <c r="H237" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>863</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="D238" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E238" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F238" t="s">
-        <v>638</v>
+        <v>189</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>864</v>
       </c>
       <c r="H238" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>866</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D239" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E239" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F239" t="s">
+        <v>641</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>869</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>34</v>
+      </c>
+      <c r="D240" t="s">
+        <v>853</v>
+      </c>
+      <c r="E240" t="s">
+        <v>854</v>
+      </c>
+      <c r="F240" t="s">
         <v>870</v>
-      </c>
-[...13 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>871</v>
       </c>
       <c r="H240" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>873</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D241" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E241" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F241" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>874</v>
       </c>
       <c r="H241" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>876</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D242" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E242" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F242" t="s">
-        <v>192</v>
+        <v>152</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>877</v>
       </c>
       <c r="H242" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>879</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D243" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E243" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F243" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>880</v>
       </c>
       <c r="H243" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>882</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D244" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E244" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F244" t="s">
-        <v>256</v>
+        <v>189</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>883</v>
       </c>
       <c r="H244" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>885</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>205</v>
+        <v>52</v>
       </c>
       <c r="D245" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E245" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F245" t="s">
-        <v>174</v>
+        <v>259</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>886</v>
       </c>
       <c r="H245" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>888</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>56</v>
+        <v>209</v>
       </c>
       <c r="D246" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E246" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F246" t="s">
+        <v>178</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="G246" s="1" t="s">
+      <c r="H246" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>891</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>56</v>
+      </c>
+      <c r="D247" t="s">
+        <v>853</v>
+      </c>
+      <c r="E247" t="s">
+        <v>854</v>
+      </c>
+      <c r="F247" t="s">
         <v>892</v>
       </c>
-      <c r="B247" t="s">
-[...11 lines deleted...]
-      <c r="F247" t="s">
+      <c r="G247" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="G247" s="1" t="s">
+      <c r="H247" t="s">
         <v>894</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>895</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>60</v>
+      </c>
+      <c r="D248" t="s">
+        <v>853</v>
+      </c>
+      <c r="E248" t="s">
+        <v>854</v>
+      </c>
+      <c r="F248" t="s">
         <v>896</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>897</v>
       </c>
       <c r="H248" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>899</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D249" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E249" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F249" t="s">
-        <v>273</v>
+        <v>83</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>900</v>
       </c>
       <c r="H249" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>902</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D250" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E250" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F250" t="s">
-        <v>588</v>
+        <v>276</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>903</v>
       </c>
       <c r="H250" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>905</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D251" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E251" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F251" t="s">
-        <v>83</v>
+        <v>591</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>906</v>
       </c>
       <c r="H251" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>908</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>64</v>
+        <v>113</v>
       </c>
       <c r="D252" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E252" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F252" t="s">
-        <v>148</v>
+        <v>83</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>909</v>
       </c>
       <c r="H252" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>911</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
+        <v>64</v>
+      </c>
+      <c r="D253" t="s">
+        <v>853</v>
+      </c>
+      <c r="E253" t="s">
+        <v>854</v>
+      </c>
+      <c r="F253" t="s">
+        <v>152</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D253" t="s">
-[...8 lines deleted...]
-      <c r="G253" s="1" t="s">
+      <c r="H253" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>914</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
         <v>915</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="D254" t="s">
+        <v>853</v>
+      </c>
+      <c r="E254" t="s">
+        <v>854</v>
+      </c>
+      <c r="F254" t="s">
+        <v>870</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H254" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>918</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
         <v>10</v>
       </c>
-      <c r="D254" t="s">
-[...5 lines deleted...]
-      <c r="F254" t="s">
+      <c r="D255" t="s">
+        <v>919</v>
+      </c>
+      <c r="E255" t="s">
+        <v>920</v>
+      </c>
+      <c r="F255" t="s">
         <v>13</v>
       </c>
-      <c r="G254" s="1" t="s">
-[...3 lines deleted...]
-        <v>919</v>
+      <c r="G255" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="H255" t="s">
+        <v>922</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9998,50 +10036,51 @@
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>