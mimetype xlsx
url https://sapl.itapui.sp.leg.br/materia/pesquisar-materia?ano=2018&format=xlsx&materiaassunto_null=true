--- v0 (2025-10-27)
+++ v1 (2026-03-28)
@@ -54,1770 +54,1770 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/752/p_l_c_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/752/p_l_c_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre , criação de vaga de emprego que especifica e dá outras providências .</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/898/p_l_c_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/898/p_l_c_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do valor do vale alimentação dos servidores da Câmara Municipal de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/763/p_l_c_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/763/p_l_c_4.pdf</t>
   </si>
   <si>
     <t>Cria gratificação por desempenho de atividade delegada, nos termos que especifica, a ser paga aos policiais militares e civis que exerçam atividade municipal delegada ao Estado de São Paulo por meio de convênio a ser celebrado com o Município de Itapuí .</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/806/p_l_c_5.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/806/p_l_c_5.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n 166, de 18 de setembro de 2017.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/809/p_l_c_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/809/p_l_c_6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste do valor do auxilio alimentação dos servidores públicos municipais de Itapuí, disposto na lei complementar n 158 de 20 de abril de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/810/p_l_c_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/810/p_l_c_7.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores públicos municipais e dá outras providências .</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/847/p_l_c_8.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/847/p_l_c_8.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da tabela de vencimento do magistério público municipal de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/879/p_l_c_09.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/879/p_l_c_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de professor interprete em libras e dá outras providencias.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/897/p_l_c_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/897/p_l_c_10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de professor de artes e dá outras providencias .</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/862/p_l_c_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/862/p_l_c_11.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a instituir o programa de recuperação fiscal de Itapuí e dá outras providencias.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/896/p_l_c_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/896/p_l_c_12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas de merendeira e dá outras providencias .</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/880/p_l_c_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/880/p_l_c_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de técnico de enfermagem e dá outras providencias .</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/881/p_l_c_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/881/p_l_c_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de professor de artes e dá outras providencias.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/900/p_l_c_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/900/p_l_c_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de uso de madeira de origem legal nas obras de construção civil, reforma ou modificação que menciona, e dá outras providencias .</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/885/p_l_c_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/885/p_l_c_16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária e excepcional interesse público no município de Itapuí-SP, nos termos do inciso IX do artigo 37 da constituição federal .</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/894/p_l_c_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/894/p_l_c_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de enfermeiro padrão e dá outras providencias .</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/893/p_l_c_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/893/p_l_c_18.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aa criação de vaga de interprete em libras e dá outras providencias .</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/899/p_l_c_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/899/p_l_c_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos de farmacêuticos e dá outras providencias .</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/746/p_l_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/746/p_l_01.pdf</t>
   </si>
   <si>
     <t>Estabelece condições para declaração de utilidade pública de organizações da Sociedade Civil .</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/747/p_l_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/747/p_l_02.pdf</t>
   </si>
   <si>
     <t>Declara a utilidade pública a Associação da orquestra de Violas caipiras de Itapuí-AOVC.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/748/p_l_03.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/748/p_l_03.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade púbica o Grêmio Recreativo Ponte Preta.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/749/p_l_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/749/p_l_04.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2018 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências .</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/751/p_l_05.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/751/p_l_05.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Poder Executivo no exercício de 2018 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/895/p_l_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/895/p_l_6.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar o pagamento de despesas para funcionamento e manutenção do Hospital de Itapuí, como garantia de continuidade dos serviços públicos de saúde na Unidade Hospitalar a partir de 01/07/2018</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/901/p_l_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/901/p_l_7.pdf</t>
   </si>
   <si>
     <t>Revogam as leis n 1700, de 21 de janeiro de 1994 e 1767, de 08 de março de 1995.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/805/p_l_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/805/p_l_10.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor para atendimento de despesa sob o regime de adiantamento e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/784/p_l_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/784/p_l_11.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n* 2.472 de 17 de setembro de 2012.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/758/p_l_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/758/p_l_12.pdf</t>
   </si>
   <si>
     <t>Cria a campanha institucional educativa para o transito e dá outras providências .</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/804/p_l_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/804/p_l_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diretrizes e exigências para aprovação do loteamento denominado Balneário Mar Azul 2, que será executado em Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/826/p_l_05.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/826/p_l_05.pdf</t>
   </si>
   <si>
     <t>dispõe sobre denominação de logradouros públicos situados no loteamento jardim bela vista de itapuí, e da outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/831/p_l_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/831/p_l_16.pdf</t>
   </si>
   <si>
     <t>estabelece politica municipal do meio ambiente, seus fins e mecanismos de formulação e ampliação, cria o conselho municipal do meio ambiente institui o fundo municipal do meio ambiente.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/785/p_l_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/785/p_l_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inspeção sanitária de produtos de origem animal, revoga a lei n* 2.059 de julho de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/846/p_l_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/846/p_l_18.pdf</t>
   </si>
   <si>
     <t>Cria comitê municipal de vigilância à morte materna, infantil e fetal- CMVMMIS, e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/836/p_l_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/836/p_l_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a LDO- lei de diretrizes Orçamentais para o exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/855/p_l_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/855/p_l_21.pdf</t>
   </si>
   <si>
     <t>Altera a lei 2.723 de 22 de maio de 2018, dispõe sobre nova denominação de logradouros públicos situados no loteamento Jardim Bela Vista de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/835/p_l_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/835/p_l_22.pdf</t>
   </si>
   <si>
     <t>Altera a lei n 2.648 de 05 de fevereiro de 2016 que dispõe sobre o horário de funcionamento do Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/856/p_l_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/856/p_l_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cancelamento de restos a pagar pela prescrição quinquenal e dá outras providências.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/861/p_l_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/861/p_l_24.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o plano de demissão voluntária- PDV,  para os funcionários públicos municipais aposentados e dá outras providencias.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/834/p_l_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/834/p_l_25.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Itapuí, para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/878/p_l_26.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/878/p_l_26.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a descontar diretamente em folha de pagamento dos servidores públicos municipais valores referentes á aquisição de convites para 20 festa.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/837/p_l_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/837/p_l_27.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Organização não Governamental Itapuí SOS Animais.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/840/p_l_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/840/p_l_28.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Instituto Socioambiental Eco Vida.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/838/p_l_29.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/838/p_l_29.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação de Cirinei Antonio Artioli e outros, gleba de terras becessparia e abertura de rua para ligação entre os bairros e dá outras providências.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/839/p_l_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/839/p_l_30.pdf</t>
   </si>
   <si>
     <t>Eleva a categoria de zona urbana uma gleba de terras de propriedade de Ricardo Fernando Zorzetto e Eduardo Zorzetto, com área total de 10,3851 hectares, ou seja , 4,2914 alqueires, ou seja, 103.851,00 metros quadrados (M2), localizada no município de itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/791/p_l_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/791/p_l_31.pdf</t>
   </si>
   <si>
     <t>Fixa o valor mínimo para ajuizamento de execuções fiscais objetivando a cobrança de dívida ativa, bem como autoriza o executivo municipal a protestar as certidões de divida ativa, decorrente  de créditos tributários e não tributários, e dá outras providências.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/873/p_resolucao_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/873/p_resolucao_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cassação do mandato da Vereadora à câmara Municipal de Itapuí/SP, Sra Tatiane Cristina Maia, referente ao processo do Conselho de Ética 01/2018</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/764/ind_1.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/764/ind_1.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar recolher os entulhos da rua João Ribeiro de Barros, pois os moradores reclamam do abandono no local .</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>Ana Lúcia Pulito</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/799/ind_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/799/ind_02.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar realizar uma limpeza nas ruas e nos terrenos baldios do bairro Jardim Primavera, em especial na rua Alameda das Rosas. Solicito ainda, que inicie obras para tapar os buracos pois as ruas estão ficando bastante comprometida. _x000D_
 Finalmente, solicito que seja intensificada a publicação dos dias e horários de coleta de lixo e entulho no bairro, para que os moradores evitem de depositar o lixo e que os mesmos sejam espalhados pelos cachorros, tornando o local feio e propicio para a proliferação de insetos e animais peçonhentos.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/661/ind_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/661/ind_3.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal , para que estude as possibilidades de adquirir um reservatório de água com capacidade para atender todo o bairro _x000D_
 '' Padre Arlindo José Zanotto '' , resolvendo de forma definitiva a questão de falta de água naquele bairro .</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/811/ind_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/811/ind_04.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar instalar placas com o nome das ruas dos bairros Jardim Bica de Pedra e Álvaro Beltrame de Souza, pois são bairros tradicionais em nossa cidade e os moradores cobram a instalação das placas .</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/816/ind_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/816/ind_16.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar realizar uma limpeza geral no Cemitério Municipal ''Dona Tinda'', com a finalidade de tornar o local mais agradável e livre de insetos indesejáveis.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/817/ind_06.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/817/ind_06.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de fazer estacionamento de veículos a 45 graus ao redor da Praça da Matriz, pois a população reclama que está cada vez mais difícil estacionar próximo dos bancos .</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/818/ind_07.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/818/ind_07.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de fazer uma parceria com a Associação Hípica de nossa cidade, com o objetivo de resolver definitivamente a questão dos cavalos soltos pelas ruas, antes que ocorram acidentes graves.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/819/ind_08.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/819/ind_08.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a possibilidade de agilizar a reforma da piscina municipal, aproveitando o inverno que se inicia, para que a população possa desfrutá-la no próximo verão .</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>Tatiane Maia</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/773/ind_09.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/773/ind_09.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com a Diretoria de Saúde para que juntos avaliem a possibilidade de retornar a farmácia no PSF-Dr. Geraldo Paulin, localizado no bairro balneário Mar Azul ll, bem disponibilize a aplicação de medicamentos injetáveis, como soro e medicamentos na veia, para a população que é atendida nesta unidade, pois a distancia até o Centro da cidade é grande o que na maioria das vezes impede a eficiência do tratamento adequado ._x000D_
 Ainda neste, e atendimento à solicitação dos moradores do bairro, solicito que estude a possibilidade de disponibilizar um veículo para transporte dos pacientes até ao Centro, para demais procedimentos médicos que não seja realizado no PSF Dr.  Geraldo Paulin, pois existe reclamações quanto a demora no transporte pelas ambulâncias.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/774/ind_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/774/ind_10.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências com relação a infestação de escorpião nas proximidades do Cemitério Municipal ''Dona Tinda'', pois a população está correndo o risco e logo vai espalhar por toda a cidade .</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>Aparecido Donizete Avanti</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/775/ind_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/775/ind_11.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a possibilidade de conceder uma revisão nos vencimentos dos profissionais de Fisioterapia e psicologia, da referencia 17 ( dezessete ) para 20 ( vinte ), considerando desta forma, condições isonômicas de trabalho, seguindo a mesma coerência aplicada às outras profissionais da saúde, como a Odontologia (PSF-período integral). _x000D_
 Solicito dessa forma, que seja considerada a equiparação salarial por identidade, por analogia ou por equivalência das funções e cargos .</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/786/ind_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/786/ind_12.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de mandar instalar um semáforo no final da rua Rui Barbosa, cruzamento com a Avenida Paes de Barros, haja a vista a dificuldade de atendimento entre os motoristas quanto a preferencial e os acidentes que vem ocorrendo no local._x000D_
 Na mesma oportunidade, solicitamos que determine ao Setor Competente que construa o mais urgente possível um obstáculo redutor de velocidade na mesma rua, em frente ao Banco do Brasil, considerando que depois do recape os motoristas passam pelo local com a velocidade maior do que de costume.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>Ana Lúcia Pulito, Gabriel Belarmino Damico Sotto, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/787/ind_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/787/ind_13.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no que tange mandar notificar o proprietário do Loteamento '' Altos do Tiete'' para que sejam instaladas as placas com nomes das ruas, com o objetivo de facilitar o dia-a-dia dos moradores._x000D_
 Solicitamos também, providências quanto a instalação de placas com nomes das ruas do bairro '' Balneário Mar Azul ll '', considerando que o bairro tem mais de 20 anos e os moradores há muito pedem pela identificação das ruas onde moram.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/788/ind_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/788/ind_14.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que estude a possibilidade de equiparar os vencimentos dos dentistas do PSF aos Dentistas da Rede Pública Municipal, considerando o princípio de igualdade e da isonomia.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/789/ind_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/789/ind_15.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que discuta com o Setor Jurídico, com a Policia Militar e Civil, a melhor maneira de regulamentar o transito de bicicletas motorizadas nas ruas de nossa cidade e encaminhe um projeto de lei o mais urgente possível para apreciação desta Casa de Leis.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/848/ind_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/848/ind_16.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de mandar substituir as lâmpadas que estão queimadas na Praça São Benedito, melhorando a segurança no local.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/849/ind_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/849/ind_17.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providências o mais urgente possível, no sentido de conter a infestação de escorpiões e animais peçonhentos no Cemitério Municipal '' Dona Tinda''.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/850/ind_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/850/ind_18.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor prefeito Municipal, que estude as possibilidades de reformar e realizar melhorias, como instalação de iluminação pública traves e   alambrados, no mini- campo de futebol do bairro '' Waldomiro Guarinon '', com o objetivo de melhorar a qualidade de vida dos moradores do bairro.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/851/ind_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/851/ind_19.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no que sentido de instalar postes de iluminação pública no trevo de acesso à rodovia João Ribeiro de Barros, considerando que esse serviço já foi solicitado por diversas vezes ao D.E.R- Departamento de Estradas e Rodagens, e este afirma que este serviço e de responsabilidade e obrigação do município .</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/852/ind_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/852/ind_20.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que elabore um projeto de lei no sentido de comprometer os proprietários de túmulos do Cemitério Municipal quanto a limpeza, manutenção e conservação dos mesmos, tornando o local digno aos nossos entes queridos.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>Gabriel Belarmino Damico Sotto</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/853/ind_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/853/ind_21.pdf</t>
   </si>
   <si>
     <t>indico ao Senhor Prefeito Municipal, para que estude a possibilidade de mandar instalar câmeras de monitoramento em pontos específicos de nossa cidade, principalmente nas entradas e saídas, com o objetivo de inibir roubos e atitudes ilícitas e contribuir com a segurança pública.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/857/ind_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/857/ind_22.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a possibilidade  de realizar uma revisão na tabela de vencimento dos servidores públicos municipais com o objetivo de reduzir o déficit inflacionário. Em especial, solicito providências no sentido de aumentar a referencia dos coletores de lixo, ajudando geral e garis, considerando que estes se enquadram nos menores valores da tabela de vencimentos, e são os funcionários que desempenham funções que exigem o máximo de esforço físico em suas atribuições.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/858/ind_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/858/ind_23.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com os Diretores da Casa da Criança São José de Itapuí, e realizem uma reunião com os proprietários das vans que fazem o transporte dos alunos, para que cheguem num consenso quanto a garantir a segurança dos alunos quanto ao embarque e desembarque dos veículos._x000D_
 e comum observarmos os alunos entrando nos veículos em meio ao fluxo de carros nas ruas, considerando que as ruas que fazem imediação com a creche são das mais movimentadas da cidade, para isso sugiro que os veículos adentrem na garagem da entidade, excluindo de forma definitiva qualquer risco de acidente.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/859/ind_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/859/ind_24.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, que estude a possibilidade de realizar benfeitorias no bairro '' Vila São Sebastião'', considerando o bairro um dos mais antigos da cidade assim como seus moradores, que merecem a mesma atenção e respeito que qualquer outro ponto da cidade._x000D_
 sugiro que sejam realizadas poda de arvores, limpeza de ruas, construção de guias e sarjetas e que as obras do recapeamento asfáltico sejam estendidas até aquele bairro .</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/860/ind_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/860/ind_25.pdf</t>
   </si>
   <si>
     <t>como é de conhecimento de todos, os bairros e prédios públicos nas imediações do cemitério público municipal vem sofrendo com a infestação de escorpiões e animais e animais peçonhentos há anos, e o controle mesmo com diversas ações do poder público não está sendo suficiente para  conter o avanço e a proporção que tomou._x000D_
 desta forma, não seria menos comum acidentes com esses animais, onde já estão sendo relatados diversos casos de munícipes que foram picados por escorpiões. diante de tais fatos, indico ao senhor prefeito municipal, que providencie a aquisição, o mais urgente possível, de vacinas com os anticorpos para casos de emergências como já ocorreram, pois seria trágico perder algum munícipe pela falta de vacinas que deveriam ser distribuídas pelo Estado mas que estão em falta</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/863/ind_26.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/863/ind_26.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar sinalizar as ruas dos bairros Residencial Girassol I e II, considerando o último acidente ocorrido no local.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/864/ind_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/864/ind_27.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providencias no sentido de mandar tampar a galeria de captação de água, localizada na Avenida Comendador José Maria de Almeida Prado, entre os números 860 e 908, esquina com a rua José Carlos Brás, pois o risco de acidentes com pedestre é grande e iminente.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/865/ind_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/865/ind_28.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, para que tome as providencias necessárias e fim de melhorar a transmissão dos canais canção nova e rede vida, pois  a população está reclamando que a imagem é ruim e com frequência fica fora do ar.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/866/ind_29.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/866/ind_29.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, providencias no sentido de realizar benfeitorias no núcleo habitacional '' Jardim Alvorada '', com o objetivo de melhorar a qualidade de vida dos moradores, considerando que este bairro há anos aguarda por atenção de nossos gestores e clamam, dentre tantas as reinvindicações e necessidades, a construção de uma área de lazer  para as crianças  e adolescentes.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/867/ind_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/867/ind_30.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor prefeito municipal, para que estude a possibilidade de efetuar uma vistoria em todas as bombas de água que abastecem nossa cidade, realizando as manutenções necessárias a fim de prevenir a falta de água que tanto atrapalha o dia a dia de nossos cidadãos.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/868/ind_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/868/ind_31.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome providencias urgentes no sentido de mandar limpar e recolher os entulhos que estão se acumulando nas margens do córrego '' bica de pedra'' no trecho localizado no bairro do ''pichelli'', pois os moradores estão receosos quanto a infestação de escorpiões na cidade e por já terem esses animais em algumas residências.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/869/ind_32.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/869/ind_32.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome as  devidas providencias no sentido de mandar limpar o terreno que faz imediações com o prédio do PSF- '' Toniquinho'', localizado no bairro '' Irmãos Franceschi '', pois o mato esta alto e acumulando muita sujeira, Situação inadmissível, considerando se tratar de um prédio da área da saúde e o cenário preocupante que vivemos em relação aos escorpiões.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/870/ind_33.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/870/ind_33.pdf</t>
   </si>
   <si>
     <t>considerando os festejos em comemoração ao dia da '' nossa senhora aparecida '', a realizar-se dia 12 de outubro, indico ao senhor prefeito municipal que tome as devidas providencias no sentido de mandar limpar os arredores da igreja localizada no bairro maria rosária, bem como retirar o entulho que está se acumulando no local e limpar a rua angelo crozera estendendo até o bairro '' irmãos franceschi '' .</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/874/ind_34.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/874/ind_34.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providencias no sentido de mandar rebaixar a guia no estacionamento, recém-construída, da Escola Municipal '' Manoel Rodrigues Ferreira'', considerando a dificuldade encontrada pelos condutores em estacionar no local pois o risco de danificar pneu é muito grande.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/875/ind_35.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/875/ind_35.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome providencias no sentido de mandar tampar a galeria de captação de água, localizada na Avenida do Porto, Altura do número 186, considerando o risco de acidente no local .</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/882/ind_37.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/882/ind_37.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor prefeito municipal, para que tome as devidas providencias no sentido de mandar limpar e reformar a Praça Publica do bairro ''Waldomiro Guarinon'', pois o local é muito frequentado pelos moradores do bairro.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>José Roberto Gonçalves Meira</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/883/ind_38.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/883/ind_38.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, para que determine ao setor competente para que proceda a instalação de placas de estacionamento rotativo em frente da padaria localizada na rua coronel frederico ferraz, em frente ao setor de água e esgoto do municipio, pois a população reclama que não consegue estacionar no local .</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/886/ind_39.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/886/ind_39.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, para que tome as devidas providencias no sentido de mandar limpar o terreno da garagem municipal, localizada na rua Manoel  de almeida Souza, pois o local está abandonado, os portões aberto, freezer com a tampa aberta acumulando agua da chuva, sem dizer que o local é frequentado a noite colocando em risco a população que reside nas proximidades.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/887/ind_40.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/887/ind_40.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, que faça cumprir a lei municipal n 2149/2011, que dispõe sobre medidas permanentes de prevenção contra a dengue e dá outras providencias, e inicie o mais urgente possível uma campanha intensiva de combate ao mosquito transmissor, realizando mutirões e campanhas educativas nas escolas.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/911/ind_41.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/911/ind_41.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome as devidas providencias no sentido de mandar realizar uma reforma o mais urgente possível no PSF ''toniquinho'', localizado no núcleo habitacional irmãos Franceschi._x000D_
 Dentre as propriedades ,se faz necessário o reparo do telhado, a substituição do forro que está caindo, infiltração por todo o prédio, limpeza do mato ao redor do imóvel e dedetização do local para evitar a invasão de inseto.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/910/ind_42.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/910/ind_42.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome as devidas providencias no sentido de mandar recolher os cavalos que andam livremente pelas ruas de nossa cidade, pois o risco de acidente com esses animais é grande .</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/909/ind_43.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/909/ind_43.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome providencias no que tange  mandar podar as arvores e limpar o mato da rua Manoel Rodrigues Martins, localizada no bairro do pichelli.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Antonio Donizete Duarte</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/908/ind_44.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/908/ind_44.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que determine ao setor competente que efetue a capitação em um dos lados da rua Antonio Aparecido Francischini, localizada no bairro ''Conego Arlindo José Zanotto'', pois a calçada é de terra e o mato está muito alto.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/907/ind_45.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/907/ind_45.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, para que tome as devidas providencias no sentido de mandar tampar os buracos da rua Conezza, localizada no bairro '' Waldomiro Guarinon '', pois há tempos os moradores pedem por esse serviço .</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/906/ind_46.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/906/ind_46.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal , para que determine ao setor  competente que realize a poda da arvore localizada na rua Cecilia Bueno do prado, bairro irmãos Franceschi, pois uma parte considerável da copa fica sobre a rua e quando veículos de grande porte passa os galhos quebram e ficam caídos na rua com frequência dificultando o trafego de veículos.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/905/ind_47.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/905/ind_47.pdf</t>
   </si>
   <si>
     <t>indico ao senhor prefeito municipal, pra que tome as devidas providencias no sentido de mandar tampar o buraco localizado no cruzamento das ruas : Alameda das quaresmeiras, Alameda dos cravos e avenida Brasil. Ocorre que o buraco é grande  e é dificil percepção, e com as chuvas a tendencia é aumentar o que dificulta ainda mais o trafego de veículos pelo local.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/904/ind_48.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/904/ind_48.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito municipal, para que tome providencias no sentido de realizar a troca das lâmpadas das ruas do bairro Irmãos Franceschi, considerando que são escuras e a maioria está queimada.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/755/req_1.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/755/req_1.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais , seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende mandar tampar os buracos da via de acesso ''Prefeito Alberto Massoni'', considerando que o tão esperado recape não acontece .</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/757/req_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/757/req_2.pdf</t>
   </si>
   <si>
     <t>Requeiro , ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Sargento da Polícia Militar , Solicitando o agendamento de uma reunião para discutir assuntos relacionados á Segurança pública , considerando o grande número de pequenos furtos que vem ocorrendo .</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/759/req_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/759/req_3.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis esclarecimentos sobre a situação do Hospital São José de Itapuí. _x000D_
 Se já há empresa particular em negociação para assumir ou, se informada às irmãs, a Casa da Criança São José de Itapuí está buscando certificação para assumir .</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/760/req_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/760/req_4.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de leis esclarecimento acerca da não resposta ao Ofício n 036/2017, sendo que o reitero o pedido de encaminhamento da informação solicitada .</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/761/req_5.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/761/req_5.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis esclarecimento acerca ada não resposta ao Ofício n 085/2017, sendo que reitero o pedido de encaminhamento de prestação de contas dos gastos efetuados e pagos com recursos recebidos, pelo município, para aplicação na educação dos programas PNAE, Salário Educação, FUNDEB, Brasil Carinhoso e PDDE.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/762/req_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/762/req_6.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e Dispensadas as Formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre os brinquedos do Parquinho Municipal, ou seja, para onde os mesmos foram levados e onde serão instalados futuramente.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/765/req_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/765/req_7.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre os brinquedos adquiridos para ser usado nas escolas de nossa cidade, pois existem questionamento dizendo que os mesmos não são mais disponibilizados aos alunos .</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/766/req_8.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/766/req_8.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a relação completa dos servidores que trabalham na Garagem Municipal e na Biblioteca._x000D_
 Solicito também, a relação dos prestadores de serviço contratados e que desenvolvem suas funções nesses setores ._x000D_
 Neste último caso, requeiro seja encaminhada as cópias dos contratos e a relação de pagamentos efetuados até a presente data.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/767/req_9.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/767/req_9.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa Legislativa e dispensadas as formalidades, seja Oficiado ao Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa informações sobre a quantidade de leitos existentes atualmente no nosso hospital._x000D_
 Também requeiro que a Diretoria Municipal de Saúde, encaminhe planilha relacionada a ocupação dos referidos leitos, de 02/01/2017 até a presente data, detalhando tempo de ocupação, motivo da internação, valores despendidos por paciente e demais informações necessárias a estudo do uso dos mencionados leitos e gastos efetuados pelo município para atendimento da população.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/768/req_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/768/req_10.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja Oficiado ao Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis esclarecimentos sobre a quantidade de monitores, concursados, exercendo suas funções na Creche Escola Pedro Pignatti, na Creche Escola Anibal de Barros Silva, EMEI Cara pintada, Creche Escola Dona Mulata, EMEI Arthur Fantin._x000D_
 Também requeiro ao Setor do RH que encaminhe lista dos funcionários lotados nesta função, e se exercendo outras funções em setor diverso do concurso descrição de suas funções e local onde estão servindo ao Município.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/792/req_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/792/req_11.pdf</t>
   </si>
   <si>
     <t>Requeiro. ouvida a casa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa prestação de contas pertinentes ao uso do valor recebido pela municipalidade pelo recolhimento da CIP instituída pela lei Municipal n* 2480 de 29/12/2012, no ano de 2017 até o presente momento. _x000D_
 Tal prestação deverá ser acompanhada das notas, empenhos, projetos, cópia de processos licitatórios ( se houver gasto a maior do autorizado pela Lei n*8666  de 21/06/1993) e dos estratos bancários da conta da Municipalidade que recebe os recolhimentos e comprovantes dos valores repassados pela cessionária.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/793/req_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/793/req_12.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa Legislativa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa cópia das prestações de conta do Fundo Municipal da Cultura Pertinente ao período de 02/01/2017 até a presente data._x000D_
 Oportuno também requeiro o envio da composição atual do Conselho Municipal da Cultura, cópia das atas de todas as reuniões realizadas no período de 02/01/2017 até a presente data, e cópia do ato administrativo que nomeou o atual gestor do Fundo Municipal de Cultura.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/795/req_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/795/req_13.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópias da portaria de nomeação da Diretoria de Educação do Município, bem como da relação de diretores, vice diretores e coordenadores das escolas de nossa cidade.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/796/req_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/796/req_14.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Diretor do D.E.R- Departamento de Estrada e Rodagens, solicitando providências no sentido de mandar tampar os buracos da via de acesso Prefeito Alberto Massoni, bem como que efetue a limpeza do acostamento .</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/797/req_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/797/req_15.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado a Diretoria do Hospital Estadual de Bauru, solicitando informações sobre quais especialidades tem convênio com o SUS e que atendem a região através de encaminhamento.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/800/req_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/800/req_16.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta casa de informações sobre o processo licitatório n* 028/2018 pregão presencial, com abertura realizada no dia 09/04/2018 às 14:00 horas, referente ao registro de preços de serviços na área de saúde, tendo-se em vista o processo licitatório n*126/2017 ocorrida em 22/09/2017 vencida pela Empresa COOPERATIVA DE TRABALHO MEDCAL._x000D_
 Outrossim, ante ao princípio Constitucional de publicidade dos atos públicos e a transparência exigida não só pela legislação vigente, pelo tribunal de contas e principalmente pela população requeiro também que tais esclarecimentos venham acompanhados de cópia na integra do processo licitatório n*126/2018 no estado em que se encontra.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/801/req_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/801/req_17.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa Legislativa e dispensadas as formalidades, seja Oficiado o Exmo. Senhor Prefeito Municipal para que encaminhe a esta Casa informações a respeito da administração do SAMU em nossa cidade. Se os Serviços são realizados somente pelo Município através de seus servidores ou se o serviço é gerido por meio de funcionários terceirizados, e mediante a este fato seja encaminhado a esta Casa Legislativa cópia do pertinente procedimento licitatório .</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/802/req_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/802/req_18.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa Legislativa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos acerca do não encaminhamento dos documentos requisitados por meio de Oficio, essenciais ao entendimento das prestação de contas em audiência Pública da Saúde, desacatando desta forma o principio da transparência publica. Outrossim reitera o pedido de encaminhamento de cópia de todas as notas, empenhos e demais documentos hábeis a comprovar a referida prestação quadrimestral da saúde, pertinente aos últimos quatro meses do ano de 2017.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/803/req_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/803/req_19.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado a Mesa Diretora desta Casa de Leis, solicitando providências no sentido de aceitar como sugestão dessa nobre Vereadora, o Projeto de Lei em anexo, que dispõe e disciplina a redução e os critérios para a alteração do valor do subsidio mensal dos vereadores do Município de Itapuí e determina como teto o valor do salário mínimo vigente._x000D_
 Considerando que a iniciativa para apresentação do mesmo e exclusiva da mesa, conforme dispõe a Lei Orgânica e o regimento Interno da Casa, venho com o devido respeito e atendendo as reinvindicações da população, clamar para que o mesmo seja incluído na pauta da próxima sessão ordinária e que com a aprovação do projeto, sejamos exemplo para os demais municípios do país .</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/807/req_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/807/req_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa Legislativa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos acerca de como esta sendo feito;  o controle de Cloro e do Flúor da água disponibilizada pelo Município a população e o controle por meio de analise feita nos poços artesanais da qualidade para o consumo deste líquido tão valioso a saúde da população. Sabemos que os principais problemas de saúde são causados principalmente pela má qualidade da água fornecida aos munícipes que na sua maioria não tem condição financeira de consumir água mineral de galão.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/808/req_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/808/req_21.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa Legislativa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos acerca da razão do atraso na entrega dos Carnês de pagamento de IPTU para a população. Este questionamento esta atendendo a pedidos de munícipes que estão preocupados com a demora, pois o número de parcelas para a quitação do referido imposto deverá ser menor. Grande parte da nossa população não tem condições financeiras de arcar com o pagamento a vista deste valor e um numero menor de parcelas também dificultará o pagamento.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/812/req_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/812/req_22.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis cópia da licitação (INCLUINDO empenhos e contrato) realizada para a contratação de instituição bancária para proceder a folha de pagamento dos servidores municipais.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/813/req_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/813/req_23.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa Legislativa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa de Leis a prestação de contas dos valores despendidos pelo Município nos festejos do carnaval de 2018._x000D_
 Ainda, que tal prestação de contas venha acompanhada das notas fiscais, notas de empenho, cópia de processo licitatório e todo o demais necessário a comprovação dos gastos .</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/814/req_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/814/req_24.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa Legislativa e dispensadas as formalidades, seja oficiado o Exmo. Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos acercas do aumento de braços e bicos de luz realizado na Avenida da Praia, percurso do desfile de escolas de Samba, cópia do processo de licitação, empresa vencedora, cópia do Contrato, valor da prestação de serviços e cópia dos empenhos e notas._x000D_
 Requer também que se esclareça se tais valores despendidos pelo Município foram retirados dos valores arrecadados através da CIP._x000D_
 Ainda sobre o tema requer cópia do saldo da conta corrente onde são depositados a CIP, e a prestação de contas do uso dos valores nela depositados no período de 02/01/2017 até este momento.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/815/req_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/815/req_25.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa e dispensadas as formalidades, seja Oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta casa de leis cópia de todos os contratos de locação de imóveis realizado pelo Município, sendo que deverão ser acompanhados dos empenhos e da descrição da finalidade da locação .</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/821/req_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/821/req_27.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja Oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa esclarecimentos acerca de quanto será iniciado o serviço gratuito a população de transporte circular disponibilizados pelo Município._x000D_
 outrossim requer também o encaminhamento de informações sobre a rota e horários do serviço de transporte público, a quantidade de ônibus e de motoristas que serão disponibilizados para garantir o serviço de qualidade a população .</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/822/req_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/822/req_28.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa esclarecimentos acerca de quantos farmacêuticos concursados estão lotados na Municipalidade. _x000D_
 outrossim requer também a disponibilização dos responsáveis pelos dispensários de medicamentos do município, ou seja, os profissionais que atuam nas farmácias públicas, no hospital e postos, presença obrigatória segundo ditames legais.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/823/req_29.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/823/req_29.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa cópia de todas as receitas de medicamentos dispensados pelo município, de 02/01/2017 até a presente data, arquivadas junto as farmácias do município, dispensário e no hospital.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/824/req_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/824/req_30.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa informações sobre a carga horária , local de lotação de prestação de suas funções e cópia do concurso pelo qual passou a integrar o quadro de servidores do Dr Edmundo chiarato junior.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/825/req_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/825/req_31.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades , seja oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa informações se procedeu ou procederá a abertura de sindicância para a apuração de denúncia por mim encaminhadas a autoridade policial envolvendo a servidora pública, hoje vice prefeita, que responde pela Diretoria Municipal de saúde .</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/827/req_32.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/827/req_32.pdf</t>
   </si>
   <si>
     <t>requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo senhor prefeito municipal para que encaminhe a esta casa de leis cópia de todos os convênios , termos de colaboração , termo de fomento ou qualquer outro meio de repasses efetuados entre o município e entidades do terceiro setor. _x000D_
 esclareço que tal pedido encontra respaldo em disposição emitida pelo tribunal de contas do estado de são Paulo, bem como no fato de que tais informações , cuja obrigatoriedade de divulgação é ditada pela lei da transparência, não se encontra disponibilizada do site municipal.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/828/req_33.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/828/req_33.pdf</t>
   </si>
   <si>
     <t>requeiro ouvida a casa e dispensadas as formalidades , seja oficiado o exmo senhor prefeito municipal para que , mediante disposição emitida pelo tribunal de contas do estado de São Paulo, Ministério Público Federal, e no fato de que tais informações , cuja obrigatoriedade de divulgação é ditada pela lei de transparência, esclareça porque não se encontra disponibilizada do site municipal, há mais de dois meses, informações de despesas efetuadas  por fornecedor no site da transparência.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/829/req_34.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/829/req_34.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta casa de leis informações se a Vice- Prefeita do Município exerce alguma atividade na área da saúde do Município e se existe compatibilidade de horários, considerando que a mesma e funcionária pública efetiva do Município. em caso afirmativo, que seja encaminhada a portaria de nomeação da mesma, bem com as  atribuições do cargo, horário de trabalho e uma declaração se a mesma acumula os vencimentos e o subsidio .</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/830/req_35.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/830/req_35.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo Senhor Prefeito Municipal para que, mediante o disposto no SDG n 19/2010 emitido pelo TCESP, encaminhe a esta casa cópia de todos os reembolsos e adiantamentos realizados pelos serviços municipais, acompanhados dos empenhos, prestação de contas e notas dos gastos._x000D_
 esclareço que tal pedido encontra respaldo em disposição emitida pelo tribunal de contas do estado de São Paulo, bem como no fato de que tais informações, cuja obrigatoriedade de divulgação é ditada pela lei da Transparência, não se encontra disponibilizada do site Municipal.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/776/req_36.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/776/req_36.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações com relação aos ônibus_x000D_
 adquiridos com saldo do duodécimo desta Casa Legislativa, e que seriam destinados ao transporte gratuito a população, conforme segue : _x000D_
 * Notas empenhadas e pagas de todas as despesas com a manutenção e adaptação dos ônibus, justificando a demora para conclusão desse serviço;_x000D_
 * Com relação ao que foi divulgado pelo Senhor Prefeito, quanto a parceria que seria firmada com as empresas do município para custeio do transporte, solicito informações sobre o que foi definido e de que forma esse investimento vai beneficiar a população sem onerar os cofres públicos. _x000D_
 * Finalmente, solicito informações sobre a provável data de início do serviço à população, considerando o crescimento da cidade e a distancia dos bairros ao Distrito Industrial.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/777/req_37.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/777/req_37.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando será disponibilizado transporte escolar gratuito aos alunos que fazem cursos técnicos no período da manhã nas cidades da região, principalmente alunos da ETEC, Senai, Sesi e outros.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/778/req_38.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/778/req_38.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quais critérios foram utilizados para justificar a demolição da guarita do Portal da Cidade e do Muro da Escola Manoel Rodrigues Ferreira, considerando que foram construídos com dinheiro públicos e aparentemente não ofereciam risco a integridade física de ninguém .</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/779/req_39.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/779/req_39.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a relação de todas a entidades que recebem subvenção do município de 2018, bem como qual foi a forma de concessão e os valores repassados ._x000D_
 ,</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/780/req_40.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/780/req_40.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre qual o valor total a ser repassado dos recursos advindos do FUNDEB para a Casa da Criança São José e para a APAE RENASCER de Itapuí, bem como cópia da relação completa dos alunos matriculados e com frequência escolar nas entidades mencionadas.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/782/req_41.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/782/req_41.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia das notas fiscais, empenhadas e pagas, da empresa Lanza Materiais para Construção, desde janeiro de 2017 até a presente data .</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/783/req_42.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/783/req_42.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do parecer Jurídico que ateste a legalidade da contratação de imóveis de propriedade particular, principalmente onde estão instalados o Conselho Tutelar e a Fisioterapia.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/790/req_43.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/790/req_43.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis cópia do processo licitatório para contratação de empresa para obras de recapeamento asfáltico das ruas do Bairro ''Balneário Mar Azul ll'', bem como cópia dos pagamentos efetuados e do laudo de vistoria de conclusão da obra.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/832/req_44.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/832/req_44.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo Senhor Prefeito Municipal para que encaminhe a esta casa esclarecimentos sobre quanto pretende contratar os médicos aprovados por meio do concurso público realizado e a razão da não contratação dos profissionais aprovados._x000D_
 Outrossim requer o envio de planilha pormenorizada de quanto vem sendo desembolsado pelo Município na contratação terceirizada destes profissionais e quanto seria gasto com a contratação dos concursados .</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/833/req_45.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/833/req_45.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos sobre a demora no atendimento da população na liberação e realização de exames de sangue , urina e ultrassonografia._x000D_
 Outrossim aproveita-se o presente para questionar o motivo da falta de medicamentos básicos na farmácia municipal que vem causando a insatisfação dos munícipes que precisam do medicamento para se curar e não tem condições financeiras para adquiri-los, dependendo do atendimento da rede pública .</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>Tatiane Maia, Gilson Sebastião</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/841/req_46.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/841/req_46.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos sobre a demora na implantação da atividade delegada em nosso Município._x000D_
 A população está insatisfeita com o aumento nos casos de violência, furtos, uso e venda de drogas e demais. Tendo-se em vista que por esta Casa foi aprovado o projeto de lei do Executivo que implantava sistema de atividade delegada no ano passado, que aumentaria o policiamento e segurança nas ruas, não se entende a demora no atendimento aos pedidos da população por mais segurança na cidade.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/842/req_47.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/842/req_47.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa Legislativa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos sobre quantos imóveis pertencentes a Municipalidade estão sendo ocupados por meio concessão de direita real de uso por terceiros, se houve licitação para escolha, cópia das licitações, planilha de valores recebidos e os respectivos contratos.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/843/req_48.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/843/req_48.pdf</t>
   </si>
   <si>
     <t>Requeiro ouvida a Casa Legislativa e dispensadas as formalidades, seja oficiado o Exmo Senhor Prefeito Municipal para que encaminhe a esta Casa esclarecimentos sobre a devolução de valores a Fazenda Pública pela Vereadora Rita de Cássia Sotto De Oliveira Silva Xavier, pertinente ao recebimento da quantia de R$ 7.563,09 no ano de 2008, ocasião em que ocupava cadeira de Vereadora em nossa cidade. _x000D_
 O recebimento de tal quantia, por alguns vereadores na legislação 2005/2008 foi constatada pelo Tribunal de Contas e demais órgãos fiscalizadores, que determinaram a devolução dos valores.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/844/req_49.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/844/req_49.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiada ao Senhor Prefeito Municipal solicitando informações sobre quando serão iniciada as obras de construção de casas populares, prometidas para o inicio deste ano. Vale ressaltar, que o terreno já foi pago com saldo do duodécimo desta Casa, o que muito nos orgulha pela participação nesse importante passo para o progresso de nossa cidade, beneficiando a população que paga aluguel e anseiam pela casa própria.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/845/req_50.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/845/req_50.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando serão iniciada as obras que fará a interligação da ria XV de novembro com o bairro Jardim Maria Rosária, considerando que essa obra beneficiara os moradores daquele bairro e também foi uma promessa de campanha.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/854/req_51.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/854/req_51.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende realizar concurso público para contratação de um médico veterinário no município, considerando a urgência dessa contratação para o efetivo cumprimento da Lei n 2.728/2018.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/871/req_52.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/871/req_52.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quanto pretende mandar reformar a piscina publica municipal, considerando que desde  o início do ano esta casa solicita a realização desse serviço.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/872/req_53.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/872/req_53.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao senhor prefeito municipal solicitando informações se existe a possibilidade de conceder transporte escolar gratuito aos munícipes que estudam nas cidades da região, considerando que foi promessa de campanha e aos alunos aguardam ansiosos por esse beneficio .</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/876/req_54.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/876/req_54.pdf</t>
   </si>
   <si>
     <t>Requiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende mandar finalizar as obras de reforma da piscina municipal , bem como da quadra poli-esportiva que por muitos anos foi utilizada pelos jovens de nossa cidade .</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/877/req_55.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/877/req_55.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa legislativa e dispensadas as formalidades, seja oficiado o exmo Senhor prefeito municipal para que encaminhe a esta casa esclarecimentos sobre a demora na implantação da atividade delegada em nosso município, considerando que a lei foi aprovada no mês de março de 2018 e a população suplica por mais segurança .</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/888/req_56.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/888/req_56.pdf</t>
   </si>
   <si>
     <t>requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao gerente regional de centro vias , solicitando os valiosos préstimos no sentido de estudar a possibilidade de mudar a placa de PARE do trevo de acesso ao município de Itapuí, que atualmente encontra-se  para quem vem de Bauru  e instalar sentido de quem vem para jau, considerando que nesse último a visibilidade é melhor.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/902/req_57.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/902/req_57.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades legais, seja oficiado ao Diretor do Grupo Atalla de Jaú, solicitando os valiosos préstimos no sentido de mandar limpar o terreno localizado no final da rua XV de novembro, onde funcionava um bar e que atualmente está desativado .</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Ana Lúcia Pulito, Aparecido Donizete Avanti, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Rita de Cássia Sotto de Oliveira Silva Xavier, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/753/m_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/753/m_01.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades regimentais , seja consignado em ata votos de congratulações e agradecimentos para com todos os integrantes da Escola de Samba Ponte Preta , em especial a sua Diretoria, pelo maravilhoso desfile realizado durante os festejos de carnaval .</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/754/m_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/754/m_02.pdf</t>
   </si>
   <si>
     <t>Requeiro , ouvida a casa e dispensadas as formalidades regimentais , seja consignado em ata votos de congratulações e agradecimentos para todos os integrantes da Escola de Samba Azul e Branco , em especial a sua Diretoria , pelo maravilhoso desfile realizado durante os festejos de carnaval .</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/756/m_03.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/756/m_03.pdf</t>
   </si>
   <si>
     <t>Requeiro , ouvida a Casa e Dispensadas as formalidades regimentais , seja consignado em ata votos de congratulações e agradecimentos para com o Senhor Prefeito e a Vice-Prefeita, bem como aos Diretores de Cultura e Turismo , pela organização e a realização dos festejos de Carnaval , sendo considerado o melhor dos últimos tempos .</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>Ana Lúcia Pulito, Aparecido Donizete Avanti, Gabriel Belarmino Damico Sotto, Gilson Sebastião, José Roberto Gonçalves Meira, Luiz Carlos Pierazo, Rita de Cássia Sotto de Oliveira Silva Xavier, Tatiane Maia, Vandir Donizete Viaro</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/820/m_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/820/m_04.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento do Senhor José Célio Prado de Freitas._x000D_
 É com imenso sentimento de perca que esta Casa congratula com os familiares a partida do nosso amigo e diretor desta casa legislativa, que por longos 35 anos dedicou-se e contribuiu com o progresso de nossa cidade.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/884/m_5.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/884/m_5.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o proprietário e funcionários da empresa de RECICLA JACOB, pelos relevantes trabalhos realizados contribuindo com a proteção do meio ambiente em nossa cidade.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/891/m_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/891/m_6.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o senhor Valdir castanha, mais conhecido como ''caveira'', e para com o senhor Diego castanha, pelo empenho e dedicação que resultou na vitória do Campeonato TV Record de Futsal. Oportunidade na qual, congratulamos com o devido respeito e admiração os demais integrantes e jogadores que participaram.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/890/m_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/890/m_7.pdf</t>
   </si>
   <si>
     <t>requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os organizadores da 20 festa de peão de Itapuí, em especial ao senhor Paulo de lima Barbosa e família, que há anos se dedicam pela grandiosidade do evento. em nome da população itapuiense nosso muito obrigado .</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/889/m_8.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/889/m_8.pdf</t>
   </si>
   <si>
     <t>requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a Senhora gelsomina ferraz de souza , por dedicar frande parte da sua vida a comunidade de são josé da barra mansa, na cidade de itapui.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>Vandir Donizete Viaro, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/903/m_9.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/903/m_9.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a casa e dispensadas as formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Dr. Jurandir Luíz Cataldo, pelos relevantes trabalhos como médico em nossa cidade .</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça, Cidadania, Obras, Melhoramentos Públicos, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/798/p_decreto_l_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/798/p_decreto_l_01.pdf</t>
   </si>
   <si>
     <t>Aprova o parecer prévio do Tribunal de Contas do Estado de São Paulo, sobre as contas da Prefeitura Municipal, referentes ao exercício de 2015.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/892/p_d_l_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/892/p_d_l_2.pdf</t>
   </si>
   <si>
     <t>rejeitar o parecer prévio do tribunal de contas do estado de são Paulo, sobre as contas da prefeitura municipal, referentes ao exercício de 2016.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2124,68 +2124,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/752/p_l_c_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/898/p_l_c_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/763/p_l_c_4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/806/p_l_c_5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/809/p_l_c_6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/810/p_l_c_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/847/p_l_c_8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/879/p_l_c_09.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/897/p_l_c_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/862/p_l_c_11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/896/p_l_c_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/880/p_l_c_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/881/p_l_c_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/900/p_l_c_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/885/p_l_c_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/894/p_l_c_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/893/p_l_c_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/899/p_l_c_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/746/p_l_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/747/p_l_02.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/748/p_l_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/749/p_l_04.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/751/p_l_05.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/895/p_l_6.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/901/p_l_7.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/805/p_l_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/784/p_l_11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/758/p_l_12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/804/p_l_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/826/p_l_05.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/831/p_l_16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/785/p_l_17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/846/p_l_18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/836/p_l_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/855/p_l_21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/835/p_l_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/856/p_l_23.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/861/p_l_24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/834/p_l_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/878/p_l_26.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/837/p_l_27.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/840/p_l_28.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/838/p_l_29.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/839/p_l_30.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/791/p_l_31.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/873/p_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/764/ind_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/799/ind_02.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/661/ind_3.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/811/ind_04.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/816/ind_16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/817/ind_06.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/818/ind_07.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/819/ind_08.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/773/ind_09.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/774/ind_10.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/775/ind_11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/786/ind_12.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/787/ind_13.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/788/ind_14.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/789/ind_15.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/848/ind_16.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/849/ind_17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/850/ind_18.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/851/ind_19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/852/ind_20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/853/ind_21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/857/ind_22.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/858/ind_23.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/859/ind_24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/860/ind_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/863/ind_26.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/864/ind_27.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/865/ind_28.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/866/ind_29.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/867/ind_30.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/868/ind_31.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/869/ind_32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/870/ind_33.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/874/ind_34.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/875/ind_35.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/882/ind_37.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/883/ind_38.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/886/ind_39.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/887/ind_40.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/911/ind_41.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/910/ind_42.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/909/ind_43.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/908/ind_44.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/907/ind_45.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/906/ind_46.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/905/ind_47.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/904/ind_48.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/755/req_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/757/req_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/759/req_3.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/760/req_4.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/761/req_5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/762/req_6.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/765/req_7.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/766/req_8.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/767/req_9.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/768/req_10.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/792/req_11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/793/req_12.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/795/req_13.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/796/req_14.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/797/req_15.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/800/req_16.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/801/req_17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/802/req_18.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/803/req_19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/807/req_20.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/808/req_21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/812/req_22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/813/req_23.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/814/req_24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/815/req_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/821/req_27.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/822/req_28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/823/req_29.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/824/req_30.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/825/req_31.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/827/req_32.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/828/req_33.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/829/req_34.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/830/req_35.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/776/req_36.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/777/req_37.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/778/req_38.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/779/req_39.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/780/req_40.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/782/req_41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/783/req_42.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/790/req_43.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/832/req_44.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/833/req_45.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/841/req_46.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/842/req_47.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/843/req_48.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/844/req_49.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/845/req_50.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/854/req_51.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/871/req_52.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/872/req_53.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/876/req_54.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/877/req_55.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/888/req_56.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/902/req_57.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/753/m_01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/754/m_02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/756/m_03.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/820/m_04.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/884/m_5.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/891/m_6.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/890/m_7.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/889/m_8.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/903/m_9.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/798/p_decreto_l_01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/892/p_d_l_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/752/p_l_c_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/898/p_l_c_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/763/p_l_c_4.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/806/p_l_c_5.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/809/p_l_c_6.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/810/p_l_c_7.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/847/p_l_c_8.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/879/p_l_c_09.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/897/p_l_c_10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/862/p_l_c_11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/896/p_l_c_12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/880/p_l_c_13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/881/p_l_c_14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/900/p_l_c_15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/885/p_l_c_16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/894/p_l_c_17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/893/p_l_c_18.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/899/p_l_c_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/746/p_l_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/747/p_l_02.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/748/p_l_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/749/p_l_04.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/751/p_l_05.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/895/p_l_6.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/901/p_l_7.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/805/p_l_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/784/p_l_11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/758/p_l_12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/804/p_l_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/826/p_l_05.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/831/p_l_16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/785/p_l_17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/846/p_l_18.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/836/p_l_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/855/p_l_21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/835/p_l_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/856/p_l_23.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/861/p_l_24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/834/p_l_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/878/p_l_26.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/837/p_l_27.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/840/p_l_28.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/838/p_l_29.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/839/p_l_30.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/791/p_l_31.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/873/p_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/764/ind_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/799/ind_02.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/661/ind_3.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/811/ind_04.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/816/ind_16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/817/ind_06.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/818/ind_07.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/819/ind_08.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/773/ind_09.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/774/ind_10.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/775/ind_11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/786/ind_12.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/787/ind_13.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/788/ind_14.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/789/ind_15.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/848/ind_16.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/849/ind_17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/850/ind_18.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/851/ind_19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/852/ind_20.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/853/ind_21.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/857/ind_22.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/858/ind_23.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/859/ind_24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/860/ind_25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/863/ind_26.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/864/ind_27.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/865/ind_28.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/866/ind_29.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/867/ind_30.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/868/ind_31.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/869/ind_32.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/870/ind_33.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/874/ind_34.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/875/ind_35.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/882/ind_37.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/883/ind_38.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/886/ind_39.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/887/ind_40.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/911/ind_41.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/910/ind_42.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/909/ind_43.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/908/ind_44.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/907/ind_45.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/906/ind_46.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/905/ind_47.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/904/ind_48.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/755/req_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/757/req_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/759/req_3.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/760/req_4.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/761/req_5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/762/req_6.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/765/req_7.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/766/req_8.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/767/req_9.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/768/req_10.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/792/req_11.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/793/req_12.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/795/req_13.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/796/req_14.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/797/req_15.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/800/req_16.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/801/req_17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/802/req_18.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/803/req_19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/807/req_20.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/808/req_21.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/812/req_22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/813/req_23.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/814/req_24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/815/req_25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/821/req_27.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/822/req_28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/823/req_29.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/824/req_30.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/825/req_31.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/827/req_32.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/828/req_33.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/829/req_34.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/830/req_35.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/776/req_36.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/777/req_37.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/778/req_38.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/779/req_39.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/780/req_40.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/782/req_41.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/783/req_42.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/790/req_43.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/832/req_44.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/833/req_45.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/841/req_46.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/842/req_47.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/843/req_48.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/844/req_49.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/845/req_50.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/854/req_51.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/871/req_52.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/872/req_53.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/876/req_54.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/877/req_55.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/888/req_56.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/902/req_57.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/753/m_01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/754/m_02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/756/m_03.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/820/m_04.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/884/m_5.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/891/m_6.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/890/m_7.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/889/m_8.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/903/m_9.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/798/p_decreto_l_01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2018/892/p_d_l_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="85.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>