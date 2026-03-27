--- v0 (2025-10-30)
+++ v1 (2026-03-27)
@@ -54,2275 +54,2275 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/915/plcl_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/915/plcl_01.pdf</t>
   </si>
   <si>
     <t>Concede aos servidores públicos da Câmara Municipal de Itapuí, no mês de janeiro, auxilio alimentação adicional.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1152/plc_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1152/plc_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores públicos da Câmara Municipal de Itapuí e agentes políticos, do valor do ticket alimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/914/plce_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/914/plce_01.pdf</t>
   </si>
   <si>
     <t>Concede aos servidores públicos da Prefeitura de Itapuí, no mês de janeiro, auxilio alimentação adicional.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/938/plce_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/938/plce_02.pdf</t>
   </si>
   <si>
     <t>Cria função de confiança de responsável pelo Controle Financeiro e Contábil do Município, vinculado a Diretoria de Finanças.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/939/plce_03.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/939/plce_03.pdf</t>
   </si>
   <si>
     <t>Fixa as tabelas de vencimentos dos servidores públicos municipais de Itapuí, de acordo com as Leis Complementares Municipais nº 282,288 e 289.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/940/plce_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/940/plce_04.pdf</t>
   </si>
   <si>
     <t>Cria vaga para preenchimento de cargo público de carater efetivo e dá outras providências. ( Professor)</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/941/plce_05.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/941/plce_05.pdf</t>
   </si>
   <si>
     <t>Cria vaga para preenchimento de cargo público de carater efetivo e dá outras providências. (Operador de Maquina)</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/972/plc_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/972/plc_6.pdf</t>
   </si>
   <si>
     <t>Institui o programa extraordinário de regularização fiscal de itapui e dá outras providencias.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/973/plc_07.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/973/plc_07.pdf</t>
   </si>
   <si>
     <t>Cria vaga para preenchimento de cargo público de carater efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/992/plc_08.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/992/plc_08.pdf</t>
   </si>
   <si>
     <t>Cria vagas para preenchimento de cargo público de carater efetivo e da outras providencias.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/999/plc_09.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/999/plc_09.pdf</t>
   </si>
   <si>
     <t>Cria vagas para preenchimento de cargo público de carater efetivo e dá outras providências. ( auxiliar de desenvolvimento infantil)</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1000/plc_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1000/plc_10.pdf</t>
   </si>
   <si>
     <t>Estabelecea estrutura e o funcionamento do Conselho Tutelar de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1025/plc_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1025/plc_11.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 16 da Lei Complementar nº 300 de 12 de abril de 2023 e dispõe sobre aplicação do dispositivo no processo de escolha dos membros do Conselho Tutelar a ser realizado no exercício de 2023.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1032/ccf26052023.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1032/ccf26052023.pdf</t>
   </si>
   <si>
     <t>CRIA VAGA PARA PREENCHIMENTO DE CARGO PÚBLICO DE CARATER EFETIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1081/plc_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1081/plc_14.pdf</t>
   </si>
   <si>
     <t>Cria vaga para preenchimento de cargo público e carater efetivo e dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1099/plc_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1099/plc_14.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 282, de 21 de dezembro de 2022.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1110/plc_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1110/plc_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cargo e função pública, e dá outras providências.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1111/plc_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1111/plc_16.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a descontar em folha de pagamento dos servidores públicos municipais valores referentes à aquisição de convites para a 24ª Festa do Peão de Itapuí.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1119/plc_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1119/plc_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre planta generica de valores, para efeito de lançamento do Imposto Sobre a propriedade Predial e Territorial Urbano a partiri do exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1142/plc_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1142/plc_18.pdf</t>
   </si>
   <si>
     <t>Fixa valor do auxilio-alimentação dos servidores públicos da prefeitura municipal de Itapuí e dá outras providencias.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1145/plc_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1145/plc_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual dos servidores públicos do município de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1148/plc_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1148/plc_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema único de Assistencia Social do Município de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1150/plc_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1150/plc_21.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1161/plc_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1161/plc_22.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar terreno público e dá outras providências.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1162/plc_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1162/plc_23.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1163/plc_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1163/plc_24.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1164/plc_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1164/plc_25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cessão de direitos de posse de área de terra para fins industriais e dá outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1165/plc_26.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1165/plc_26.pdf</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1166/plc_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1166/plc_27.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1167/plc_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1167/plc_28.pdf</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/</t>
+    <t>http://sapl.itapui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de atendimento preferencial às pessoas com Transtorno do Espectro Autista- TEA e seus responsaveis, no âmbito do Município de Itapuí, e dá outras providencias.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>Antonio Donizete Duarte</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de remoção de locais públicos de dispositivos inservíveis por parte das concessionárias, permissionárias e autorizadas dos serviços de telecomunicações e de ditribuição de energia eletrica, na área territorial do Municipio de Itapuí.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>Luiz Carlos Pierazo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1022/pl_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1022/pl_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito da mulher à permanência de acompanhantes e atendentes pessoais nas salas de exame e consultas das unidades hospitalares, clinicas médicas e estabelecimentos afins, inclusive quando houver procedimentos sedativos, de anestesia geral e afins.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1023/pl_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1023/pl_4.pdf</t>
   </si>
   <si>
     <t>Institui politica de atenção integral à pessoa com doença de Parkinson no Município de Itapuí, Estado de São Paulo.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>Renan Nachbal</t>
   </si>
   <si>
     <t>Dispõe sobre ruidos urbanos e proteção do bem-estar e do sossego público no âmbito do Município de Itapuí e dá outras providencias.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>Institui a Campanha "Agosto Laranja, Mês de Conscientização sobre a Esclerose Multipla" no Município de Itapuí.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1151/pl_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1151/pl_7.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito Municipal, Presidente da Câmara Municipal e Vereadores, e dá outras providências.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/918/pl_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/918/pl_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$430.546,96 (quatrocentos e trinta mil, quinhentos e quarenta e seis reais e noventa e seis centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/919/pl_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/919/pl_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de inspeção industrial e sanitária de produtos de origem animal no Município de Itapuí, revoga a lei nº 2059 de 03 de julho de 2003; revoga lei nº 2728 de 07 de agosto de 2018; revoga a lei nº 2858 de 24 de março de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/920/pl_03.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/920/pl_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 842.168,10 (oitocentos e quarenta e dois mil, cento e sessenta e oito reais e dez centavos), e dá outras providencias.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/921/pl_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/921/pl_04.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. ( APAE)</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/922/pl_05.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/922/pl_05.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (APAE)</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/924/pl_06.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/924/pl_06.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (Casa da Criança)</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/925/pl_07.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/925/pl_07.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/926/pl_08.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/926/pl_08.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (SOS Animais)</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/927/pl_09.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/927/pl_09.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (Vila São Vicente)</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/928/pl_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/928/pl_10.pdf</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/929/pl_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/929/pl_11.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (Abrigo Nosso Lar)</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/930/pl_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/930/pl_12.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (Cancer)</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/931/pl_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/931/pl_13.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (APAE Jau)</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/932/pl_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/932/pl_14.pdf</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/933/pl_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/933/pl_15.pdf</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/934/pl_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/934/pl_16.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. ( Vila São Vicente)</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/935/pl_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/935/pl_17.pdf</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/936/pl_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/936/pl_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias.(Casa da Criança)</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/937/pl_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/937/pl_19.pdf</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/968/pl_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/968/pl_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 100.000,00 (cem mil reais) e dá outras providencias.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/969/pl_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/969/pl_21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de créditos especial de R$ 638.991,29 (seiscentos e trinta e oito mil, novecentos e noventa e um reais e vinte e nove centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/970/pl_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/970/pl_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 247.465,52 (duzentos e quarenta e sete reais, quatrocentos e sessenta e cinco reais e cinquenta e dois centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/971/pl_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/971/pl_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo Municipal para abertura de crédito adicional especial por superávit financeiro da ordem de R$ 2.607.530,72 (dois milhões, seiscentos e sete mil, quinhentos e trinta reais e setenta e dois centavos).</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/984/pl_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/984/pl_24.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica entidade que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/985/pl_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/985/pl_25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/989/pl_26.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/989/pl_26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 100.000,00 (cem mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/990/pl_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/990/pl_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de prolabore aos policiais civis que estejam prestando serviço no município de Itapuí e da outras providências.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/991/pl_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/991/pl_28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão no PPA e LDO  de novos anexos, autorização para abertura de crédito especial de R$ 508.054,57 (quinhentos e oito mil, cinquenta e quatro reais e cinquenta e sete centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/996/pl_29.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/996/pl_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal para inclusão de fonte de recurso federal na Lei nº 2.962 de 12 de setembro de 2022, alterada pela Lei nº 2.978 de 07 de dezembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/997/pl_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/997/pl_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Pode Executivo para celebrar parcelamento junto a Secretaria de infraestrutura e meio ambiente pela cobrança de uso de recursos hidricos e dá outras providências.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/998/pl_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/998/pl_31.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de credito especial de R$ 320.000, (trezentos e vinte mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1013/pl_32.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1013/pl_32.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a abrir crédito adicional especial por superavit financeiro de exercício anterior, e dá outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1016/pl_33.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1016/pl_33.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal para inclusão de rubrica da despesa no orçamento municipal do exercício financeiro vigente e dá otras providências.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1017/pl_34.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1017/pl_34.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a abrir crédito adicional especial por superavit financeiro de exercício anterior, e dá outras providências.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1026/pl_35.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1026/pl_35.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal 3.004 de 09 de fevereiro de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_36.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_36.pdf</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1046/pl_37.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1046/pl_37.pdf</t>
   </si>
   <si>
     <t>Eleva à categoria de zona urbana uma gleba de propriedade da prefeitura municipal de Itapuí com 100.505,327 metros quadrados, localizada no município de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1047/pl_38.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1047/pl_38.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar área de terra de sua propriedade ao fundo de arrendamento residencial-FAR, administrado pela Caixa Economica Federal.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1048/pl_39.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1048/pl_39.pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1049/pl_40.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1049/pl_40.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a abrir crédito adicional especial por superavit financeiro de exercício anterior, e dá outras providencias.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1050/pl_41.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1050/pl_41.pdf</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1051/pl_42.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1051/pl_42.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para instalação de infraestrutura de suporte para estação transmissora de rodiocomunicação- ETR autorizada pela Agência Nacional de Telecomunicações- ANATEL, nos termos da Legislação Federal vigente.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1052/pl_43.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1052/pl_43.pdf</t>
   </si>
   <si>
     <t>Regulamenta a tramitação de processos admnistrativos no âmbito da administração pública municipal.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1053/pl_44.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1053/pl_44.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 2º e 3º da Lei Municipal 3.010 de 17 de março de 2023 e dá outras providencias.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1054/pl_45.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1054/pl_45.pdf</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1055/pl_46.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1055/pl_46.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 396.002,74 (trezentos e noventa e seis mil, dois reais e setenta e quatro centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1056/pl_47.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1056/pl_47.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 410.580,29 (quatrocentos e dez mil, quinhentos e oitenta reais e vinte e nove centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1057/pl_48.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1057/pl_48.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências. (vila São Vicente)</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1058/pl_49.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1058/pl_49.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências. (Vila São Vicente)</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1059/pl_50.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1059/pl_50.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a subvencionar entidade que especifica nos termos do artigo 199, § 1º da Constituição Federal e dá outras providências. (Casa da Criança)</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1060/pl_51.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1060/pl_51.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo aditar termos de colaboração com Entidade que especifica e dá outras providencias. (Casa da Criança)</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1067/pl_52.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1067/pl_52.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Segurança alimentar e nutricional- CONSEA do Município de Itapuí/SP.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1068/pl_53.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1068/pl_53.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária nº 2725, de 15 de junho de 2018 e dá outras providencias.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1069/pl_54.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1069/pl_54.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóvel que especifica, mediante chamamento público e seleção de empresa do ramo de contrução civil para a construção de habitações de interesse social, no ambito do programa minha casa minha vida e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1079/pl_55.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1079/pl_55.pdf</t>
   </si>
   <si>
     <t>Disp~e sobre a LDO- Lei de Diretrizes Orçamentárias para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1080/pl_56.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1080/pl_56.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias públicas e dá outras providências.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1089/pl_57.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1089/pl_57.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal para inclusão de rubruca da despesa no Orçamento Municipal do exercício financeiro vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1090/pl_58.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1090/pl_58.pdf</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1091/pl_59.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1091/pl_59.pdf</t>
   </si>
   <si>
     <t>Denomina o Hospital e o Pronto Atendimento Municipal de Itapuí.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1097/pl_60.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1097/pl_60.pdf</t>
   </si>
   <si>
     <t>Autoriza o PoderExecutivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências. (Casa da Criança)</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1098/pl_61.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1098/pl_61.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2023 a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providencias. (Vila São Vicente)</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1102/pl_62.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1102/pl_62.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo para celebrar parcelamento junto a Secretaria de Educação do Estado de São Paulo.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1103/pl_63.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1103/pl_63.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Itapuí, para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1118/pl_64.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1118/pl_64.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial de R$ 615.073,26 (seiscentos e quinze mil, setenta e três reais e vinte e seis centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1127/pl_65.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1127/pl_65.pdf</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1128/pl_66.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1128/pl_66.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre convalidação de abertura de creditos suplementares adicionais e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1155/pl_67.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1155/pl_67.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCÍCIO DE 2024 A SUBVENCIONAR ENTIDADE QUE ESPECIFICA MEDIANTE TERMO DE COLABORAÇÃO OU FOMENTO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1133/pl_68.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1133/pl_68.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1135/pl_69.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1135/pl_69.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1138/pl_70.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1138/pl_70.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1140/pl_71.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1140/pl_71.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1141/pll_72.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1141/pll_72.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1143/pl_73.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1143/pl_73.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCÍCIO DE 2024 A SUBVENCIONAR ENTIDADE QUE ESPECIFICA MEDIANTE TEMRO DE COLABORAÇÃO OU FOMENTO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1144/pl_74.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1144/pl_74.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1146/pl_75.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1146/pl_75.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1147/pl_76.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1147/pl_76.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO NO EXERCÍCIO DE 2024 A SUBVENCIONAR ENTIDADE QUE ESPECIFICA MEDIANTE TERMO DE COLABORAÇÃO OU FOMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1149/pl_77.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1149/pl_77.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1156/pl_78.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1156/pl_78.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Itapuí, por sua procuradoria a dar quitação total da dívida cobrada no processo judicial 0000276-95.2017.4.03.6117 em trâmite na 1ª Vara da Justiça Federal de Jaú e dá outras providências.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1157/pl_79.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1157/pl_79.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Itapuí, por sua procuradoria a formalizar acordo referente ao objeto do processo judicial 1006008-40,2023.8.26.0302 em trâmite na 1ª Vara Civel do Fórum da Comarca de Jaú/SP e dá outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1158/pl_80.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1158/pl_80.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo no exercício de 2024, a subvencionar entidade que especifica mediante termo de colaboração ou fomento e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1159/pl_81.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1159/pl_81.pdf</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1160/pl_82.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1160/pl_82.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdir Donizetti Castanho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/965/i_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/965/i_01.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar instalar bancos na Rodoviária, a fim de acomodar os passageiros enquanto aguardam para embarque no ônibus.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/966/i_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/966/i_02.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que tome as devidas providências no sentido de melhorar o acesso e restaurar a rampa, já existente, no final da margem da Prainha, à esquerda para quem está de frente para o rio._x000D_
 				Também se faz necessário melhorar a iluminação no local, considerando que essa rampa é utilizada por pescadores e esportistas aquático como ponto de embarque e desembarque de barcos, lanchas e quaisquer outros equipamentos aquáticos.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/978/i_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/978/i_3.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que mande instalar placas de sinalização proibindo o estacionamento de veículos no canteiro central da Avenida do Porto, principalmente nos trechos próximos ao comercio e supermercados.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>Antonio Donizete Duarte, Alexandre José Rosalin, Anderson José Pilão, Luiz Carlos Pierazo, Rita de Cássia Sotto de Oliveira Silva Xavier</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/979/i_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/979/i_4.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de denominar a praça pública do bairro Bela Vista de “JOVIDEO DE CARMARGO”, como forma de reconhecimento pelo anos dedicados ao funcionalismo público.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/980/i_5.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/980/i_5.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de realizar as benfeitorias necessárias na Praça do bairro “Bela Vista”, determinando a instalação de brinquedos, bancos e iluminação pública no local.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de manter uma equipe de saúde especializada em primeiros socorros nas escolas com classes em período integral, objetivando atendimento rápido em caso de acidente com alguma criança.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com a Diretoria de Meio Ambiente do Município, e juntos elaborem um projeto de revitalização de nossa cidade, considerando que cada vez mais vemos ruas sem nenhuma arvore plantada.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, Antonio Donizete Duarte</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de reforçar a segurança nas escolas de nossa cidade, considerando os últimos ataques divulgado pela mídia em escolas que chocaram o pais. Sugerimos, instalação de cercas elétricas, câmeras de segurança e travas elétricas nos portões das escolas e creches municipal.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor de Obras para que tome as devidas providencias no sentido de tampar os buracos da rua Antônio da Costa Sobrinho, localizada no bairro Balneário Mar Azul II, pois esta e uma rua com maior fluxo de veículos daquele bairro.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1018/i_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1018/i_10.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para estude as possibilidades de denominar “Antonio Guarnieri Sobrinho” alguma rua ou prédio público, em demonstração do reconhecimento pelos anos dedicados a vida política e ao bem da população itapuiense.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1019/i_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1019/i_11.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para estude as possibilidades de denominar “Oswaldo Thomazella” alguma rua ou prédio público, em demonstração do reconhecimento pelos anos dedicados a vida política e ao bem da população itapuiense.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1020/i_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1020/i_12.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a viabilidade de construir uma calçada de acesso à pista de caminhada do Lago Municipal, afim de evitar que a população pise no gramado.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1028/i_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1028/i_13.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor Competente que construa obstáculos redutores de velocidade em ambos os sentidos da Avenida localizada no bairro “Jardim Bela Vista”, pois os moradores reclamam da velocidade que os veículos trafegam pelo local. Na oportunidade, solicito que sejam instalados braços de iluminação pública nas Praças ou áreas verdes do referido bairro.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1029/i_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1029/i_14.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que entre em contato com o Departamento Jurídico do Município para que sejam realizados os estudos necessários afim de atualizar a legislação municipal visando futuras instalações de antenas para operação do sistema 5G de telefonia.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1041/ind_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1041/ind_15.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de disponibilizar na Prainha de nossa cidade, um local para os amantes de som automotivo curtir momentos de lazer aos finais de semana sem prejudicar ou atrapalhar o sossego alheio, estipulando os horários permitidos.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1042/ind_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1042/ind_16.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar realizar benfeitorias no bairro Jardim Alvorada, da mesma forma que são realizadas nos demais bairros de nossa cidade.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_17.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome providencias urgentes no sentido de mandar recapear a rua José Antônio Lanza, localizada no bairro Girassol I, e a Avenida Ignez Romani pois está cada vez mais difícil de estacionar por causa dos buracos.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1061/ind_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1061/ind_18.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor de Obras para que instale placas com limites de velocidade nas ruas e avenidas de nossa cidade, principalmente nos bairros Girassol I e II.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1062/ind_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1062/ind_19.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, que determine ao Setor de Obras para que construa obstáculos redutores de velocidade na rua Angelo Crozera, localizada no bairro Jd. Maria Rosaria, pois os moradores reclamam e temem a velocidade que os veículos trafegam pelo local.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1070/ind_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1070/ind_20.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que entre em contato com os munícipes que fazem uso das fraldas geriátricas doadas pelo município, afim de tomar conhecimento das diversas reclamações com relação à qualidade das mesmas e avalie a possibilidade de substituí- lá por outras mais eficientes.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior, Matheus da Costa Aranha</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1071/ind_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1071/ind_21.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a possibilidade de mandar construir um canteiro na rotatória localizada na Avenida Paes de Barros, próximo ao Estádio Municipal, pois os motoristas não respeitam a sinalização e pode ocorrer acidentes no local.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1072/ind_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1072/ind_22.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar fechar o canteiro central da “Avenida Comendador José Maria de Almeida Prado”, no trecho entre as ruas Sete de Setembro e Ernesto Cafeu.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1073/ind_23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1073/ind_23.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de proibir estacionamento de veículos na “Avenida Comendador José Maria de Almeida Prado”, em frente ao imóvel número 10, pois os carros ali estacionados impedem a visão e o risco de acidentes é iminente.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1074/ind_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1074/ind_24.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que providencie e disponibilize o mais urgente possível a carteirinha de autista em nossa cidade, pois os pais estão cobrando a eficácia das leis que foram aprovadas e que beneficiariam os Autistas em seu dia a dia.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1075/ind_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1075/ind_25.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude a possibilidade de tornar mão dupla o trecho da rua Santo Antônio, entre a rua do loteamento novo e a rua Salma Simão Azar, para facilitar o transito e desvia-lo da porta do colégio uma vez que existe relatos de que os motoristas já estão subindo esse trecho na contra mão.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>Matheus da Costa Aranha</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1076/ind_26.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1076/ind_26.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que dê prioridade e realize a contratação de um médico veterinário para ser realizado a esterilização de cães e gatos considerando o concurso público vigente e a demanda de animais é muito grande, sem contar que os protetores pedem um olhar mais atencioso da administração a causa animal em nossa cidade.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1077/ind_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1077/ind_27.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as a possibilidade de centralizar as festividades em comemoração ao Aniversário da Cidade na praça central, visto que com isso vai impulsionar o comércio.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1078/ind_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1078/ind_28.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as a possibilidade de realizar concurso público para preenchimento das vagas de vigia, visto que a demanda é grande principalmente na Praça Central, próximo aos banheiros públicos e até mesmo dentro dos mesmos.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_29.doc</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_29.doc</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as a possibilidade de instalar placas no trevo de acesso ao município convidando e divulgando incentivos para instalação de novas empresas em nossa cidade.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1095/ind_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1095/ind_30.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as a possibilidade de mandar pintar as faixas de pedestres nas cores branca e vermelha nos pontos de maior movimento e fluxo de pessoas, com o objetivo de chamar mais atenção dos motoristas para que respeitem os pedestres.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1100/ind_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1100/ind_31.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar substituir as lâmpadas da rua Helena por lâmpadas de LED, afim de melhorar a iluminação e trazer mais segurança aos moradores.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1106/ind_32.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1106/ind_32.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de mandar substituir as lâmpadas das ruas Angelo Crozera e Alameda dos Cravos por lâmpadas de LED, afim de melhorar a iluminação e trazer mais segurança aos moradores.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1107/ind_33.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1107/ind_33.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que estude as possibilidades de fazer estacionamento para idoso e portadores de necessidades especiais em frente ao Pronto Socorro, com o objetivo de facilitar a locomoção e o acesso ao hospital.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que determine ao Setor Competente que realize um mutirão de limpeza nos bairros de nossa cidade, com o objetivo de controlar a proliferação de ratos e animais peçonhentos. Em especial, solicito que seja efetuado a limpeza da área verde localizada na Rua Hugo Chicone, no bairro Irmãos Franceschi, pois os moradores reclamam do surgimento de escorpiões em suas residências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que tome as devidas providências no sentido de elaborar e executar um projeto de revitalização das ruas de nossa cidade, realizando o plantio de mudas de árvores principalmente em frente aos prédios públicos, pois estima-se que seja possível o plantio de aproximadamente 5 mil mudas em nosso município.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal, para que denomine de “Ana Cecilia Palanim Castelani” alguma rua ou prédio público, atendendo a reivindicação de seus familiares.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1132/i_37.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1132/i_37.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/974/r_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/974/r_01.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Padre Danilo Rosa de Moraes, pelo brilhante trabalho realizado em nossa cidade junto da comunidade.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/975/r_02.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/975/r_02.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Padre José Carlos Frederice, considerando o vínculo construído junto a população, sempre muito amado e querido por todos.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/976/r_03.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/976/r_03.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional do D.E.R- Departamento de Estradas e Rodagens, solicitando informações sobre quando serão realizadas obras de recuperação do leito viário da estrada vicinal “Angelo Poli”, pois com as chuvas os buracos aumentaram consideravelmente.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>Anderson José Pilão</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/986/r_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/986/r_4.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Pastor Evangelista Izaque dos Santos, pelos longos anos como Pastor da Igreja Assembleia de Deus Ministério do Ipiranga em nossa cidade.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Deputado Estadual Ricardo Madalena, por todo empenho junto ao Governo do Estado para viabilizar recursos para saúde que foram aplicados na aquisição de ambulâncias, veículo para a área e custeio das estruturas de atendimento da prefeitura.  _x000D_
 Para estimular a prática esportiva que promove mais qualidade de vida, o deputado viabilizou obras na quadra de futebol society e a construção de piscina comunitária. E para a educação um novo caminhão para transporte de merenda e um ônibus escolar para atender os alunos com mais conforto e segurança. _x000D_
 O deputado também destinou um novo veículo para a APAE, visando fortalecer os projetos da instituição para educação e inclusão de pessoas com deficiência. Neste ano foram destinados mais R$ 250 mil para custeio da saú</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense ao Deputado Federal Luiz Carlos Motta, pelo trabalho que vem realizando em benefício da população itapuiense.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional da CPFL- Companhia Paulista de Força e Luz, solicitando providências urgentes com relação ao conserto ou substituição do poste localizado na Avenida Comendador José Maria de Almeida Prado, nº 604, pois o mesmo corre o risco de cair após a colisão de um veículo.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Diretor da Empresa de Ônibus Expresso de Prata, solicitando informações sobre por que motivos o ônibus não entra mais em nossa cidade, considerando que muitos munícipes fazem uso da linha e reclamam por não desembarcar na rodoviária.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende disponibilizar os microfones solicitados para os trabalhos junto ao CCI- Centro de Convivência do Idoso. Na oportunidade, e em atendimento ao que reivindica os assistidos, solicito informação sobre por que motivos o atendimento não e realizado no prédio construído para o programa.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1024/r_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1024/r_10.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado a Mesa Diretora desta Casa, para que nos terno do Regimento Interno apresente apara apreciação um Decreto Legislativo outorgando Título de Cidadão Itapuiense a Senhora Alessandra Cristina Soares Garcia Algarin, pelo trabalho que realiza em benefício da mulher.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1033/r_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1033/r_11.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando a Secretaria de Meio Ambiente do Município pretende promover campanhas de educação ambiental nas escolas de nossa cidade, bem como realizar a instalação de lixeiras de coleta seletiva em pontos específicos do município.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1034/r_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1034/r_12.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se é possível determinar que as Secretarias do Município realizem audiências públicas quadrimestrais, com o objetivo de apresentar relatórios de atividades desempenhadas pela pasta.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1035/r_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1035/r_13.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a cópia do Requerimento encaminhado à CPFL, onde conste a data do protocolo requerendo a ligação da rede elétrica na Estação de Tratamento de Esgoto.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1036/r_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1036/r_14.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional da Eixo SP, para que providencie a retirada da placa que foi instalada na entrada da cidade, próximo ao portal e a empresa Reval, pois a mesma atrapalha a visibilidade dos motoristas ao sair da empresa.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1045/r_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1045/r_15.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional do DER- Departamento de Estradas e Rodagens para que tome as devidas providências no sentido de determinar que seja realizada uma vistoria afim de detectar todos os pontos de afundamento asfáltico e esburacados na via, para que sejam corrigidos o mais urgente possível antes que ocorra algum acidente.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1064/req_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1064/req_16.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal e ao Diretor de Obras do Município, solicitando informações sobre quando pretendem realizar um mutirão para identificar e substituir as tampas das galerias de captação de agua de nossa cidade que estão danificadas ou inexistente.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1065/req_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1065/req_17.pdf</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1066/req_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1066/req_18.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional Empresa de Correis e Telégrafos, solicitando providencias no sentido de que as entregas sejam realizada no bairro Terras de Santa Maria, considerando o número crescente de famílias com residência fixa no bairro e todas as ruas estão devidamente identificadas com placas.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1082/req_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1082/req_19.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre qual o destino dos bancos antigos que foram substituídos na Praça da Matriz, pois a população está questionando.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1083/req_20.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1083/req_20.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre a veracidade de que as multas de transito serão descontadas dos motoristas, bem como que encaminhe a legislação municipal pertinente.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1084/req_21.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1084/req_21.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre quando pretende realizar as obras necessárias na Avenida Comendador José Maria de Almeida Prado afim de diminuir os acidentes no local, considerando o ultimo acedente grave e as Indicações nº 07/2022 e 18/2022 em anexo.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1092/r_22.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1092/r_22.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a cópia da matricula atualizada da área do camping municipal, bem como uma declaração do Engenheiro do Município atestando a metragem.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1093/r23.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1093/r23.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional da EIXO-SP, solicitando informações sobre a possibilidade de melhorar a iluminação no trevo de acesso ao município, localizado na rodovia Comandante João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1096/req_24.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1096/req_24.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia do processão licitatório para contratação da empresa que realizará os serviços de recapeamento asfáltico no novo Distrito Industrial.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1104/r_25.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1104/r_25.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia do processão licitatório para contratação da empresa e aquisição de materiais para a reforma da piscina municipal.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis a relação das despesas do município com combustível desde janeiro de 2023.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1113/r_27.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1113/r_27.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando pretende reiniciar as obras de reforma do Cetro de Lazer do Trabalhador “Cyro Portieri”, considerando que o local sempre foi muito frequentado pela população itapuiense.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1114/r_28.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1114/r_28.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando pretende retirar as placas proibindo estacionar na Prainha de nossa cidade, pois é incoerente proibir o estacionamento no principal ponto turístico de nossa cidade.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1115/r_29.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1115/r_29.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre quando pretende responder os Requerimentos encaminhados por esta Casa de Leis, considerando a função fiscalizadora dos Veradores.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1116/r_30.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1116/r_30.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Diretor da CETESB, solicitando que encaminhe a esta Casa de Leis cópia das notificações feitas ao Município durante os últimos 3 anos, bem como se teve alguma penalidade aplicada.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1117/r_31.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1117/r_31.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Gerente Regional da CPFL- Companhia Paulista de Força e Luz para que tome as devidas providencias no sentido de verificar a rede de distribuição de energia dos bairros Mar Azul e Jardim Primavera, pois as quedas de energias estão cada vez mais constate e a população tem reclamado bastante.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia dos convenio firmados com as ONGs de Proteção Animal durante os exercícios de 2022 e 2023, bem como cópia da prestação de contas dos valores repassados.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis a relação de servidores do município que estão nomeados para exercer cargos em comissão (diretorias) ou funções de confiança( chefe, coordenador ou atividade gratificada).</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis a relação de servidores e estagiários do Gabinete do Prefeito, bem como informações se os mesmos estão aptos e autorizados a responder em nome do Executivo em estabelecimentos comerciais de nossa cidade.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado às Agencias Bancarias de nossa cidade, solicitando informações se possui contrato junto da Prefeitura Municipal para concessão de empréstimo consignado aos servidores públicos municipais, e se não possuem por quais motivos.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1153/r_36.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1153/r_36.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando que encaminhe a esta Casa de Leis cópia dos convenios formados com as ONGs de Proteção Animal durante os exercícios de 2022 e 2023, bem como cópia da prestação de contas dos valores repassados.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1154/r_37.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1154/r_37.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas as formalidades legais, seja oficiado ao Senhor Prefeito Municipal, solicitando informações sobre qual será o destino do atual prédio onde está instalada a Polícia Militar, considerando que em breve vão mudar para o antigo prédio da Casa da Lavoura. Solicito, ainda, que informe se esse local é do Município ou do Estado.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/967/m_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/967/m_01.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a jovem Raissa Camargo Ferraz, pela conquista do Título de Miss Brasil – Beleza Brasileira/ 2022, representando o Estado de São Paulo e nossa querida Itapuí. _x000D_
 					Com o apoio da família, Raissa iniciou muito jovem a carreira, desde então coleciona títulos e representa com louvor nossa cidade.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/981/m_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/981/m_2.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Médico Plantonista, Dr. Willian Cazarini Ito, pelo excelente trabalho e dedicação, sendo constantemente elogiados pela população que busca atendimento no Pronto Socorro.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>Rita de Cássia Sotto de Oliveira Silva Xavier, Alexandre José Rosalin, Anderson José Pilão, Antonio Donizete Duarte, Gilmar Sabino Belchior, Luiz Carlos Pierazo, Matheus da Costa Aranha, Renan Nachbal, Valdir Donizetti Castanho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/982/m_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/982/m_3.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a Policia Militar pelo excelente trabalho realizado durante os festejos de carnaval, garantindo a segurança da população e o sucesso do evento.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>Anderson José Pilão, Alexandre José Rosalin, Antonio Donizete Duarte, Gilmar Sabino Belchior, Luiz Carlos Pierazo, Matheus da Costa Aranha, Renan Nachbal, Rita de Cássia Sotto de Oliveira Silva Xavier, Valdir Donizetti Castanho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/983/m_4.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/983/m_4.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata MOÇÃO DE APOIO desta Casa para que neste e em futuros Governos Federais seja mantida como empresa pública, com ampla presença no território nacional, desenvolvida e atualizada tecnologicamente, gerida de modo profissional e com a readequação de seu quadro funcional mediante a abertura de concurso público, com o objetivo de prestar serviços de qualidade à toda população brasileira, com ampliação da sua relevância para os pequenos negócios e para os cidadãos, visando atender às necessidades dos municípios.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Senhor Antonio Álvaro de Souza – Prefeito Municipal, e para com a Senhora Maria Clélia Viaro Pichelli- Vice- Prefeita, pelo excelente trabalho realizado frente a administração de nossa cidade, sendo notável a evolução e o progresso do município.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1021/m_6.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1021/m_6.pdf</t>
   </si>
   <si>
     <t>Considerando o orgulho e admiração à história de vida e de superação do Proprietário da Empresa Dener Alimentos, bem como o significado na vida de muitas de famílias de nossa cidade, pois atualmente possui 350 colaboradores diretos e indiretos, Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Senhor Adenilson Antonio Guarnieri por contribuir com o desenvolvimento de nossa cidade através da geração de emprego, e na oportunidade Parabenizar a empresa Dener Alimentos pelos seus 30 anos de fundação.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1027/m_7.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1027/m_7.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de profundo pesar pelo falecimento do Senhor Danilo Sgaviolli. Oportunidade na qual externamos nossos mais sinceros sentimentos aos familiares e amigos.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1030/m_8.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1030/m_8.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com o Senhor André Luiz Fanti, pela participação durante os eventos em comemoração à Semana da Enfermagem em nossa cidade, ministrando palestras ricas em conhecimentos e experiências aos profissionais da área.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>Alexandre José Rosalin</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1031/m_09.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1031/m_09.pdf</t>
   </si>
   <si>
     <t>Considerando que o Serviço Social é uma das profissões mais importantes e fundamentais que possuímos, pois a categoria atende as demandas dos cidadãos que mais necessitam atuando no combate à desigualdade sociais, econômicas e culturais._x000D_
 _x000D_
 			Considerando que a categoria enfrenta uma série de dificuldades, ainda não possuem um piso salarial justo, capaz de recompensar esses profissionais que tanto lutam por uma sociedade mais justa ._x000D_
              		Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata Moção de Apelo ao Presidente do Senado, solicitando apoio na aprovação do Projeto de Lei nº 2693/2020, que institui o piso salarial dos assistentes sociais.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1044/m_10.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1044/m_10.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata Moção de congratulações e agradecimentos para com a Cidadã Itapuiense Mariane Bertolucci Casalenovo, pelo trabalho voluntario que realiza resgatando, reabilitando e destinando para adoção os animais abandonados das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1063/m_11.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1063/m_11.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a Cantora e Compositora Católica  Valquíria Almeida, pelo show maravilhoso realizado em nossa cidade no último sábado, reunindo e iluminando o coração dos nossos munícipes durante o evento.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>Alexandre José Rosalin, Anderson José Pilão, Antonio Donizete Duarte, Gilmar Sabino Belchior, Luiz Carlos Pierazo, Matheus da Costa Aranha, Renan Nachbal, Rita de Cássia Sotto de Oliveira Silva Xavier, Valdir Donizetti Castanho</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1088/m_12.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1088/m_12.pdf</t>
   </si>
   <si>
     <t>Diante do Exposto, os Vereadores subscritores desta proposição, na forma regimental, depois de ouvido em plenário, requerem à Mesa Diretora da Câmara, o envio de expediente com MOÇÃO DE APELO aos Excelentíssimos Senhores e Senhoras Ministros e Ministras do Supremo Tribunal Federal, nos seguintes termos enunciados:_x000D_
 “Manifesta apelo aos Excelentíssimos Senhores e Senhoras Ministros e Ministras da Suprema Corte Brasileira, para que antes de decidirem a Medida Cautelar na Reclamação 61.246, São Paulo, que observem o desalento que vem assolando os Servidores Públicos Municipais e Estaduais do Estado de São Paulo, é sabido que todos os Servidores Públicos do Estado de São Paulo, mesmo durante toda a Pandemia, trabalharam arduamente e produziram, alcançado as metas dos Governos, Municipais e Estadual”. _x000D_
 Solicitamos por extensão, cópias ao Excelentíssimo Senhor Presidente do Egrégio Tribunal de Contas do Estado de São Paulo, como também ao Presidente do Sindicato União dos Servidores do Poder</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1101/m_13.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1101/m_13.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com as Senhoras Elaine Guarnieri e Cristiane Bortolucci, pelo excelente trabalho voluntario que prestam resgatando os animais abandonados das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1108/m_14.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1108/m_14.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os Munícipes Senhor Eliton Spirandelli e Senhora Fernanda Ribeiro, pelo excelente trabalho voluntario que prestam auxiliando nos cuidados dos animais abandonados das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1109/m_15.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1109/m_15.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de Repudio e Indignação com relação a CPFL- Companhia Paulista de Força e Luz, pelo descaso com que vem tratando os requerimentos enviados por esta Casa de Leis, em especial os que solicitam a substituição do poste que está caindo na Avenida Comendador José Maria de Almeida Prado.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1134/m_16.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1134/m_16.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com a Família Pereira, proprietários do trailer localizado no bairro Waldomiro Guarinon, pelo trabalho realizado na revitalização da pracinha onde estão instalados, utilizando- se de recursos próprios conseguem manter a higiene do local e ainda realizaram um trabalho artístico de pintura nos muros.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1136/m_17.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1136/m_17.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com Diretores e funcionários da Eixo/SP, em especial ao Senhor Vinicius Rosa, pelo excelente trabalho realizado na via de acesso Prefeito Alberto Massoni, mantendo a pista sempre limpa e em prefeitas condições para trafegar.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1137/m_18.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1137/m_18.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os Senhores Rogerio Hudson da Silva- Diretor de Esportes do Município, Eduardo Felício- Professor de Educação Física, Diego F. Castanho- Diretor do Itapuí Futsal, e todos os atletas que participaram do Campeonato Paulista de Fustsal, que com muita garra conseguiram trazer o título de Campeão para nossa cidade.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1139/m_19.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1139/m_19.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades regimentais, seja consignado em ata votos de congratulações e agradecimentos para com os professores de educação física da EMEF “Manoel Rodrigues Ferreira”, Alfredo Pereira Junior, Narciso Franceschi Filho e Irineu Fabio Ferraz, pelo excelente trabalho juntos aos alunos fazendo a arrecadação de lacres de alumínio para doação de cadeiras de roda às entidades de nossa cidade._x000D_
 			O projeto que foi idealizado há 6 anos pela ex-aluna Maria Eduardo Prado e coordenado pelos professores, que beneficiaram à APAE Renascer de Itapuí e o Asilo São Vicente de Paulo com a doação das cadeiras.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1094/ccf_000061.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1094/ccf_000061.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei Ordinária do Legislativo n.º 05/2023.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça, Cidadania, Obras, Melhoramentos Públicos, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1130/ccf_000069.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1130/ccf_000069.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei Complementar n.º 17/2023</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão Temática</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1007/ccf_000042.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1007/ccf_000042.pdf</t>
   </si>
   <si>
     <t>Parecer da  Comissão de Constituição, Justiça, Cidadania, Obras, Melhoramentos Públicos, Finanças e Orçamento, do Projeto de Lei Complementar, de autoria do Poder Executivo n.º 10 de 22 de março de 2023, que “Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Itapuí e dá outras providências”</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1008/ccf_000043.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1008/ccf_000043.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça, Cidadania, Obras, Melhoramentos Públicos, Finanças e Orçamento, do Projeto de Lei Ordinária, de autoria do Nobre Vereador, Senhor Antonio Donizete Duarte, n.º 02 de 21 de março de 2023, que “Dispõe sobre a obrigatoriedade de remoção de locais públicos de dispositivos inservíveis por parte das concessionárias, permissionárias e autorizadas dos serviços de telecomunicações e de distribuição de energia elétrica, na área territorial do Município de Itapuí”.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1085/ccf_000062.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1085/ccf_000062.pdf</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária do Legislativo n.º 05/2023.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária do Executivo n.º 55/2023 - Lei de Diretrizes Orçamentárias</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei Ordinária do Executivo n.º 63/2023, que estima a receita e fixa a despesa do Município de Itapuí, para o exercício financeiro de 2024 - LOA.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>Parecer Verbal ao Projeto de Lei Complementar n.º 17/2023 e à emenda ao Projeto de Lei Complementar n.º 17/2023</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/977/pd_01.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/977/pd_01.pdf</t>
   </si>
   <si>
     <t>Outorga título de cidadão itapuiense ao Dr. Raul Aparecido Gonçalves Paula e dá outras providências.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/987/pd_2.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/987/pd_2.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Itapuiense ao Padre Danilo Rosa de Moraes e da outras providencias.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/988/pd_3.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/988/pd_3.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadão Itapuiense ao Padre José Carlos Frederice e dá outras providências.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/993/pd_04.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/993/pd_04.pdf</t>
   </si>
   <si>
     <t>Outorga título de cidadão itapuiense ao Pastor Evangelista Izaque dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>Outorga título de cidadão itapuiense ao Deputado Estadual Ricardo Madalena e dá outras providências.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>Outorga título de cidadão itapuiense ao Deputado Federal Luiz Carlos Motta e dá outras providencias.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1037/pd_07.pdf</t>
+    <t>http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1037/pd_07.pdf</t>
   </si>
   <si>
     <t>Outorga título de cidadão itapuiense a Senhora Alessandra Cristina Soares Garcia Algarin e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2629,67 +2629,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/915/plcl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1152/plc_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/914/plce_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/938/plce_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/939/plce_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/940/plce_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/941/plce_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/972/plc_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/973/plc_07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/992/plc_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/999/plc_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1000/plc_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1025/plc_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1032/ccf26052023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1081/plc_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1099/plc_14.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1110/plc_15.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1111/plc_16.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1119/plc_17.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1142/plc_18.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1145/plc_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1148/plc_20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1150/plc_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1161/plc_22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1162/plc_23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1163/plc_24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1164/plc_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1165/plc_26.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1166/plc_27.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1167/plc_28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1022/pl_3.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1023/pl_4.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1151/pl_7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/918/pl_01.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/919/pl_02.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/920/pl_03.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/921/pl_04.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/922/pl_05.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/924/pl_06.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/925/pl_07.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/926/pl_08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/927/pl_09.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/928/pl_10.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/929/pl_11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/930/pl_12.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/931/pl_13.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/932/pl_14.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/933/pl_15.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/934/pl_16.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/935/pl_17.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/936/pl_18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/937/pl_19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/968/pl_20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/969/pl_21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/970/pl_22.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/971/pl_23.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/984/pl_24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/985/pl_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/989/pl_26.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/990/pl_27.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/991/pl_28.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/996/pl_29.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/997/pl_30.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/998/pl_31.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1013/pl_32.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1016/pl_33.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1017/pl_34.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1026/pl_35.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_36.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1046/pl_37.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1047/pl_38.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1048/pl_39.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1049/pl_40.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1050/pl_41.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1051/pl_42.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1052/pl_43.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1053/pl_44.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1054/pl_45.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1055/pl_46.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1056/pl_47.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1057/pl_48.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1058/pl_49.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1059/pl_50.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1060/pl_51.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1067/pl_52.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1068/pl_53.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1069/pl_54.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1079/pl_55.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1080/pl_56.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1089/pl_57.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1090/pl_58.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1091/pl_59.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1097/pl_60.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1098/pl_61.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1102/pl_62.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1103/pl_63.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1118/pl_64.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1127/pl_65.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1128/pl_66.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1155/pl_67.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1133/pl_68.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1135/pl_69.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1138/pl_70.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1140/pl_71.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1141/pll_72.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1143/pl_73.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1144/pl_74.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1146/pl_75.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1147/pl_76.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1149/pl_77.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1156/pl_78.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1157/pl_79.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1158/pl_80.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1159/pl_81.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1160/pl_82.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/965/i_01.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/966/i_02.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/978/i_3.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/979/i_4.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/980/i_5.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1018/i_10.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1019/i_11.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1020/i_12.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1028/i_13.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1029/i_14.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1041/ind_15.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1042/ind_16.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1061/ind_18.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1062/ind_19.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1070/ind_20.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1071/ind_21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1072/ind_22.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1073/ind_23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1074/ind_24.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1075/ind_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1076/ind_26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1077/ind_27.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1078/ind_28.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_29.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1095/ind_30.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1100/ind_31.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1106/ind_32.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1107/ind_33.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1132/i_37.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/974/r_01.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/975/r_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/976/r_03.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/986/r_4.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1024/r_10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1033/r_11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1034/r_12.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1035/r_13.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1036/r_14.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1045/r_15.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1064/req_16.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1065/req_17.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1066/req_18.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1082/req_19.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1083/req_20.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1084/req_21.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1092/r_22.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1093/r23.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1096/req_24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1104/r_25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1113/r_27.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1114/r_28.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1115/r_29.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1116/r_30.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1117/r_31.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1153/r_36.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1154/r_37.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/967/m_01.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/981/m_2.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/982/m_3.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/983/m_4.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1021/m_6.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1027/m_7.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1030/m_8.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1031/m_09.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1044/m_10.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1063/m_11.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1088/m_12.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1101/m_13.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1108/m_14.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1109/m_15.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1134/m_16.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1136/m_17.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1137/m_18.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1139/m_19.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1094/ccf_000061.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1130/ccf_000069.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1007/ccf_000042.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1008/ccf_000043.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1085/ccf_000062.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/977/pd_01.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/987/pd_2.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/988/pd_3.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/993/pd_04.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1037/pd_07.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/915/plcl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1152/plc_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/914/plce_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/938/plce_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/939/plce_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/940/plce_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/941/plce_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/972/plc_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/973/plc_07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/992/plc_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/999/plc_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1000/plc_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1025/plc_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1032/ccf26052023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1081/plc_14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1099/plc_14.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1110/plc_15.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1111/plc_16.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1119/plc_17.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1142/plc_18.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1145/plc_19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1148/plc_20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1150/plc_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1161/plc_22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1162/plc_23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1163/plc_24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1164/plc_25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1165/plc_26.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1166/plc_27.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1167/plc_28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1022/pl_3.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1023/pl_4.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1151/pl_7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/918/pl_01.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/919/pl_02.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/920/pl_03.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/921/pl_04.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/922/pl_05.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/924/pl_06.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/925/pl_07.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/926/pl_08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/927/pl_09.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/928/pl_10.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/929/pl_11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/930/pl_12.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/931/pl_13.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/932/pl_14.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/933/pl_15.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/934/pl_16.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/935/pl_17.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/936/pl_18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/937/pl_19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/968/pl_20.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/969/pl_21.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/970/pl_22.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/971/pl_23.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/984/pl_24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/985/pl_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/989/pl_26.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/990/pl_27.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/991/pl_28.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/996/pl_29.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/997/pl_30.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/998/pl_31.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1013/pl_32.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1016/pl_33.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1017/pl_34.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1026/pl_35.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1038/pl_36.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1046/pl_37.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1047/pl_38.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1048/pl_39.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1049/pl_40.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1050/pl_41.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1051/pl_42.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1052/pl_43.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1053/pl_44.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1054/pl_45.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1055/pl_46.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1056/pl_47.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1057/pl_48.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1058/pl_49.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1059/pl_50.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1060/pl_51.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1067/pl_52.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1068/pl_53.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1069/pl_54.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1079/pl_55.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1080/pl_56.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1089/pl_57.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1090/pl_58.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1091/pl_59.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1097/pl_60.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1098/pl_61.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1102/pl_62.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1103/pl_63.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1118/pl_64.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1127/pl_65.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1128/pl_66.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1155/pl_67.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1133/pl_68.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1135/pl_69.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1138/pl_70.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1140/pl_71.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1141/pll_72.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1143/pl_73.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1144/pl_74.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1146/pl_75.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1147/pl_76.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1149/pl_77.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1156/pl_78.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1157/pl_79.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1158/pl_80.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1159/pl_81.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1160/pl_82.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/965/i_01.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/966/i_02.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/978/i_3.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/979/i_4.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/980/i_5.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1018/i_10.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1019/i_11.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1020/i_12.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1028/i_13.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1029/i_14.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1041/ind_15.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1042/ind_16.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1043/ind_17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1061/ind_18.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1062/ind_19.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1070/ind_20.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1071/ind_21.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1072/ind_22.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1073/ind_23.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1074/ind_24.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1075/ind_25.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1076/ind_26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1077/ind_27.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1078/ind_28.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1087/indicacao_29.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1095/ind_30.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1100/ind_31.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1106/ind_32.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1107/ind_33.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1132/i_37.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/974/r_01.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/975/r_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/976/r_03.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/986/r_4.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1024/r_10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1033/r_11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1034/r_12.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1035/r_13.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1036/r_14.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1045/r_15.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1064/req_16.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1065/req_17.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1066/req_18.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1082/req_19.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1083/req_20.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1084/req_21.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1092/r_22.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1093/r23.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1096/req_24.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1104/r_25.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1113/r_27.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1114/r_28.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1115/r_29.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1116/r_30.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1117/r_31.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1153/r_36.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1154/r_37.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/967/m_01.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/981/m_2.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/982/m_3.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/983/m_4.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1021/m_6.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1027/m_7.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1030/m_8.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1031/m_09.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1044/m_10.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1063/m_11.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1088/m_12.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1101/m_13.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1108/m_14.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1109/m_15.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1134/m_16.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1136/m_17.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1137/m_18.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1139/m_19.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1094/ccf_000061.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1130/ccf_000069.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1007/ccf_000042.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1008/ccf_000043.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1085/ccf_000062.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/977/pd_01.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/987/pd_2.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/988/pd_3.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/993/pd_04.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2023/1037/pd_07.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H228"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="84.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="84" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>