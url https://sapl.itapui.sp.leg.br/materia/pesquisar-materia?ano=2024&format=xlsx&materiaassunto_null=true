--- v0 (2025-10-28)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1735" uniqueCount="741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1735" uniqueCount="742">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -69,51 +69,51 @@
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1224/ccf_0000781.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapui.sp.leg.br/media/</t>
+    <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1383/projeto_de_lei_complementar_reajuste.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos servidores públicos da Câmara Municipal de Itapuí, do valor do ticket alimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1182/plc_01.pdf</t>
   </si>
   <si>
     <t>Institui programa extraordinário de regularização fiscal de Itapuí e dá outras providências.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
@@ -1609,50 +1609,53 @@
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se existem garis contratados por alguma empresa que preste serviço ao município. Se afirmativa a resposta, solicitamos o encaminhamento do processo licitatório, bem como a relação completa das pessoas que desenvolvem essa função.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1178/r_04.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre o desfile das Escolas de Samba do Município, se haverá ou não o desfile, e por quais motivos.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior, Valdir Donizetti Castanho</t>
   </si>
   <si>
     <t>https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1190/r_05.pdf</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações sobre a relação de abastecimentos efetuados em cidades da região, anexo a este requerimento e extraído do portal de transparência, totalizando 14.963,61 (quatorze mil, novecentos e sessenta e três reais e sessenta e um centavos). Com base nessas informações, solicito explicações para tais despesas considerando que o município tem combustível licitado nos postos de nossa cidade.</t>
   </si>
   <si>
     <t>1191</t>
+  </si>
+  <si>
+    <t>https://sapl.itapui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando que encaminhe a esta Casa de Leis a cópia da Nota Fiscal, bem como do empenho referente a aquisição das telhas utilizadas na coberturas das salas que foram construídas na escola municipal “Manoel Rodrigues Ferreira”, bem como informações sobre o destino das telhas antigas e do madeiramento que foi retirado do local.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se foram efetuados pagamentos de serviços de terraplanagem para construção da piscina no Parque Aquático Municipal mesmo já existindo licitação.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>Requeiro, ouvida a Casa e dispensadas às formalidades legais, seja oficiado ao Senhor Prefeito Municipal solicitando informações se a caminhonete enviada pelo Governo para ser utilizada no Patrulhamento da área rural está sendo utilizada pra este fim, ou se apenas serve de veículo de passeio aos funcionários de confiança do prefeito.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>Gilmar Sabino Belchior, Matheus da Costa Aranha, Valdir Donizetti Castanho</t>
   </si>
   <si>
     <t>Considerando que estamos no último ano do mandato, e que medidas drásticas são necessárias para o encerramento do ano, como por exemplo, cortes de despesas na área da saúde;_x000D_
 	Considerando outros problemas crônicos enfrentados pela administração durante todos esses anos, como a falta de abastecimento de água;_x000D_
@@ -2593,67 +2596,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1224/ccf_0000781.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1182/plc_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1195/plc_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1196/plc_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1197/plc_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1198/plc_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1214/plc_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1245/plc_7.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1246/plc_8.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1247/plc_9.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1251/plc_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1269/plc_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1270/plc_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1288/plc_13.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1305/plc_14.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1320/plc_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1340/plc_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1341/plc_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1342/plc_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1354/plc_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1355/plc_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1356/plc_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1357/plc_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1377/plc_26.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1378/plc_27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1225/ccf_0000791.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1268/pll_03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1343/pl_04.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1171/pl_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1172/pl_02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1173/pl_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1174/pl_04.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1179/pl_05.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_06.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_07.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1189/ccf16022024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1199/pl_9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1212/pl_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1213/pl_12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1218/pl_13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1219/ccf_0000821.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1220/ccf_0000831.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1221/ccf_0000841.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1222/ccf_0000851.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1223/pl_18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1228/ccf_0000861.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1229/ccf_0000871.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1230/ccf_0000881.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1244/pl_23.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1252/pl_24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1253/pl_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1254/pl_26.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1255/pl_27.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1256/pl_28.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_29.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1258/pl_30.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1259/pl_31.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1265/pl_32.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1266/pl_33.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1267/pl_34.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1271/pl_35.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1272/pl_36.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1273/pl_37.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1274/pl_38.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1275/pl_39.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1287/pl_40.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_41.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_43.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_44.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_45.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1300/pl_46.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1301/pl_47.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_48.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_49.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_50.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1307/ccf_000139.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1308/ccf_000106.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1309/ccf_000107.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1310/ccf_000108.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1315/pl_55.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1316/pl_56.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1317/pl_57.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1318/pl_58.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1319/pl_59.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1321/pl_60.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1323/pl_61.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1324/pl_62.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1325/pl_63.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1326/pl_64.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1327/pl_65.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1328/pl_66.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1329/pl_67.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1330/pl_68.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1331/pl_69.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1332/pl_70.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1333/pl_71.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1334/pl_72.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1335/pl_73.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1336/pl_74.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_75.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1338/pl_76.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1339/pl_77.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1351/pl_78.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1352/pl_80.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1353/pl_81.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1366/pl_82.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1367/pl_83.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1368/pl_84.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1369/pl_85.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1370/pl_86.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1371/pl_87.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1372/pl_88.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1373/pl_89.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1374/pl_90.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1375/pl_91.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1376/pl_92.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1384/ccf16122024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1226/ccf_0000801.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1227/ccf_0000811.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1168/i_01.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1169/i_02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1186/i_03.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1187/i_04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1188/i_05.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1202/i_6.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1231/i_7.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1232/i_8.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1240/i_09.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1241/i_10.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1242/i_11.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1263/i_12.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1292/i_13.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1314/ind_14.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1322/i_15.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1175/r_01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1176/r_02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1177/r_03.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1178/r_04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1190/r_05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1203/r_10.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1204/r_11.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1205/r_12.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1206/r_13.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1207/r_14.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1208/r_15.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1209/r_16.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1210/r_17.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1217/r_18.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1236/r_19.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1237/r_20.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1248/r_21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1260/r_22.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1261/r_23.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1262/r24.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1264/r_25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1277/r_26.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1278/r_27.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1279/r_28.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1280/r_29.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1281/r_30.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1282/r_31.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1289/r_32.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1290/r_33.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1291/r_34.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1293/requerimento_35.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1294/requerimento_36.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1344/r_37.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1345/r_38.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1346/r_39.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1347/r_40.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1348/r_41.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1349/ccf09122024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1170/m_01.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1215/m_2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1216/m_3.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1233/m_4.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1234/m_5.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1235/m_6.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1243/m_07.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1283/m_9.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1284/m_10.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1285/m_11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1313/ccf_000141.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1201/ccf_000074.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1184/pd_01.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1224/ccf_0000781.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1383/projeto_de_lei_complementar_reajuste.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1182/plc_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1195/plc_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1196/plc_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1197/plc_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1198/plc_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1214/plc_6.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1245/plc_7.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1246/plc_8.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1247/plc_9.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1251/plc_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1269/plc_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1270/plc_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1288/plc_13.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1305/plc_14.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1320/plc_16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1340/plc_19.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1341/plc_20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1342/plc_21.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1354/plc_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1355/plc_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1356/plc_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1357/plc_25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1377/plc_26.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1378/plc_27.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1225/ccf_0000791.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1268/pll_03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1343/pl_04.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1171/pl_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1172/pl_02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1173/pl_03.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1174/pl_04.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1179/pl_05.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1180/pl_06.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1181/pl_07.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1189/ccf16022024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1199/pl_9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1211/pl_10.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1212/pl_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1213/pl_12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1218/pl_13.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1219/ccf_0000821.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1220/ccf_0000831.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1221/ccf_0000841.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1222/ccf_0000851.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1223/pl_18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1228/ccf_0000861.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1229/ccf_0000871.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1230/ccf_0000881.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1244/pl_23.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1252/pl_24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1253/pl_25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1254/pl_26.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1255/pl_27.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1256/pl_28.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1257/pl_29.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1258/pl_30.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1259/pl_31.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1265/pl_32.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1266/pl_33.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1267/pl_34.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1271/pl_35.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1272/pl_36.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1273/pl_37.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1274/pl_38.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1275/pl_39.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1287/pl_40.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_41.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_43.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_44.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_45.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1300/pl_46.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1301/pl_47.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_48.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_49.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1304/pl_50.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1307/ccf_000139.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1308/ccf_000106.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1309/ccf_000107.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1310/ccf_000108.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1315/pl_55.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1316/pl_56.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1317/pl_57.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1318/pl_58.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1319/pl_59.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1321/pl_60.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1323/pl_61.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1324/pl_62.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1325/pl_63.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1326/pl_64.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1327/pl_65.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1328/pl_66.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1329/pl_67.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1330/pl_68.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1331/pl_69.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1332/pl_70.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1333/pl_71.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1334/pl_72.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1335/pl_73.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1336/pl_74.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_75.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1338/pl_76.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1339/pl_77.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1351/pl_78.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1352/pl_80.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1353/pl_81.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1366/pl_82.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1367/pl_83.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1368/pl_84.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1369/pl_85.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1370/pl_86.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1371/pl_87.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1372/pl_88.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1373/pl_89.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1374/pl_90.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1375/pl_91.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1376/pl_92.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1384/ccf16122024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1226/ccf_0000801.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1227/ccf_0000811.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1168/i_01.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1169/i_02.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1186/i_03.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1187/i_04.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1188/i_05.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1202/i_6.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1231/i_7.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1232/i_8.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1240/i_09.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1241/i_10.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1242/i_11.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1263/i_12.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1292/i_13.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1314/ind_14.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1322/i_15.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1175/r_01.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1176/r_02.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1177/r_03.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1178/r_04.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1190/r_05.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1203/r_10.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1204/r_11.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1205/r_12.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1206/r_13.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1207/r_14.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1208/r_15.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1209/r_16.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1210/r_17.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1217/r_18.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1236/r_19.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1237/r_20.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1248/r_21.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1260/r_22.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1261/r_23.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1262/r24.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1264/r_25.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1277/r_26.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1278/r_27.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1279/r_28.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1280/r_29.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1281/r_30.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1282/r_31.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1289/r_32.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1290/r_33.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1291/r_34.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1293/requerimento_35.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1294/requerimento_36.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1344/r_37.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1345/r_38.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1346/r_39.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1347/r_40.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1348/r_41.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1349/ccf09122024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1170/m_01.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1215/m_2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1216/m_3.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1233/m_4.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1234/m_5.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1235/m_6.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1243/m_07.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1283/m_9.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1284/m_10.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1285/m_11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1313/ccf_000141.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1201/ccf_000074.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/sapl/public/materialegislativa/2024/1184/pd_01.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapui.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6356,1946 +6359,1946 @@
       </c>
       <c r="H144" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>531</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>43</v>
       </c>
       <c r="D145" t="s">
         <v>514</v>
       </c>
       <c r="E145" t="s">
         <v>515</v>
       </c>
       <c r="F145" t="s">
         <v>491</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H145" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>47</v>
       </c>
       <c r="D146" t="s">
         <v>514</v>
       </c>
       <c r="E146" t="s">
         <v>515</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H146" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>50</v>
       </c>
       <c r="D147" t="s">
         <v>514</v>
       </c>
       <c r="E147" t="s">
         <v>515</v>
       </c>
       <c r="F147" t="s">
         <v>528</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H147" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>53</v>
       </c>
       <c r="D148" t="s">
         <v>514</v>
       </c>
       <c r="E148" t="s">
         <v>515</v>
       </c>
       <c r="F148" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H148" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>57</v>
       </c>
       <c r="D149" t="s">
         <v>514</v>
       </c>
       <c r="E149" t="s">
         <v>515</v>
       </c>
       <c r="F149" t="s">
         <v>464</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H149" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>60</v>
       </c>
       <c r="D150" t="s">
         <v>514</v>
       </c>
       <c r="E150" t="s">
         <v>515</v>
       </c>
       <c r="F150" t="s">
         <v>464</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H150" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>63</v>
       </c>
       <c r="D151" t="s">
         <v>514</v>
       </c>
       <c r="E151" t="s">
         <v>515</v>
       </c>
       <c r="F151" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H151" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>67</v>
       </c>
       <c r="D152" t="s">
         <v>514</v>
       </c>
       <c r="E152" t="s">
         <v>515</v>
       </c>
       <c r="F152" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H152" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>71</v>
       </c>
       <c r="D153" t="s">
         <v>514</v>
       </c>
       <c r="E153" t="s">
         <v>515</v>
       </c>
       <c r="F153" t="s">
         <v>123</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H153" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>170</v>
       </c>
       <c r="D154" t="s">
         <v>514</v>
       </c>
       <c r="E154" t="s">
         <v>515</v>
       </c>
       <c r="F154" t="s">
         <v>123</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H154" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>75</v>
       </c>
       <c r="D155" t="s">
         <v>514</v>
       </c>
       <c r="E155" t="s">
         <v>515</v>
       </c>
       <c r="F155" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H155" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>177</v>
       </c>
       <c r="D156" t="s">
         <v>514</v>
       </c>
       <c r="E156" t="s">
         <v>515</v>
       </c>
       <c r="F156" t="s">
         <v>491</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H156" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>181</v>
       </c>
       <c r="D157" t="s">
         <v>514</v>
       </c>
       <c r="E157" t="s">
         <v>515</v>
       </c>
       <c r="F157" t="s">
         <v>127</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H157" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>79</v>
       </c>
       <c r="D158" t="s">
         <v>514</v>
       </c>
       <c r="E158" t="s">
         <v>515</v>
       </c>
       <c r="F158" t="s">
         <v>491</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H158" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>83</v>
       </c>
       <c r="D159" t="s">
         <v>514</v>
       </c>
       <c r="E159" t="s">
         <v>515</v>
       </c>
       <c r="F159" t="s">
         <v>127</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H159" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>87</v>
       </c>
       <c r="D160" t="s">
         <v>514</v>
       </c>
       <c r="E160" t="s">
         <v>515</v>
       </c>
       <c r="F160" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H160" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>91</v>
       </c>
       <c r="D161" t="s">
         <v>514</v>
       </c>
       <c r="E161" t="s">
         <v>515</v>
       </c>
       <c r="F161" t="s">
         <v>123</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H161" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>95</v>
       </c>
       <c r="D162" t="s">
         <v>514</v>
       </c>
       <c r="E162" t="s">
         <v>515</v>
       </c>
       <c r="F162" t="s">
         <v>491</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H162" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>99</v>
       </c>
       <c r="D163" t="s">
         <v>514</v>
       </c>
       <c r="E163" t="s">
         <v>515</v>
       </c>
       <c r="F163" t="s">
         <v>491</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H163" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>102</v>
       </c>
       <c r="D164" t="s">
         <v>514</v>
       </c>
       <c r="E164" t="s">
         <v>515</v>
       </c>
       <c r="F164" t="s">
         <v>464</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H164" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>106</v>
       </c>
       <c r="D165" t="s">
         <v>514</v>
       </c>
       <c r="E165" t="s">
         <v>515</v>
       </c>
       <c r="F165" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H165" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>110</v>
       </c>
       <c r="D166" t="s">
         <v>514</v>
       </c>
       <c r="E166" t="s">
         <v>515</v>
       </c>
       <c r="F166" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H166" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>208</v>
       </c>
       <c r="D167" t="s">
         <v>514</v>
       </c>
       <c r="E167" t="s">
         <v>515</v>
       </c>
       <c r="F167" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H167" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>212</v>
       </c>
       <c r="D168" t="s">
         <v>514</v>
       </c>
       <c r="E168" t="s">
         <v>515</v>
       </c>
       <c r="F168" t="s">
         <v>528</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H168" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>216</v>
       </c>
       <c r="D169" t="s">
         <v>514</v>
       </c>
       <c r="E169" t="s">
         <v>515</v>
       </c>
       <c r="F169" t="s">
         <v>123</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H169" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>220</v>
       </c>
       <c r="D170" t="s">
         <v>514</v>
       </c>
       <c r="E170" t="s">
         <v>515</v>
       </c>
       <c r="F170" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H170" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>224</v>
       </c>
       <c r="D171" t="s">
         <v>514</v>
       </c>
       <c r="E171" t="s">
         <v>515</v>
       </c>
       <c r="F171" t="s">
         <v>464</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H171" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>228</v>
       </c>
       <c r="D172" t="s">
         <v>514</v>
       </c>
       <c r="E172" t="s">
         <v>515</v>
       </c>
       <c r="F172" t="s">
         <v>491</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H172" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>232</v>
       </c>
       <c r="D173" t="s">
         <v>514</v>
       </c>
       <c r="E173" t="s">
         <v>515</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H173" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>236</v>
       </c>
       <c r="D174" t="s">
         <v>514</v>
       </c>
       <c r="E174" t="s">
         <v>515</v>
       </c>
       <c r="F174" t="s">
         <v>123</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H174" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>240</v>
       </c>
       <c r="D175" t="s">
         <v>514</v>
       </c>
       <c r="E175" t="s">
         <v>515</v>
       </c>
       <c r="F175" t="s">
         <v>123</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H175" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>244</v>
       </c>
       <c r="D176" t="s">
         <v>514</v>
       </c>
       <c r="E176" t="s">
         <v>515</v>
       </c>
       <c r="F176" t="s">
         <v>471</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H176" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>247</v>
       </c>
       <c r="D177" t="s">
         <v>514</v>
       </c>
       <c r="E177" t="s">
         <v>515</v>
       </c>
       <c r="F177" t="s">
         <v>491</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H177" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>251</v>
       </c>
       <c r="D178" t="s">
         <v>514</v>
       </c>
       <c r="E178" t="s">
         <v>515</v>
       </c>
       <c r="F178" t="s">
         <v>491</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H178" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>255</v>
       </c>
       <c r="D179" t="s">
         <v>514</v>
       </c>
       <c r="E179" t="s">
         <v>515</v>
       </c>
       <c r="F179" t="s">
         <v>491</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H179" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>259</v>
       </c>
       <c r="D180" t="s">
         <v>514</v>
       </c>
       <c r="E180" t="s">
         <v>515</v>
       </c>
       <c r="F180" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H180" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>262</v>
       </c>
       <c r="D181" t="s">
         <v>514</v>
       </c>
       <c r="E181" t="s">
         <v>515</v>
       </c>
       <c r="F181" t="s">
         <v>127</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H181" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E182" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F182" t="s">
         <v>491</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H182" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>28</v>
       </c>
       <c r="D183" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E183" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F183" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H183" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>32</v>
       </c>
       <c r="D184" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E184" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F184" t="s">
         <v>491</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H184" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>36</v>
       </c>
       <c r="D185" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E185" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F185" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H185" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>39</v>
       </c>
       <c r="D186" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E186" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F186" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H186" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>43</v>
       </c>
       <c r="D187" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E187" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F187" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H187" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>47</v>
       </c>
       <c r="D188" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E188" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F188" t="s">
         <v>491</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H188" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>50</v>
       </c>
       <c r="D189" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E189" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F189" t="s">
         <v>471</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H189" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>53</v>
       </c>
       <c r="D190" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E190" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F190" t="s">
         <v>127</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H190" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>57</v>
       </c>
       <c r="D191" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E191" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F191" t="s">
         <v>119</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H191" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>60</v>
       </c>
       <c r="D192" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E192" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F192" t="s">
         <v>119</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H192" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>63</v>
       </c>
       <c r="D193" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E193" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F193" t="s">
         <v>119</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H193" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>67</v>
       </c>
       <c r="D194" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E194" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F194" t="s">
         <v>475</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H194" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>10</v>
       </c>
       <c r="D195" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E195" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F195" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H195" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>28</v>
       </c>
       <c r="D196" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E196" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F196" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H196" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>32</v>
       </c>
       <c r="D197" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E197" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F197" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H197" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>36</v>
       </c>
       <c r="D198" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E198" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F198" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H198" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>39</v>
       </c>
       <c r="D199" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E199" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F199" t="s">
         <v>24</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H199" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E200" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F200" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H200" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>28</v>
       </c>
       <c r="D201" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E201" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F201" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H201" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>32</v>
       </c>
       <c r="D202" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E202" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F202" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H202" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>36</v>
       </c>
       <c r="D203" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E203" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F203" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H203" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>39</v>
       </c>
       <c r="D204" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E204" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F204" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H204" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>43</v>
       </c>
       <c r="D205" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E205" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H205" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>47</v>
       </c>
       <c r="D206" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E206" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F206" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H206" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>50</v>
       </c>
       <c r="D207" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E207" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F207" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H207" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>53</v>
       </c>
       <c r="D208" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E208" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F208" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H208" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>57</v>
       </c>
       <c r="D209" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E209" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F209" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H209" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>60</v>
       </c>
       <c r="D210" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E210" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F210" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H210" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>63</v>
       </c>
       <c r="D211" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E211" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F211" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H211" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>67</v>
       </c>
       <c r="D212" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E212" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F212" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H212" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>71</v>
       </c>
       <c r="D213" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E213" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F213" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H213" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>170</v>
       </c>
       <c r="D214" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E214" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F214" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H214" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>75</v>
       </c>
       <c r="D215" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E215" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F215" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H215" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>10</v>
       </c>
       <c r="D216" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E216" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F216" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H216" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>28</v>
       </c>
       <c r="D217" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E217" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F217" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H217" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>32</v>
       </c>
       <c r="D218" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E218" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F218" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>19</v>
+        <v>532</v>
       </c>
       <c r="H218" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>